--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -10,239 +10,880 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="537" uniqueCount="276">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Alex D'Elias</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2002/indicacao_nominal_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A ATUALIZAÇÃO DA RELAÇÃO MUNICIPAL DE MEDICAMENTOS ESSENCIAS - REMUME.</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Rogerio Eletricista</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1997/indicacao_verbal_n_004.2026_-_quebra-molas_na_rua_elomir_nogueira_da_silva_n458_mirandopolis_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADA A IMPLANTAÇÃO DE UM QUEBRA-MOLAS NA RUA ELOMIR NOGUEIRA DA SILVA, PRÓXIMO AO NÚMERO 458, NO BAIRRO MIRANDÓPOLIS, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1998/indicacao_verbal_n_005.2026_-_tapa-buracos_na_avenida_roberto_silveira_proximo_a_arte_moveis_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA-BURACOS NA AVENIDA ROBERTO SILVEIRA, PRÓXIMO AO DEPÓSITO DA ARTE MÓVEIS, NO BAIRRO BARRINHA, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Udson Bombom</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2019/indicacao__rocada_bairro_mirandopolis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA , ROÇADA E CAPINA  NO  BAIRRO MIRANDÓPOLIS,  EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao__bueiro_entupido.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA DE UM BUEIRO ENTUPIDO, NA RUA CAPITÃO ALVIM FONSECA, EM FRENTE AO NÚMERO 332,PORTÃO DOS FUNDOS, BAIRRO MIRANDÓPOLIS, EM QUATIS -R.J.</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2021/indicacao___buracona_av_euclides_a.g.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DE  SERVIÇO DENOMINADO TAPA BURACO,EM FRENTE A EMPRESA VIAÇÃO FALCÃO NA AVENIDA EUCLIDES ALVES, NO BAIRRO  CENTRO, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2003/indicacao_verbal_010-2026_-_reforma_vigilancia_sanitaria.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA REFORMA DO IMÓVEL USADO PELA VIGILÂNCIA SANITÁRIA.</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2004/indicacao_verbal_011-2026_-_tapa_buraco_antonio_polastri.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A OPERAÇÃO TAPA BURACO, NA RUA ANTÔNIO POLASTRI.</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1999/indicacao_verbal_n_013.2026_-_limpeza_e_iluminacao_da_ponte_de_ferro_quatis_x_prl.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO ENTORNO DA PONTE DE FERRO QUE LIGA QUATIS À PORTO REAL, BEM COMO A MELHORIA DA ILUMINAÇÃO PÚBLICA NO LOCAL.</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2000/indicacao_verbal_n_014.2026_-_bueiro_na_rua_wanderlino_teixeira_leite_no_sao_benedito.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM ESTUDO TÉCNICO VISANDO À CONSTRUÇÃO DE UM BUEIRO NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO NÚMERO 377, NO BAIRRO SÃO BENEDITO, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>2029</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao__faixa__avenida.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A RENOVAÇÃO DE  PINTURA DE UMA FAIXA DE PEDESTRE , NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, EM FRENTE AO NÚMERO 10,  NO BAIRRO  CENTRO, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2005/indicacao_verbal_017-2026_-_instalacao_de_grade_coletora_de_agua_pluvial.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE GRADE COLETORA DE ÁGUA PLUVIAL E O DESENTUPIMENTO DE BUEIRO NO BAIRRO POLASTRI.</t>
+  </si>
+  <si>
+    <t>2030</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao___buracon_boa_vissta.pdf</t>
+  </si>
+  <si>
+    <t>INDICA   AO EXECUTIVO MUNICIPAL  E A SECRETARIA  COMPETENTE A REALIZAÇÃO DE SERVIÇO DENOMINADO TAPA-BURACOS NA RUA BELA VISTA NO BAIRRO BOA VISTA, EM QUATIS-RJ</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2006/indicacao_verbal_019-2026_-_instalacao_de_luminarias_em_tres_postes_localizados_na_rotatoria_da_rua_23_no_bairro_bondarovsky..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A INSTALAÇÃO DE LUMINÁRIAS, NO BAIRRO BONDAROVSKY.</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2007/indicacao_verbal_020-2026_realizacao_de_vistoria_com_a_finalidade_de_substituir_lampadas_queimadas_no_distrito_de_sao_joaquim..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE VISTORIA E A SUBSTITUIÇÃO DE LÂMPADAS DA ILUMINAÇÃO PÚBLICA NO DISTRITO DE SÃO JOAQUIM.</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2008/indicacao_verbal_021-2026_-_reforma_da_quadra_esportiva_do_bairro_polastri..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A REFORMA DA QUADRA ESPORTIVA, NO BAIRRO POLASTRI</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2009/indicacao_verbal_022-2026_-_rocada_da_pracinha_localizada_no_bairro_santa_barbara.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA DA PRACINHA, NO BAIRRO SANTA BÁRBARA.</t>
+  </si>
+  <si>
+    <t>2031</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao__lampada__capitao_alviim_fonsseca.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA  CAPITÃO ALVIM FONSECA EM FRENTE AO NÚMERO 70, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2032</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao__lampada__maria__retificada.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA  MARIA APARECIDA MOREIRA, EM FRENTE AO NÚMERO 174 E 200 BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2033</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2033/indicacao__poda_de_arvores_praca_exp..pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE ÁRVORES NA PRAÇA DO EXPEDICIONÁRIO, NO BAIRRO CENTRO , QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2010/indicacao_verbal_n_031.2026_-_mutirao_de_limpeza_em_quatis_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM MUTIRÃO DE LIMPEZA GERAL EM TODOS OS BAIRROS E DISTRITOS DO MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao__lampada__alfredo94.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA  ALFREDO SAMPAIO, EM FRENTE AO NÚMERO  94,  NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2046</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Willian Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2046/01._indicacao_verbal_33.26_-_03.02.26_-_sistema_de_juventude.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DO SISTEMA MUNICIPAL DA JUVENTUDE NO MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>2047</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2047/02._indicacao_verbal_34.26_-_05.02.26_-_limpeza_no_ribeirao_dos_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA DO RIBEIRÃO DOS QUATIS</t>
+  </si>
+  <si>
+    <t>2048</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2048/03._indicacao_verbal_35.26_-_05.02.26_-_limpeza_de_bueiros_na_rua_dona_sirene.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DOS BUEIROS NA RUA DONA SIRENE, PRÓXIMO AOS NÚMEROS 251 E 248</t>
+  </si>
+  <si>
+    <t>2049</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2049/04._indicacao_verbal_36.26_-_10.02.26_-_aplicacao_da_lei_federal_13.935.2019.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A APLICAÇÃO DA LEI FEDERAL Nº 13.935/2019 NAS UNIDADES DA REDE MUNICIPAL DE ENSINO.</t>
+  </si>
+  <si>
+    <t>2050</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2050/05._indicacao_verbal_37.26_-_10.02.26_-_contencao_no_parque_infantil_na_cidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE ESTRUTURA DE PROTEÇÃO NO PARQUINHO INFANTIL DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2014/indicacao_verbal_041-2026_-_termino_do_asfaltamento_da_rua_23_no_bairro_bondarovsky.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO O TÉRMINO DO ASFALTAMENTO NA RUA 23, NO BAIRRO BONDAROVSKY.</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao_verbal_042-2026_-_expansao_da_rede_de_abastecimento_de_agua_na_rotatoria_da_rua_23_localizada_no_bairro_bondarovsky..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A EXPANSÃO DA REDE DE ÁGUA, NO BAIRRO BONDAROVSKY.</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2011/indicacao_verbal_n_043.2026_-_desentupimento_na_rua_desembargador_acacio_aragao_polastri.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE DESENTUPIMENTO DA REDE DE ESGOTO LOCALIZADA NA RUA DESEMBARGADOR ACÁCIO ARAGÃO, NO BAIRRO POLASTRI.</t>
+  </si>
+  <si>
+    <t>2035</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao___tapa_bur.rua_be._coreto.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA    COMPETENTE     A	     COLOCAÇÃO  DE UM TAPA-BURACO, NA RUA BENEDITO NUNES DE PAULA , EM FRENTE AO NÚMERO 53, PRÓXIMO AO QUEBRA-MOLAS, NO BAIRRO JARDIM INDEPENDÊNCIA , EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2036</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2036/indicacao__lampada__elomir_nogueira.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA  ELOMIR NOGUEIRA DA SILVA,  EM FRENTE AO NÚMERO 300 E 346 ,  NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2037</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao__poda_de_arvore_n19m_jdindep..pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UMA ÁRVORE NA RUA BENEDITO NUNES DE PAULA, EM FRENTE AO NÚMERO 19, NO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2038</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2038/indicacao__nominal_retiificada.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  REALIZADO OBRAS DE CONTENÇÃO DE UM _x000D_
+MURO , NA RUA SALVADOR BARBOSA LIMA, EM FRENTE AO NÚMERO 364, NO BAIRRO _x000D_
+MIRANDÓPOLIS, EM  QUATIS/RJ.</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2012/indicacao_verbal_n_050.2026_-_reparo_nos_pontos_de_onibus_da_cidade_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO ESTRUTURAL E A ILUMINAÇÃO EM TODOS OS PONTOS DE ÔNIBUS NA CIDADE DE QUATIS.</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2013/indicacao_verbal_n_051.2026_-_rocada_e_limpeza_na_avenida_roberto_silveira_barrinha_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE ROÇADA E LIMPEZA NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, NO MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>2039</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao_placas__cruzamento_da_elomir.pdf</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>2040</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2040/indicacao__poda_polastri_544_corrigida_i.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UMA ÁRVORE , NA RUA  ANTÔNIO POLASTRI, EM FRENTE A CASA NÚMERRO 544, NO BAIRRO JARDIM POLASTRI, EM QUATS-R.J.</t>
+  </si>
+  <si>
+    <t>2041</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2041/indicacao__poda_de_arvore_n._211.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UMA ÁRVORE NA RUA ELONIR NOGUEIRA DA SILVA. NÚMERO  211, AO LADO DO BAR DO LIMINHA , NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_verbal_059-2026_-_corrida_em_alusao_ao_dia_mundial_de_conscientizacao_do_autismo.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A VIABILIDADE DE PROMOVER CORRIDA EM ALUSÃO AO DIA MUNDIAL DE CONSCIENTIZAÇÃO DO AUTISMO, CELEBRADO EM 2 DE ABRIL.</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2023/indicacao_verbal_060-2026_-_reforma_da_quadra_do_distrito_sao_joaquim.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A REFORMA DA QUADRA DO DISTRITO DE SÃO JOAQUIM</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2024/indicacao_verbal_061-2026_-_rocada_no_cemiterio_municipal..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA NO CEMITÉRIO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_verbal_n_062.2026_-_poda_dos_bambuzeiros_na_avenida_roberto_silveira_em_frente_ao_appaloosa_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A PODA DOS BAMBUZEIROS NA AVENIDA ROBERTO SILVEIRA, EM FRENTE A BOATE APPALOOSA, NO BAIRRO BARRINHA, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>2027</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2027/indicacao_verbal_063-2026_-_realizacao_de_manutencao_na_estrada_rural_do_laticinio_primavera..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA ESTRADA RURAL DO LATICÍNIO PRIMAVERA.</t>
+  </si>
+  <si>
+    <t>2042</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza__calcada_polastri.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA DA CALÇADA EM FRENTE A CASA DE NÚMERO 35, NO BAIRRO JARDIM POLASTRI, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2016/mocao_de_congratulacao_n_001.2026_-_paulo_roberto_gomes_sant_anna_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO ROBERTO GOMES SANT ANNA.</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2017/mocao_de_congratulacao_n_002.2026_-_patrulha_do_humor_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO À PATRULHA DO HUMOR.</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2018/mocao_rosa_idalina_rachel_rezende_xavier_003-2026.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA RACHEL REZENDE XAVIER.</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2026/mocao_rosa_idalina_n_006.2026_-_noeli_paulino_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO "ROSA IDALINA NUNES DE MACEDO” À SENHORA NOELI PAULINO.</t>
+  </si>
+  <si>
+    <t>2051</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Alex D'Elias, Cabeludo, Leandro Sant'Anna, Marcela, Rogerio Eletricista, Udson Bombom</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PERMANENTE CÂMARA SOCIAL DE QUALIFICAÇÃO PROFISSIONAL NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>2028</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D'ELIAS, REFERENTE AO EXERCÍCIO DE 2024</t>
+  </si>
+  <si>
     <t>1985</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Alex D'Elias</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1985/projeto_de_lei__no_01-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1985/projeto_de_lei__no_01-2026.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº1205 DE 08 DE DEZEMBRO DE 2021, NO MUNICÍPIO DE QUATIS/RJ.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1986/projeto_de_lei_no_02-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1986/projeto_de_lei_no_02-2026.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO REFERENTE A CONCESSÃO ONEROSA DE USO DE ESPAÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>3</t>
-[...5 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1987/projeto_de_lei_no_03-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1987/projeto_de_lei_no_03-2026.pdf</t>
   </si>
   <si>
     <t>CRIA UM CALENDÁRIO OFICIAL DE EVENTOS E ATIVIDADES PÚBLICAS EM QUATIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1988/projeto_de_lei_no_04-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1988/projeto_de_lei_no_04-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIRETRIZES PARA A RESPONSABILIZAÇÃO POR DANOS CAUSADOS A BENS PÚBLICOS MUNICIPAIS NO ÂMBITO DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1989/projeto_de_lei_no_05-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1989/projeto_de_lei_no_05-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA ?ABRIL MARROM? DEDICADO À CONSCIENTIZAÇÃO, PREVENÇÃO E COMBATE ÀS DIVERSAS FORMAS DE CEGUEIRA, BEM COMO À PROMOÇÃO DA REABILITAÇÃO DE PESSOAS COM DEFICIÊNCIA VISUAL E BAIXA VISÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1990/projeto_de_lei_no_06-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1990/projeto_de_lei_no_06-2026.pdf</t>
   </si>
   <si>
     <t>RECONHECE O SERVIÇO VOLUNTÁRIO REALIZADO POR IGREJAS E ESPAÇOS DE FÉ COMO ATIVIDADE DE RELEVÂNCIA PÚBLICA NO ÂMBITO DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1991/projeto_de_lei_no_07-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1991/projeto_de_lei_no_07-2026.pdf</t>
   </si>
   <si>
     <t>RECONHECE OS CORREDORES AMADORES E PROFISSIONAIS DO MUNICÍPIO DE QUATIS COMO INCENTIVADORES DO ESPORTE E DIVULGADORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1992/projeto_de_lei_no_08-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1992/projeto_de_lei_no_08-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA CORRIDA DE RUA NO MUNICÍPIO DE QUATIS, A SER CELEBRADO NA PRIMEIRA QUARTA-FEIRA DO MÊS DE JUNHO, EM CONSONÂNCIA COM O GLOBAL RUNNING DAY, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1993/projeto_de_lei_no_09-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1993/projeto_de_lei_no_09-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO GARI NO MUNICÍPIO DE QUATIS, A SER CELEBRADO EM 16 DE MAIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1994/projeto_de_lei_no_10-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1994/projeto_de_lei_no_10-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI O `MAIO VERDE  MÊS MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE O GLAUCOMA`NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1995/projeto_de_lei_no_11-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1995/projeto_de_lei_no_11-2026.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE QUATIS, DIRETRIZES PARA A CONVERSÃO FACULTATIVA DE MULTAS DE TRÂNSITO DE NATUREZA LEVE, DE COMPETÊNCIA MUNICIPAL, EM DOAÇÃO VOLUNTÁRIA DE SANGUE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcela</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1996/projeto_de_lei_no_12-2026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1996/projeto_de_lei_no_12-2026.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A INSTITUIR A POLÍTICA MUNICIPAL DE DIGNIDADE MENSTRUAL, ESTABELECE SUAS DIRETRIZES GERAIS NO ÂMBITO DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>2043</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO DO " PROGRAMA DIGNIDADE AOS SERVIDORES INATIVOS E PENSIONISTAS" E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2044</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2044/projeto_de_lei_no_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>" DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS AGENTES PÚBLICOS, SEVIDORES PÚBLICOS E SUBSÍDIOS DOS AGENTES POLÍTICOS, DO MUNICÍPIO DE QUATIS PARA O ANO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2045</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2045/projeto_de_lei_no_15.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-TRANSPORTE AOS SERVIDORES DO PODER EXECUTIVO DO MUNICÍPIO DE QUATIS-RJ E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Mesa Executiva - ME</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A REFORMA NA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS, ESTABELECE AS DIRETRIZES, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -546,68 +1187,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1985/projeto_de_lei__no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1986/projeto_de_lei_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1987/projeto_de_lei_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1988/projeto_de_lei_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1989/projeto_de_lei_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1990/projeto_de_lei_no_06-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1991/projeto_de_lei_no_07-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1992/projeto_de_lei_no_08-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1993/projeto_de_lei_no_09-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1994/projeto_de_lei_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1995/projeto_de_lei_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1996/projeto_de_lei_no_12-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2002/indicacao_nominal_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1997/indicacao_verbal_n_004.2026_-_quebra-molas_na_rua_elomir_nogueira_da_silva_n458_mirandopolis_removed.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1998/indicacao_verbal_n_005.2026_-_tapa-buracos_na_avenida_roberto_silveira_proximo_a_arte_moveis_removed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2019/indicacao__rocada_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2020/indicacao__bueiro_entupido.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2021/indicacao___buracona_av_euclides_a.g.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2003/indicacao_verbal_010-2026_-_reforma_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2004/indicacao_verbal_011-2026_-_tapa_buraco_antonio_polastri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1999/indicacao_verbal_n_013.2026_-_limpeza_e_iluminacao_da_ponte_de_ferro_quatis_x_prl.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2000/indicacao_verbal_n_014.2026_-_bueiro_na_rua_wanderlino_teixeira_leite_no_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2029/indicacao__faixa__avenida.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2005/indicacao_verbal_017-2026_-_instalacao_de_grade_coletora_de_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2030/indicacao___buracon_boa_vissta.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2006/indicacao_verbal_019-2026_-_instalacao_de_luminarias_em_tres_postes_localizados_na_rotatoria_da_rua_23_no_bairro_bondarovsky..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2007/indicacao_verbal_020-2026_realizacao_de_vistoria_com_a_finalidade_de_substituir_lampadas_queimadas_no_distrito_de_sao_joaquim..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2008/indicacao_verbal_021-2026_-_reforma_da_quadra_esportiva_do_bairro_polastri..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2009/indicacao_verbal_022-2026_-_rocada_da_pracinha_localizada_no_bairro_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2031/indicacao__lampada__capitao_alviim_fonsseca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2032/indicacao__lampada__maria__retificada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2033/indicacao__poda_de_arvores_praca_exp..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2010/indicacao_verbal_n_031.2026_-_mutirao_de_limpeza_em_quatis_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2034/indicacao__lampada__alfredo94.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2046/01._indicacao_verbal_33.26_-_03.02.26_-_sistema_de_juventude.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2047/02._indicacao_verbal_34.26_-_05.02.26_-_limpeza_no_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2048/03._indicacao_verbal_35.26_-_05.02.26_-_limpeza_de_bueiros_na_rua_dona_sirene.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2049/04._indicacao_verbal_36.26_-_10.02.26_-_aplicacao_da_lei_federal_13.935.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2050/05._indicacao_verbal_37.26_-_10.02.26_-_contencao_no_parque_infantil_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2014/indicacao_verbal_041-2026_-_termino_do_asfaltamento_da_rua_23_no_bairro_bondarovsky.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2015/indicacao_verbal_042-2026_-_expansao_da_rede_de_abastecimento_de_agua_na_rotatoria_da_rua_23_localizada_no_bairro_bondarovsky..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2011/indicacao_verbal_n_043.2026_-_desentupimento_na_rua_desembargador_acacio_aragao_polastri.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2035/indicacao___tapa_bur.rua_be._coreto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2036/indicacao__lampada__elomir_nogueira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2037/indicacao__poda_de_arvore_n19m_jdindep..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2038/indicacao__nominal_retiificada.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2012/indicacao_verbal_n_050.2026_-_reparo_nos_pontos_de_onibus_da_cidade_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2013/indicacao_verbal_n_051.2026_-_rocada_e_limpeza_na_avenida_roberto_silveira_barrinha_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2039/indicacao_placas__cruzamento_da_elomir.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2040/indicacao__poda_polastri_544_corrigida_i.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2041/indicacao__poda_de_arvore_n._211.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2022/indicacao_verbal_059-2026_-_corrida_em_alusao_ao_dia_mundial_de_conscientizacao_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2023/indicacao_verbal_060-2026_-_reforma_da_quadra_do_distrito_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2024/indicacao_verbal_061-2026_-_rocada_no_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2025/indicacao_verbal_n_062.2026_-_poda_dos_bambuzeiros_na_avenida_roberto_silveira_em_frente_ao_appaloosa_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2027/indicacao_verbal_063-2026_-_realizacao_de_manutencao_na_estrada_rural_do_laticinio_primavera..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2042/indicacao__limpeza__calcada_polastri.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2016/mocao_de_congratulacao_n_001.2026_-_paulo_roberto_gomes_sant_anna_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2017/mocao_de_congratulacao_n_002.2026_-_patrulha_do_humor_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2018/mocao_rosa_idalina_rachel_rezende_xavier_003-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2026/mocao_rosa_idalina_n_006.2026_-_noeli_paulino_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1985/projeto_de_lei__no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1986/projeto_de_lei_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1987/projeto_de_lei_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1988/projeto_de_lei_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1989/projeto_de_lei_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1990/projeto_de_lei_no_06-2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1991/projeto_de_lei_no_07-2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1992/projeto_de_lei_no_08-2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1993/projeto_de_lei_no_09-2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1994/projeto_de_lei_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1995/projeto_de_lei_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/1996/projeto_de_lei_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2044/projeto_de_lei_no_014-2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2026/2045/projeto_de_lei_no_15.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="233.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="78" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="195" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="238" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -661,307 +1302,1771 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="H12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>61</v>
       </c>
-      <c r="H13" t="s">
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
         <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>27</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H23" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>27</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H32" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H33" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H34" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H35" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H36" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H37" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>160</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>27</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H38" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>27</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H39" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>27</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H41" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H42" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H43" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H44" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>188</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>27</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H46" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" t="s">
+        <v>196</v>
+      </c>
+      <c r="E47" t="s">
+        <v>197</v>
+      </c>
+      <c r="F47" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H47" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" t="s">
+        <v>196</v>
+      </c>
+      <c r="E48" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" t="s">
+        <v>18</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H48" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" t="s">
+        <v>196</v>
+      </c>
+      <c r="E49" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H49" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>9</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" t="s">
+        <v>196</v>
+      </c>
+      <c r="E50" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H50" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>212</v>
+      </c>
+      <c r="E51" t="s">
+        <v>213</v>
+      </c>
+      <c r="F51" t="s">
+        <v>214</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H51" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>201</v>
+      </c>
+      <c r="D52" t="s">
+        <v>218</v>
+      </c>
+      <c r="E52" t="s">
+        <v>219</v>
+      </c>
+      <c r="F52" t="s">
+        <v>220</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H52" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>223</v>
+      </c>
+      <c r="E53" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H53" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>201</v>
+      </c>
+      <c r="D54" t="s">
+        <v>223</v>
+      </c>
+      <c r="E54" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" t="s">
+        <v>228</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>205</v>
+      </c>
+      <c r="D55" t="s">
+        <v>223</v>
+      </c>
+      <c r="E55" t="s">
+        <v>224</v>
+      </c>
+      <c r="F55" t="s">
+        <v>104</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H55" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" t="s">
+        <v>223</v>
+      </c>
+      <c r="E56" t="s">
+        <v>224</v>
+      </c>
+      <c r="F56" t="s">
+        <v>104</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>22</v>
+      </c>
+      <c r="D57" t="s">
+        <v>223</v>
+      </c>
+      <c r="E57" t="s">
+        <v>224</v>
+      </c>
+      <c r="F57" t="s">
+        <v>104</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>208</v>
+      </c>
+      <c r="D58" t="s">
+        <v>223</v>
+      </c>
+      <c r="E58" t="s">
+        <v>224</v>
+      </c>
+      <c r="F58" t="s">
+        <v>104</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H58" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>26</v>
+      </c>
+      <c r="D59" t="s">
+        <v>223</v>
+      </c>
+      <c r="E59" t="s">
+        <v>224</v>
+      </c>
+      <c r="F59" t="s">
+        <v>104</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H59" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>246</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>31</v>
+      </c>
+      <c r="D60" t="s">
+        <v>223</v>
+      </c>
+      <c r="E60" t="s">
+        <v>224</v>
+      </c>
+      <c r="F60" t="s">
+        <v>104</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H60" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>35</v>
+      </c>
+      <c r="D61" t="s">
+        <v>223</v>
+      </c>
+      <c r="E61" t="s">
+        <v>224</v>
+      </c>
+      <c r="F61" t="s">
+        <v>104</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H61" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>252</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>39</v>
+      </c>
+      <c r="D62" t="s">
+        <v>223</v>
+      </c>
+      <c r="E62" t="s">
+        <v>224</v>
+      </c>
+      <c r="F62" t="s">
+        <v>104</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H62" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>255</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>43</v>
+      </c>
+      <c r="D63" t="s">
+        <v>223</v>
+      </c>
+      <c r="E63" t="s">
+        <v>224</v>
+      </c>
+      <c r="F63" t="s">
+        <v>104</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H63" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>258</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>259</v>
+      </c>
+      <c r="D64" t="s">
+        <v>223</v>
+      </c>
+      <c r="E64" t="s">
+        <v>224</v>
+      </c>
+      <c r="F64" t="s">
+        <v>260</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H64" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>263</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>47</v>
+      </c>
+      <c r="D65" t="s">
+        <v>223</v>
+      </c>
+      <c r="E65" t="s">
+        <v>224</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H65" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>51</v>
+      </c>
+      <c r="D66" t="s">
+        <v>223</v>
+      </c>
+      <c r="E66" t="s">
+        <v>224</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H66" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>268</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>55</v>
+      </c>
+      <c r="D67" t="s">
+        <v>223</v>
+      </c>
+      <c r="E67" t="s">
+        <v>224</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H67" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>272</v>
+      </c>
+      <c r="E68" t="s">
+        <v>273</v>
+      </c>
+      <c r="F68" t="s">
+        <v>274</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H68" t="s">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>