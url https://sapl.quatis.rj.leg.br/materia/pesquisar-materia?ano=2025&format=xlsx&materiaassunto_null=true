--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -10,2377 +10,5254 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1994" uniqueCount="773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3719" uniqueCount="1735">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
-    <t>Autorias/Autor/Nome do Autor</t>
+    <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcela</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A COLOCAÇÃO DE LIXEIRAS OU BOMBONAS NO TERREIRÃO.</t>
   </si>
   <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO PARA O REAPROVEITAMENTO DA ÁGUA DA BIQUINHA.</t>
   </si>
   <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>Rogerio Eletricista</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DA ACADEMIA AO AR LIVRE NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA E ILUMINAÇÃO DOS PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>Cabeludo</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DO ASFALTO NA RUA AFONSO DE FREITAS LUSTOSA, EM FRENTE AO NÚMERO 58, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FOMENTE O CONTROLE SOCIAL ÀS DEMANDAS DAS JUVENTUDES EM QUATIS POR MEIO DA CRIAÇÃO DO CONSELHO MUNICIPAL DAS JUVENTUDES, PLANO MUNICIPAL DAS JUVENTUDES E FUNDO MUNICIPAL DAS JUVENTUDES.</t>
   </si>
   <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE EXECUTE A EMENDA PARLAMENTAR DO ENTÃO DEPUTADO FEDERAL RICARDO DA KAROL, CUJA FINALIDADE É DE CONSTRUIR BANHEIRO PÚBLICO NA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE A LEI 13.935/2019 QUE DISPÕE SOBRE A ATUAÇÃO DOS PSICÓLOGOS E ASSISTENTES SOCIAIS NA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE E DA REVITALIZAÇÃO DA QUADRA POLIESPORTIVA AMBAS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITAÇÃO DE TAPA-BURACO NA RUA FAUSTINO PINHEIRO, NO CENTRO.</t>
   </si>
   <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DE TODOS OS BUEIROS DO MUNICÍPIO E DISTRITOS.</t>
   </si>
   <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
     <t>Udson Bombom</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA  AO  EXECUTIVO MUNICIPAL  INSTALAÇÃO DE QUEBRA MOLAS ,NA RUA ELONIR NOGUEIRA DA SILVA, PRÓXIMO AO NUMERO 360,NO BAIRRO MIRANDÓPOLIS , QUATIS/RJ</t>
   </si>
   <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A REALIZAÇÃO DE  ESTUDOS TÉCNICOS NECESSÁRIOS E SE VIÁVEL ,PROMOVA A INSTALAÇÃO DE PLACAS DE PARE, A APLICAÇÃO DE SINALIZAÇÃO HORIZONTAL COM TINTA QUENTE E A PINTURA DE REDUÇÃO DE VELOCIDADE NO CRUZAMENTO  DAS RUAS ELONIR NOGUEIRA DA SILVA COM A RUA LUÍS NOBREGA SOARES, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ..</t>
   </si>
   <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A INSTALAÇÃO  DE QUEBRA- MOLAS  NA RUA ELONIR  NOGUEIRA  DA   SILVA,   NO      BAIRRO MIRANDÓPÓLIS,PRÓXIMO AO  Nº458,  QUATIS/ RJ.</t>
   </si>
   <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A QUADRA DA ESCOLA MUNICIPAL HENRY NESTLÉ SEJA ABERTA A COMUNIDADE.</t>
   </si>
   <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA QUADRA DO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRUÇÃO DE UMA CASA DE BOMBAS NA CAPTAÇÃO DE ÁGUA DO RIO PARAÍBA.</t>
   </si>
   <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM ADITIVO NO CONTRATO DE ILUMINIÇÃO PÚBLICA.</t>
   </si>
   <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DA TAMPA DO BUEIRO NA RUA B, EM FRENTE AO NÚMERO 165, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA MUROS DE CONTENÇÕES NAS ÁREAS DE RISCO NAS MARGENS DOS RIBEIRÕES EM QUATIS.</t>
   </si>
   <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PARCERIA COM A PREFEITURA ,CDL E OS COMÉRCIOS DE QUATIS.</t>
   </si>
   <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DAS TELAS DA QUADRA ESPORTIVA DO BAIRRO MIRANDÓPOLIS , QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  O ASFALTAMENTO, NA RUA MARIA APARECIDA MOREIRA ,PRÓXIMO AO NÚMERO 222, BAIRRO MIRANDÓPOLIS, QUATIS/RJ. .</t>
   </si>
   <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A CONTRATAÇÃO DE MAIS UM PROFISSIONAL MÉDICO PSIQUIATRA.</t>
   </si>
   <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DE BUEIRO ENTUPIDO LOCALIZADO NA RUA CAPITÃO ALVIM FONSECA, MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITAÇÃO DE TAPA-BURACO NA RUA GEORGETH BARBOSA LEITE, JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SINALIZAÇÃO DE PLACAS COM OS NOMES DAS RUAS.</t>
   </si>
   <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BEBEDOURO PARA OS GUARDAS MUNICIPAIS NO PÓRTCO DE QUATIS.</t>
   </si>
   <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA SEMANAL DO PÓRTICO DE QUATIS.</t>
   </si>
   <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL AUMENTO DE PROFISSIONAIS DE FONOAUDIOLOGIA NA CASA DA CRIANÇA.</t>
   </si>
   <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACOS NA RUA FAUSTINO PINHEIRO, NO CENTRO.</t>
   </si>
   <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CAPINA E ROÇADA DO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REGULARIZAÇÃO DA COLETA SELETIVA DOS BAIRROS SÃO JOSÉ 1 E SÃO JOSÉ 2.</t>
   </si>
   <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE, DA CONSTRUÇÃO DE UM NOVO ACESSO LIGANDO AS PARTES ALTA E BAIXA DO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE QUEBRA-MOLAS NA RUA VANDERLINO TEIXEIRA LEITE,BAIRRO SÃO BENEDITO</t>
   </si>
   <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE QUEBRA -MOLAS NA AVENIDA ROBERTO SILVEIRA ,BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ,  PARA  QUE SEJA REALIZADO  ATRAVÉS DA DEFESA CIVIL ,VISTORIA TÉCNICA COM O DEVIDO LAUDO  DE RISCO, NO MURO QUE SE ENCONTRA EM VIAS  DE CAIR,  NA RUA CORONEL JOSÉ LEITE, NÚMERO 176,CENTRO, QUATIS/RJ,</t>
   </si>
   <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE VESTIÁRIOS NA QUADRA ESPORTIVA DO BAIRRO MIRANDÓPOLIS, QUATIS/RJ</t>
   </si>
   <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA QUE VAI PARA O SÍTIO DO PIA, NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   O ASFALTAMENTO E CONSERTO  DE UM BURACO,    NO LOCAL POSTERIOR A ESTE BURACO, EXISTE  UM QUEBRA- MOLAS,SITUADO  NA RUA CAPITÃO ANTONIO LOBO, PRÓXIMO AO NÚMERO 156 E 158, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ.</t>
   </si>
   <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    O ASFALTAMENTO DE UM BURACO, OCASIONADO POR  UMA OBRA DE REDE DE ESGOTO, ONDE FOI INSTALADO UMA TAMPA DE CONCRETO QUE SE ENCONTRA PARCIALMENTE ABERTA, PODENDO PROLIFERAR ANIMAIS ROEDORES, PECONHENTOS E BACTÉRIAS EM GERAL,LOCALIZADO NA RUA SALVADOR BARBOSA LIMA, PRÓXIMO AO NÚMERO 87, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ</t>
   </si>
   <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA/ROÇADA DA ESTRADA QUATIS X ROMA (ESTRADA DO HORTO MUNICIPAL).</t>
   </si>
   <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  EXPEDIDO  OFÍCIO  A EMPRESA LIGHT , PARA PODA DE ÁRVORES E PLANTAS, LOCALIZADA NA RUA SALVADOR BARBOSA LIMA, NÚMERO 140, BAIRRO MIRANDÓPOLIS ,QUATIS/RJ.</t>
   </si>
   <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PLANO DE ENFRENTAMENTO AO CALOR</t>
   </si>
   <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PLANO DE SEGURANÇA PARA O CARNAVAL.</t>
   </si>
   <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE BANHEIROS MÓVEIS COM ACESSIBILIDADE COMO PATRIMÔNIO.</t>
   </si>
   <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE FRALDA GERIÁTRICA NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O REPARO DO AFUNDAMENTO DO ASFALTO NA RUA DOM AGNELO ROSSI.</t>
   </si>
   <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O REPARO DO AFUNDAMENTO DO ASFALTO NO LOTEAMENTO SÃO JOSE 2.</t>
   </si>
   <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACOS NA AVENIDA ROBERTO SILVEIRA, NA BARRINHA.</t>
   </si>
   <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE EM GRANDES EVENTOS TENHA ACESSO A ÁGUA POTÁVEL GRATUITA EM PONTOS ESTRATÉGICOS.</t>
   </si>
   <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PINTE O QUEBRA-MOLAS EM FRENTE A BORRACHARIA DO MAYCON NA RUA CARLOS HASSIS, JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE RETIRE O ENTULHO E CONSTRUA UMA ESTRUTURA DE PROTEÇÃO NO PARQUINHO, AMBOS NO PARQUE DA CIDADE.</t>
   </si>
   <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A INSTALAÇÃO DE UM QUEBRA-MOLAS, NO CRUZAMENTO DAS RUAS ANTONIO POLLASTRI E ALEXANDRE POLLASTRI .</t>
   </si>
   <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  REALIZADO NA FORMA DE TAPA-BURACO, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 231, NO BAIRRO MIRANDOPÓLIS, QUATIS -RJ.</t>
   </si>
   <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DO PISO E A CONSTRUÇÃO DA COBERTURA DA QUADRA DA E.M. MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E TROCA DOS VENTILADORES ESCOLARES DO MUNICÍPIO E DOS DISTRISTOS.</t>
   </si>
   <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE ESTUDO PARA CONCESSÃO DE EMPRÉSTIMO CONSIGNADO EM FOLHA DE PAGAMENTO A FAVOR DO QUATIS PREV.</t>
   </si>
   <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O PEDIDO DE INSTALAÇÃO DE UM REPETIDOR DE SINAL DE CELULAR, NO DISTRITO DE RIBEIRAÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VIABILIZE UM PROGRAMA DE EDUCAÇÃO COM TEMÁTICAS REFERENTES À CIDADANIA, MERCADO DE TRABALHO E OUTRAS DESTINADO AOS JOVENS E ADOLESCENTES COM BOLSA DE ESTUDOS TAL COMO O PROGRAMA PRODUTOR MIRIM</t>
   </si>
   <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DEFINA E PUBLICITE PRAZO PARA RESPOSTA AOS PROCESSOS ADMINISTRATIVOS ABERTOS SOBRE PEDIDOS DE INSALUBRIDADE E CORRELATOS.</t>
   </si>
   <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  REALIZADO OBRAS REFERENTE A ESGOTO ABERTO QUE SE ENCONTRA ENTUPIDO,NA RUA JOSÉ IDELFONSO PEREIRA, EM FRENTE AO NÚMERO 247,DO OUTRO LADO DA CALÇADA, BAIRRO SANTA BÁRBARA, QUATIS/RJ.</t>
   </si>
   <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM PROJETO PARA REMOÇÃO DE ÁRVORES DAS CALÇADAS.</t>
   </si>
   <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
     <t>Leandro Sant'Anna</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PREDESTRES NO PONTO DE ONIBUS DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA COLOCADO UM ''QUEBRA-MOLAS'', NA RUA ÂNTONIO HENRIQUE VIEIRA, EM FRENTE À CASA DE NÚMERO 7,BAIRRO SANTO ÃNTONIO, QUATIS-RJ.</t>
   </si>
   <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO NA CABECEIRA DA PONTE SITUADA NA RUA 01, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO PÚBLICA NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESRATIZAÇÃO NO BAIRRO SANTO ANTONIO.</t>
   </si>
   <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA COLOCADO UM "QUEBRA-MOLAS", NA RUA AMÉLIA DE CARVALHO POLLASTRI, NÚMERO 204, BAIRRO MIRANDÓPOLIS, QUATIS-RJ.</t>
   </si>
   <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO E IMPLEMENTAÇÃO DE UM PLANO DE CARREIRA PARA A GUARDA MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BRAÇOS NOS POSTES DE ILUMINAÇÃO PÚBLICA NA RUA COMENDADOR MIRANDA X ESTRADA QUATIS GLICÉRIO, EM QUATIS.</t>
   </si>
   <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESRATIZAÇÃO NO BAIRRO AGUA ESPRAIADA.</t>
   </si>
   <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE UM PROGRAMA DE ABATIMENTO DE PASSAGENS DE ÔNIBUS PARA TRABALHADORES QUATIENSES QUE TRABALHAM EM OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TERMINE COM URGÊNCIA A MANUTENÇÃO DO ESGOTO DO BAIRRO BOA VISTA, NA RUA 12 DE ABRIL.</t>
   </si>
   <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CONTRATAÇÃO DE ARTISTAS LOCAIS NOS EVENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A  COLOCAÇÃO  UMA TAMPA DE ESGOTO, NA RUA  WANDERLINO TEIXEIRA LEITE,EM FRENTE A CASA DE NÚMERO 115, BAIRRO SÃO BENEDITO, QUATIS-RJ.</t>
   </si>
   <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE LAMPADAS NA TRAVESSIA DA LINHA DO TREM EM SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TENHA UMA DIVISÃO NA PISCINA UTILIZADA NO PROJETO ESPORTE + SAÚDE.</t>
   </si>
   <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O ASFALTAMENTO DA RUA COMENDADOR MIRANDA, PRÓXIMO AO RECANTO 21.</t>
   </si>
   <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO NA FORMA DE TAPA-BURACO, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 231, NO BAIRRO MIRANDÓPOLIS,, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REMOÇÃO DA LIXEIRA COLETIVA, NA SUBIDA DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A SUBSTITUIÇÃO DE DUAS LÂMPADAS, NA RUA HUMBERTO AMARAL.</t>
   </si>
   <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A PINTURA DA FAIXA DE PEDESTRE NA RUA PEDRO MONTEIRO</t>
   </si>
   <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O AUMENTO NA FREQUÊNCIA DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AMPLIE O ATENDIMENTO DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE A EDUCAÇÃO DE JOVENS E ADULTOS NA ESCOLA MUNICIPAL CARLOS CAMPOS DE FARIAS NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO DE TAPA BURACO E A LIMPEZA NA RODOVIA RJ 59 QUATIS X FLORIANO.</t>
   </si>
   <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO BUEIRO NA RUA CORONEL ALFREDO SOARES DE OLIVEIRA, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA ELOMIR NOGUEIRA DA SILVA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO A COLOCAÇÃO DE LUMINÁRIA PÚBLICA NA MINA D'AGUA EM FRENTE A IGREJA CATÓLICA NOSSA SENHORA APARECIDA, NO BAIRRO AGUA ESPRAIADA.</t>
   </si>
   <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O AJUSTE NA PLACA DE TRANSITO EM FRENTE AO FORTE MATERIAL DE CONSTRUÇÃO.</t>
   </si>
   <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DOS QUEBRA-MOLAS E REDUTORES DE VELOCIDADE DO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INCLUA OS FUNCIONÁRIOS TERCEIRIZADOS, SERVIDORES CONTRATADOS E ESTAGIÁRIOS NO REAJUSTE PROPOSTO NA MENSAGEM N. 006/2025 DO PODER EXECUTIVO.</t>
   </si>
   <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLATAÇÃO DE PONTO FÍSICO  CARREGAMENTO  DE CELULAR EM NOSSO MUNICÍPIO .</t>
   </si>
   <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CUMPRIMENTO DO DECRETO 3206  05 DE JUNHO DE 2023 QUE TRATA SOBRE A EQUIPARAÇÃO DE CARGOS DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DE UMA ÁRVORE NA RUA MARIA APARECIDA  MOREIRA, EM FRENTE AO NUMERO 200,NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A IMPLNTAÇÃO DE UM PROGRAMA DE JOGOS ESTUDANTIS.</t>
   </si>
   <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA IMPLATADO NO MUNICPIO O PROGRAMA COLONIA DE FÉRIAS.</t>
   </si>
   <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E RETIRADA DE ENTULHOS NOS BAIRROS BARRINHA, PILOTOS E MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE ÔNIBUS ESCOLAR PARA A CRECHE MUNICIPAL PROFESSORA CONCEIÇÃO APARECIDA VIEIRA PENA, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA FEITO O AJUSTE NA ALTURA DA BARRA DA TRAVESSA AGNELO ROSSI, PARA QUE SEJA VIABILIZADO A ENTRADA DE AMBULÂNCIA NO LOCAL.</t>
   </si>
   <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A FISCALIZAÇÃO DAS ESTRUTURAS INTERNAS DAS MORADIAS EM TORNO DA OBRA NA TRAVESSA AGNELO ROSSI.</t>
   </si>
   <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RENOVAÇÃO DO CONVÊNIO COM O CIRAC.</t>
   </si>
   <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM QUEBRA-MOLAS NA RUA TATIANA APARECIDA BATISTA, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADOTE A ACESSIBILIDADE PARA PESSOAS COM DEFICIÊNCIA VISUAL E COM BAIXA VISÃO NAS COMUNICAÇÕES VIA REDE SOCIAL DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA LOMBADA NA ESTRADA QUATIS -AMPARO NA ALTURA DO N 531</t>
   </si>
   <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE REALIZAR CURSOS PROFISSIONALIZANTE GRATIUTOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO O DESENTUPIMENTO DE UM BUEIRO NA RUA ALFREDO SAMPAIO, EM FRENTE AO NÚMERO 67. NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA CONTRATAÇÃO DO MÉDICO DENTISTA BUCOMAXILO.</t>
   </si>
   <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA OBRA PARA CONTENÇÃO E REDIRECIONAMENTO DA REDE FLUVIAL NA RUA 5 DO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA  REALIZADO O DESENTUPIMENTO DE DOIS BUEIROS, NA RUA ALFREDO SAMPAIO, NÚMERO 147. NA FRENTE DA CASA NÚMERO 6, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA PARCERIA ENTRE O PROJETO ESPORTE MAIS SAÚDE E A GUARDA CIVIL MUNICIPAL VISANDO A MELHORIA DO CONDICIONAMENTO FÍSICO DOS SERVIDORES PÚBLICOS DESSA ÁREA.</t>
   </si>
   <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE MANUTENÇÃO E REFORMA E INSTALAÇÃO DE LIXEIRAS EM PONTOS DE ÔNIBUS</t>
   </si>
   <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM REFLETOR NA RUA VEREADOR MARCONDES FERRAZ/RJ 143, EM FRENTE AO NÚMERO 1187, NO BAIRRO ÁGUA ESPALHADA, QUATIS-RJ.</t>
   </si>
   <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE PROJETO PARA CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO PILOTOS.</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>176</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O_x000D_
 DESENTUPIMENTO DO BUEIRO LOCALIZADO NA_x000D_
 RUA ANTÔNIO POLASTRl.</t>
   </si>
   <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O ASFALTAMENTO NA TRAVESSA HIBISCO NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIEM UM DESGASTE NO SOLO QUE ESTÁ CEDENDO NA AV. AUGUSTO SVERBERY, NO BAIRRO NOSSA SENHORA DO ROSÁRIO EM FRENTE À RESIDÊNCIA DE NÚMERO 58, QUE AOS POUCOS VEM AFUNDANDO PODENDO CAUSAR DANOS GRAVES NAS RESIDÊNCIAS PRÓXIMAS.</t>
   </si>
   <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADO A VIABILIDADE DE LOCAÇÃO OU CONTRATO COM RESIDÊNCIAS OU LOCAIS DE FESTA QUE TENHAM PISCINAS, PARA ATENDER O PROJETO ESPORTE É MAIS SAÚDE.</t>
   </si>
   <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA QUATIS – GLICÉRIA, NO TRECHO QUE VAI PARA A FAZENDA SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENCAMINHE AS INFORMAÇÕES SOBRE OS TRAMITES DAS PREVISÕES DE DATA DE PAGAMENTO DO PROCESSO DE INSALUBRIDADE DOS FUNCIONÁRIO PÚBLICO.</t>
   </si>
   <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PODA DE UMA ÁRVORE, LOCALIZADA NA RUA B, NO BAIRRO ALTO PARAÍSO, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA NA ESTRADA QUATIS-ROMA, NO BAIRRO BONDAROVSKY, EM QUATIS.</t>
   </si>
   <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA PARCERIA COM CASAS DE RECUPERAÇÃO ÀS PESSOAS COM DEPENDÊNCIA QUÍMICA.</t>
   </si>
   <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DIVULGUE A PREP E A PEP NOS EQUIPAMENTOS MUNICIPAIS E PROJETOS MUNICIPAIS COMO ESTRATÉGIA DE COMBATE ÀS ISTS E AIDS.</t>
   </si>
   <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE DE IMPLATAÇÃO DE UM ASILO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO, NA QUADRA POLIESPORTIVA DO BAIRRO MIRANDÓPOLIS,QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A_x000D_
 REALIZAÇÃO DE VISTORlA PELA VIGILÂNCIA_x000D_
 SANITÁRlA E A NOTIFICAÇÃO DOS_x000D_
 PROPRIETÁRIOS PARA LIMPEZA DE TERRENOS_x000D_
 NO BAIRRO POLASTRI.</t>
   </si>
   <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DE CALÇADA DANIFICADA NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA CAMPANHA SOBRE A TEMÁTICA DA ENDOMETRIOSE E DE UM LEVANETAMENTO DE DADOS SOBRE A DEMANDA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ESTUDO NA RUA SALVADOR BARBOSA LIMA, EM FRENTE AO NÚMERO 133, BAIRRO MIRANDÓPOLIS, QUATIS-R.J. LOCAL ONDE OS MORADORES REQUEREM A VERIFICAÇÃO DO ASFALTO QUE ESTÁ CEDENDO, JUNTO A UMA TAMPA DE CIMENTO DE CANALIZAÇÃO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA CONTRATAÇÃO DE UM PROFISSIONAL DE MUSICOTERAPIA.</t>
   </si>
   <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL E AO ÓRGÃO COMPETENTE QUE SEJA FEITA A REMOÇÃO DE COLMEIA DE ABELHAS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE UM GUARDA PARA ORGANIZAÇÃO DO TRÂNSITO NA RUA VÍTOR MARCONDES SAMPAIO, PRÓXIMO A CASA DOS CEREAIS, NO HORÁRIO DE PICO.</t>
   </si>
   <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CAMPANHA CONTRA O RACISMO EM TODAS  AS ESCOLAS  MUNICIPAIS ,ESTADUAIS E PARTICULARES NA CIDADE DE QUATIS.</t>
   </si>
   <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE UMA COLMÉIA,  LOCALIZADA EM UMA ÁRVORE , NA RUA MARIA APARECIDA MOREIRA, NÚMERO 255, BAIRRO MIRANDÓPOLIS, QUATIS - R.,J.</t>
   </si>
   <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PROVIDÊNCIAS PARA A UNIDADE DE SAÚDE ESF II MARIA DA GLÓRIA SILVA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA RUA 5B, NO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ASFALTAMENTO DA RUA 5B, NO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AMPLIE CONTRATUALMENTE O HORÁRIO DE ATENDIMENTO DO CAMINHÃO DE COLETA SELETIVA DE LIXOS RECICLÁVEIS NO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISTRIBUIÇÃO EM AMBITO MUNICIPAL E DISTRITO A ENTREGAR DE ABSORVENTE HIGIENICO PARA MULHERES DE BAIXA RENDA.</t>
   </si>
   <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  O CALÇAMENTO  E ACABAMENTO, LOCALIZADO NA AVENIDA EUCLIDES ALVES GUIMARÁES COTIA, EM FRENTE A OFICINA MECÂNICA QUATRO RODAS, ATÉ O FINAL DA CALÇADA.</t>
   </si>
   <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DO CAMPINHO DE FUTEBOL E PARQUINHO DAS CRIANÇAS, EM JOAQUIM LEITE, DISTRITO DE QUATIS-R.J;</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A_x000D_
 NECESSIDADE DE REALIZAÇÃO DE OPERAÇÃO_x000D_
 TAPA-BURACO NA RUA ANTÔNlO POLASTRl, EM_x000D_
 FRENTE AO NÚMERO 379, NO BAIRRO POLASTRl.</t>
   </si>
   <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DO SERVIÇO DE TAPA-BURACO NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, EM QUATIS.</t>
   </si>
   <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE SERVIÇOS DE TAPA-BURACOS NA RODOVIA RJ-159 (QUATIS FLORIANO).</t>
   </si>
   <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO NA REDE DE ESGOTO NA RUA NALDIR LARANJEIRAS BATISTA, PRÓXIMO AO Nº 08, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL SEJA OFICIADO A EMPRESA LIGHT, PARA QUE PROVIDENCIE A RETIRADA DE UMA PLANTA CONHECIDA COMO " TREPADEIRA ", DA FIAÇÃO ELÉTRICA, QUE SE ESTENDEU PARA O POSTE DA REDE ELÉTRICA, NA RUA ELONIR NOGUEIRA DA SILVA ,  Nº34, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE NO MULTIRÃO DE RETIRADA DE ENTULHO TENHA UMA AÇÃO VOLTADA AOS ENTULHOS E LIXOS RECICLÁVEIS EM PARCERIA COM A COOPCAQ.</t>
   </si>
   <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A INSTALAÇÃO DE UMA LUMINÁRIA PÚBLICA NA RUA MARIO BARROS TEIXEIRA  FRANCO ,NO BAIRRO PILOTOS,EM QUATIS.</t>
   </si>
   <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTINUAÇÃO DA MANUTENÇÃO NA ESTRADA  QUATIS-GLICÉRIO.</t>
   </si>
   <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA LOMBADA NA RUA ELOMIR NOGUEIRA DA SILVA , NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UMA ILUMINAÇÃO DE ALTA QUALIDADE NO PARQUE DA CIDADE  NO BAIRRO POLLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE FAÇA UM ESTUDO DE VIABILIDADE DA PRESENÇA OSTENSIVA DA POLÍCIA MILITAR E DA GUARDA MUNICIPAL , PARA QUE SE FAÇA UMA RONDA DIURNA E NOTURNA ,, NO PARQUE DA CIDADE , NO BAIRRO POLLASTRI,  QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A MANUTENÇÃO E DESENTUPIMENTO DE DOIS BUEIROS ENTUPIDOS  E TROCA DE TAMPAS, QUE ENCONTRAM-SE QUEBRADAS, NA RUA ISAAC MARCONDES SAMPAIO, EM FRENTE AOS NÚMEROS 225 E 235, NO BAIRRO POLLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA CÂMERA DE SEGURANÇA NO COLÉGIO EDMEA, DIRECIONADA AO ESF III - ANA GLEICE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE MANUTENÇÃO DA VIA PÚBLICA E CALÇADAS AVARIADAS PELO TRABALHO DO PODER EXECUTIVO.</t>
   </si>
   <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO O REFORÇO DE SEGURANÇA PARA O CIEP MUNICIPALIZADO MARCIANA MACHADO DE EIAS ATRAVÉS DA ATUAÇÃO DA GUARDA-MUNICIPAL.</t>
   </si>
   <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PARA QUE PROVIDENCIE A RESTAURAÇÃO DA INFRAESTRUTURA  DO ASFALTO  QUE SOFREU UM SOLAPAMENTO NA RUA AUGUSTO SVERBERY, EM FRENTE AO NÚMERO 58. BAIRRO NOSSA SENHORA DO ROSÁRIO, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1629</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA ESTRADA RUAL DO LATICÍNIO PRIMAVERA.</t>
   </si>
   <si>
+    <t>1634</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETOMADA DO PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS), VISANDO O PARCELAMENTO DE DÍVIDAS E TRIBUTOS MUNICIPAIS, BEM COMO A CONCESSÃO DE DESCONTOS SOBRE ENCARGOS E MULTAS.</t>
   </si>
   <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE UM OFÍCIO AO 37º BATALHÃO, PEDINDO O AUMENTO DO EFETIVO POLICIAL NA ZONA RURAL.</t>
   </si>
   <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TOME AS DEVIDAS PROVIDÊNCIAS NO TERRENO LOCALIZADO NA RUA C, NO LOTEAMENTO CÉU AZUL, EM QUATIS.</t>
   </si>
   <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VIABILIDADE PARA A AMPLIAÇÃO DA NATAÇÃO INCLUSIVA A TODAS AS PESSOAS COM DEFICIENCIA DO MUNICÍPIO E DISTRITO DE QUATIS.</t>
   </si>
   <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UMA VISTORIA NA RUA AMÉLIA DE CARVALHO POLLASTRI, EM FRENTE AO NÚMERO 194, BAIRRO JARDIM POLASTRI, QUATIS-R.J., ONDE ENCONTRA-SE UM POSTE DE REDE ELÉTRICA COM RISCO DE QUEDA.</t>
   </si>
   <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PINTADO A FAIXA DE PEDESTRE , NA AVENIDA EUCLIDES ALVES GUIMARÂES  COTIA , NO BAIRRO CENTRO, EM QUATIS-R.J. PRÓXIMO AO PONTO DE ÔNIBUS  E A HORTA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECUPERAÇÃO DE UMA AMBULÂNCIA PARA ADAPTÁ-LA PARA USO EXCLUSIVO DA DIVISÃO DE SAÚDE E BEM-ESTAR ANIMAL DA SECRETARIA MUNICIPAL DE SAÚDE COMO AMBULÂNCIA VETERINÁRIA.</t>
   </si>
   <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DAS CORRENTES DOS ESTACIONAMENTOS DOS QUIOSQUES, DA PRAÇA TEIXEIRA BRANDÃO, ANTES DAS 18 HORAS.</t>
   </si>
   <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM ESTUDO DE VIABILIDADE PARA ELABORAÇÃO DE UM PROJETO DE LEI QUE DISPÕE  SOBRE AUXÍLIO NO TRANSPORTE DE MUDANÇAS SOCIAL.</t>
   </si>
   <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ELABORE, JUNTO AO ÓRGÃO COMPETENTE, UM CONVÊNIO OU TERMO DE COOPERAÇÃO COM A PREFEITURA MUNICIPAL DE RESENDE, COM O OBJETIVO DE COIBIR A CIRCULAÇÃO DE MOTOCICLETAS COM ESCAPAMENTOS ADULTERADOS NA CIDADE.</t>
   </si>
   <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO QUE SEJA ENVIADO UM OFICÍO AO GOVERNO DO ESTADO SOLICITANDO A MANUTENÇÃO DA ESTRADA FALÇÃO-PASSA VINTE.</t>
   </si>
   <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A VERIFICAÇÃO DE UM POSTE DE ENERGIA  ELÉTRICA NA RUA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 184. BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A PODA DE UMA ÁRVORE,  NA RUA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 194, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DE UMA ÁRVORE NO MEIO DA RUA ANA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 145, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM CONVÊNIO COM HOSPITAIS MAIS PRÓXIMOS PARA AQUISIÇÃO DE MAIS LEITOS NO CTI.</t>
   </si>
   <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PACTO DE COOPERAÇÃO COM RESENDE PARA ATENDIMENTO AS NECESSIDADES BÁSICAS DA COMUNIDADE DA RUA DA PALHA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM "QUEBRA-MOLAS", NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO NÚMERO 105, BAIRRO SÃO BENEDITO, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO E UTILIZAÇÃO DE DRONES NO COMBATE AO DESMATAMENTO IRREGULAR EM QUATIS.</t>
   </si>
   <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE REFORMAS ESTRUTURAIS E DESENVLVA AÇÕES DE VALORIZAÇÃO ÀS CUIDADORAS NO CMEI.</t>
   </si>
   <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E A REFORMA DA QUADRA DE ESPORTE NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZAR UMA ROÇADA E A LIMPEZA DA ESTRADA  QUATIS x FALÇÃO RJ159.</t>
   </si>
   <si>
+    <t>1645</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE, NO PARQUE DA CIDADE.</t>
   </si>
   <si>
+    <t>1656</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA-BURACO NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1652</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE ESTUDO PARA IMPLANTAÇÃO DE ÁREA DE LAZER NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA E SINALIZAÇÃO PARA EMBARQUE E DESEMBARQUE DE ÔNIBUS ESCOLARES, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE RETIRADA DA ACADEMIA AO AR LIVRE NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO ÁGUA ESPALHADA.</t>
   </si>
   <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROMOVA CURSO DE QUALIFICAÇÃO PARA PROFISSIONAIS NA REDE MUNICIAPAL DE ENSINO COM FOCO NA IDENTIFICAÇÃO DE CASOS DE ABUSO E EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES.</t>
   </si>
   <si>
+    <t>1651</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE A POSSIBILIDADE IMPLENTAÇÃO DO TEMPO INTEGRAL, NAS ESCOLAS DISTRITAIAS, A SABER:CARLOS DE FARIA NO DISTRITO DE FALÇÃO E ANÉSIA ALVES DE OLIVEIRA NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO UM ESTUDO DE VIABILIDADE  NA RUA EUCLIDES ALVES GUIMARÂES COTIA, NO ESTACIONAMENTO DA ESCOLA MUNICIPAL PROFESSORA JULIETA PEREIRA SAMPAIO, CENTRO, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REFEITA A PINTURA DA FAIXA DE PEDESTRE NA RUA ESTRADA MAJOR JOSÉ ISIDRO, NO CRUZAMENTO PRÓXIMO A EMPRESA SORVETERIA  REMA E A EMPRESA MATERIAL DE CONSTRUÇÃO QUAMAT, EM QUATIS-R;J;</t>
   </si>
   <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A ATUALIZAÇÃO DA GRADE DE MEDICAMENTOS DA TABELA REMUNE.</t>
   </si>
   <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DO SERVIÇO DE TAPA-BURACO NA RUA JOAQUIM COSTA SALGUEIRO, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A VIABILIDADE DE TORNAR OBRIGATÓRIO O USO DE UNIFORMES ESCOLARES EM TODAS AS UNIDADES DE ENSINO DA REDE MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE À VIGILÂNCIA SANITÁRIA A CONTINUIDADE DAS AÇÕES DE FISCALIZAÇÃO NO HOSPITAL SÃO LUCAS.</t>
   </si>
   <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REFORMA DO PARQUINHO NO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE AO FAZER A LIMPEZA DAS RUAS NO BAIRRO MIRANDÓPOLIS, QUE SEJAM RECOLHIDOS AS SUJEIRAS, ALGUMAS PROVENIENTES DE GALHOS DE ÁRVORES QUE FORAM PODADAS E QUE ESTÃO ESPARRAMADAS PELAS RUAS DO BAIRRO, ORIGINANDO ACÚMULO DE ENTULHOS.</t>
   </si>
   <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DO PRAZO PARA PAGAMENTO DO IPTU 2025.</t>
   </si>
   <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM ESTUDO PARA EQUIPARAÇÃO DO PISO ATUAL AO PISO NACIONAL DO AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA COMPETENTE A REALIZAÇÃO DE VISTORIA TÉCNICA E PROVIDÊNCIAS QUANTO AO ROMPIMENTO RECORRENTE DA REDE DE ESGOTO NA RUA SEIS, Nº 51, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DA COBERTURA DE AGENTES COMUNITÁRIOS DE SAÚDE (ACS) NO MUNICÍPIO, COM ATENÇÃO ESPECIAL À RUA VANDERLINO TEIXEIRA LEITE, QUE SE ENCONTRA, APARENTEMENTE, SEM ATENDIMENTO REGULAR DESSE SERVIÇO ESSENCIAL.</t>
   </si>
   <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA NOVA TAMPA DE BUEIRO NA RUA ALFREDO SAMPAIO, NÚMERO 308, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE DE TRÂNSITO NO INÍCIO DA RUA CAP. ALVIN FONSECA, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J., NO SENTIDO SUBIDA DA RUA, AO LADO ESQUERDO, PARA QUE HAJA UMA FAIXA  AMARELA , NO MEIO FIO, PROIBINDO QUE NO LOCAL, ESTACIONE VEÍCULOS EM GERAL, INCLUINDO ÔNIBUS.</t>
   </si>
   <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DO CESTO DE BASQUETE, NA QUADRA POLIESPORTIVA DO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE AÇÕES EDUCATIVAS DE COMBATE AO BULLYING NAS UNIDADES ESCOLARES DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REMOÇÃO DAS SINALIZAÇÕES DE VAGAS EXCLUSIVAS PARA IDOSOS E PESSOAS COM DEFICIÊNCIA LOCALIZADAS NA RUA AVELINO BATISTA SOARES, EM FRENTE À ANTIGA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA URBANA NA AVENIDA ROBERTO SILVEIRA, EM QUATIS.</t>
   </si>
   <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO E LIMPEZA NA RUA CORONEL ALFREDO SOARES DE OLIVEIRA, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PINTURA DE SINALIZAÇÃO DE “PROIBIDO ESTACIONAR” NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA TELA DE PROTEÇÃO NAS LATERAIS DA PONTE LOCALIZADA NA RUA CEL. ALFREDO SOARES DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf</t>
   </si>
   <si>
     <t>INDICA A MESA DIRETORA DA CÂMARA MUNICIPAL DE QUATIS A CRIAÇÃO DE UMA MEDALHA DE MÉRITO AO PRODUTOR E PRODUTORA RURAL.</t>
   </si>
   <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE O PROGRAMA CINEMA NAS COMUNIDADES.</t>
   </si>
   <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE UM CURSO DE ELABORAÇÃO DE PROJETOS CULTURAIS E/OU ESPORTIVOS</t>
   </si>
   <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CANALETA NA RUA NALDIR LARANJEIRAS BATISTA, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA A REALIZAÇÃO DE DESENTUPIMENTO DE UM BUEIRO, NA RUA DES. ACÁCIO ARAGÃO, NÚMERO 180, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DE REFLETOR QUEIMADO NA ENTRADA DA FEIRA DA ROÇA, EM QUATIS.</t>
   </si>
   <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ALTERAÇÃO NO FLUXO DA RUA DELFIM FRÓES, NO CENTRO, PARA VIA ÚNICA.</t>
   </si>
   <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A MANUTENÇÃO E RESTRUTURAÇÃO DA SERVIDÃO FREZOLINA DE BARROS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REATIVAÇÃO DO CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL EM QUATIS.</t>
   </si>
   <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESCENTRALIZAÇÃO DO SERVIÇO DE COLETA DE SANGUE, COM A AMPLIAÇÃO DO ATENDIMENTO TAMBÉM NA CLÍNICA DA FAMÍLIA, LOCALIZADA NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA REALIZADO  UM ESTUDO DE VIABILIDADE DA TROCA DE UMA TAMPA DE BUEIRO QUE ESTÁ QUEBRADA, NAS QUADRA DO PARQUE DA CIDADE, NA PARTE DE CIMA DO GOL, NO BAIRRO POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL O RETORNO DO DESFILE CÍVICO DE 7 DE SETEMBRO AO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA DESEMBARGADOR ACÁCIO ARAGÃO, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE LIMPEZA GERAL NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TROCA DE LÂMPADA, NA RUA CAPITÃO ÂNTONIO LOBO, EM FRENTE AO NÚMERO 192, BAIRRO MIRANDÓPOLIS, QUATIS R.J.</t>
   </si>
   <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A REALIZAÇÃO DE MANUTENÇÃO DOS BUEIROS , DO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONCRETAGEM DAS CALÇADAS NA RUA 1, PRÓXIMO AOS NÚMEROS 70 E 79, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE ESTUDO E ELABORAÇÃO DE PROJETO DE CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO BAIRRO MIRANDÓPOLIS, EM QUATIS.</t>
   </si>
   <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 222, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UMA ÁRVORE NA RUA SALVADOR BARBOSA LIMA, EM FRENTE AO NÚMERO 355, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL  E A SECRETARIA COMPETENTE,   A INSTALAÇÃO DE LIXEIRAS PÚBLICAS , NAS RUAS  DO BAIRRO ÁGUA ESPALHADA, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 380, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REATIVE O PROGRAMA SACOLA VERDE NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O SERVIÇO DE DRENAGEM E MANUTENÇÃO DAS FOSSAS NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE DE VIABILIDADE PARA CRIAÇÃO DE UM PROGRAMA MUNICIPAL DE APOIO AO TRANSPORTE DE FAMILIARES DE PESSOAS EM SITUAÇÃO DE PRIVAÇÃO DE LIBERDADE.</t>
   </si>
   <si>
+    <t>1753</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM BALCÃO MUNICIPAL DE EMPRÉSTIMO DE EQUIPAMENTOS ORTOPÉDICOS.</t>
   </si>
   <si>
+    <t>1754</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM SISTEMA DE PROTOCOLO ONLINE PARA SOLICITAÇÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
+    <t>1755</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE ESPAÇOS PÚBLICOS MULTIGERACIONAIS DE ACESSO À INFORMAÇÃO E NOVAS TECNOLOGIAS NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE PONTOS DE ACESSO GRATUITO À INTERNET EM ESPAÇOS PÚBLICOS E TURÍSTICOS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROJETO DE CONSCIENTIZAÇÃO SOBRE PRESERVAÇÃO E USO ADEQUADO DAS PRAÇAS PÚBLICAS E ESPAÇOS DE LAZER.</t>
   </si>
   <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE BANHEIRO PÚBLICO E INSTALAÇÃO DE PONTO DE HIDRATAÇÃO NO PARQUE DA CIDADE.</t>
   </si>
   <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE ESTUDOS PARA REINSTALAÇÃO DA SINALIZAÇÃO DE VELOCIDADE NA RUA APRÍGIO BARBOSA LIMA, PRÓXIMO AO CRUZAMENTO COM A RUA F, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , A FIXAÇÃO DE UMA PLACA DE TRÂNSITO  “ PARE” , NA RUA ISAAC MARCONDES SAMPAIO COM O CRUZAMENTO DA RUA ÂNTONIO POLASTRI, EM FRENTE AO NÚMERO 152, NO BAIRRO POLASTRI, EM QUATIS-R.J, PODENDO SER PINTADA NO CHÃO OU   EM ESTRUTURAS ELEVADAS.</t>
   </si>
   <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A POSSIBILIDADE DE UM ESTUDO DE VIABILIDADE PARA TER AO LADO DA QUADRA POLIESPORTIVA E NA PRAÇA DO BAIRRO MIRANDÓPOLIS,EM QUATIS-R.J. A INSTALAÇAO DE APARELHOS DE GINÁSTICA  AO AR LIVRE.</t>
   </si>
   <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE VEÍCULO PARA O DEPARTAMENTO DE FISCALIZAÇÕES DA SECRETARIA MUNICIPAL DE ORDEM URBANA.</t>
   </si>
   <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DA  TROCA DE TAMPA DE BUEIRO, NA RUA CAPITÃO ALVIM FONSECA, EMFRENTE AO NÚMERO 241, NO BAIRRO MIRANDÓPOLIS, QUATIS-RJ.</t>
   </si>
   <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TROCA DO REFLETOR EXISTENTE E A INSTALAÇÃO DE MAIS UM REFLETOR NA QUADRA DO BAIRRO PILOTOS, EM QUATIS.</t>
   </si>
   <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , O ESTUDO DE VIABILIDADE DE COLOCAÇÃO DE LIXEIRAS NOS PONTOS DE ÔNIBUS, EM QUATIS-R.J</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>328</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALACÃO  DE PLACAS DE SINALIZAÇÃO , NO CRUZAMENTO DAS RUAS CAPITÃO ALVIN FONSECA E ELONIR NOGUEIRA DA SILVA, EM FRENTE AOS NÚMEROS 76, 138 E 148, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J._x000D_
 _x000D_
 Senhor Presidente,</t>
   </si>
   <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA TAMPA QUEBRADA DE ENERGIA ELÉTRICA NA PRAÇA GETÚLIO VARGAS, NO BAIRRO CENTRO,QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UM REDUTOR DE VELOCIDADE , NA RUA ARMANDO HENRIQUE VIEIRA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DESTINADA UMA VAGA DE ESTACIONAMENTO EXCLUSIVA PARA PESSOA COM DEFICIÊNCIA (PCD) EM FRENTE À ESCOLA MUNICIPAL MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A REMOÇÃO DO BAMBUZEIRO LOCALIZADO NO RIBEIRÃO AOS FUNDOS DO CONDOMÍNIO TRAVESSA DUDUCA.</t>
   </si>
   <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , A  MELHORIA  DE ILUMINAÇÃO PÚBLICA , NA PRACINHA DO PARQUE  DA CIDADE, NO BAIRRO POLASTRI,QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DA PONTA QUE VAI PARA O SÍTIO RIBEIRÃO VERMELHO NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 02 REFLETORES NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, E O REPARO/TROCA DE ILUMINAÇÃO NA ENTRADA DA FAZENDA BOM RETIRO, NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , A MELHORIA DE ILUMINAÇÃO PÚBLICA , NA PRACINHA PRÓXIMO DA APAE, NO BAIRRO POLASTRI,QUATIS-R.J..</t>
   </si>
   <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA , NA RUA MARIA APARECIDA MOREIRA , EM FRENTE AO NÚMERO 100, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA TAMPA DE BUEIRO QUEBRADA, NA RUA LUIZ NÓBREGA SOARES, EM FRENTE AO NÚMERO 45, BAIRRO MIRANDÓPOLIS, QUATIS-R.J</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DA ESCOLA DE GOVERNO NA ADMINISTRAÇÃO PÚBLICA.</t>
   </si>
   <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ADOÇÃO DE MEDIDAS DE PROTEÇÃO E SEGURANÇA NO TRATAMENTO DE DADOS PESSOAIS EM PROCESSOS DE INSCRIÇÃO DE PROGRAMAS PÚBLICOS, EM CONFORMIDADE COM A LGPD), TOMANDO COMO REFERÊNCIA O OCORRIDO NO PROGRAMA GERAÇÃO DA MANHÃ.</t>
   </si>
   <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE QUALIFICAÇÃO DE PROFISSIONAIS DA REDE MUNICIPAL DE SAÚDE, EDUCAÇÃO E ASSISTÊNCIA SOCIAL EM PRIMEIROS SOCORROS PSICOLÓGICOS.</t>
   </si>
   <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM NÚCLEO DE APOIO PSICOLÓGICO EM PARCERIA COM AS UNIVERSIDADES DA REGIÃO.</t>
   </si>
   <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VISTORIA E FISCALIZAÇÃO DE TRÁFEGO DE ÔNIBUS NA ROTATÓRIA DO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E ROÇADA NA ESTRADA RJ-159 QUE DÁ ACESSO AO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REVITALIZAÇÃO DA CALÇADA, NA RUA CEL. ALFREDO SOARES DE OLIVEIRA ,  NA SUBIDA DA PONTINHA E PASSARELA DE ACESSO A LINHA DO TREM, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE  QUE SEJA CERCADO UM TERRENO  PRÓXIMO A PONTE E PASSARELA QUE DÁ ACESSO A LINHA DO TREM, NA RUA CEL. ALFREDO SOARES DE OLIVEIRA, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA À AQUISIÇÃO DE UM IMÓVEL ADEQUADO PARA SER DESTINADO A SEDE DA GUARDA CIVIL MUNICIPAL.</t>
   </si>
   <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REFORMA E ILUMINAÇÃO DA PONTE LOCALIZADA NA RUA PEDRO MONTEIRO, NO BAIRRO PILOTOS, EM QUATIS.</t>
   </si>
   <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UM BAMBUZAL, LOCALIZADO NA RUA CAPITÃO ANTONIO LOBO, NÚMERO 280, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UM “QUEBRA-MOLAS”, NA RUA SALVADOR BARBOSA LIMA, EM FRENTE A CASA DE NÚMERO  415, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA GARANTIDA A PRESENÇA EFETIVA DE AGENTE COMUNITÁRIO DE SAÚDE NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O MAPEAMENTO CULTURAL MUNICIPAL, CONFORME PREVISTO NO PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE, POR MEIO DOS AGENTES COMUNITÁRIOS DE SAÚDE, REALIZE A MARCAÇÃO DE CONSULTAS MÉDICAS PARA IDOSOS COM DIFICULDADE DE LOCOMOÇÃO.</t>
   </si>
   <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AUTORIZE A ESPERA DE IDOSOS NO INTERIOR DA CLINICA DA FAMÍLIA</t>
   </si>
   <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA E MANUTENÇÃO DO CAMPO DE FUTEBOL E ARREDORES DA IGREJA DO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UMA FAIXA DE PEDESTRE , NA RUA DONA CIRENE, EM FRENTE AO NÚMERO 255, BAIRRO CENTRO,  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE DE IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA CARLOS HASSIS, PRÓXIMO AO Nº 227, NO BAIRRO JARDIM POLASTRI, EM QUATIS.</t>
   </si>
   <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O RETORNO DA GUARDA MUNICIPAL NA RUA CORONEL JOSÉ LEITE, NO TRECHO DA PASSAGEM PARA A VILA, EM QUATIS.</t>
   </si>
   <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A VISTORIA  EM UM REGISTRO SITUADO NO MEIO DA  RUA JOSÉ MAJOR ISIDRO, EM FRENTE A LOJA DE MATERIAIS DE CONSTRUÇÃO QUAMAT, NÚMERO 06,  NO CENTRO EM QUATIS -R.J.</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UMA FAIXA DE PEDESTRE NO INÍCIO DA RUA  DR. JORGE LISBOA, NO CENTRO DE QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DA ÁRVORE NA RUA TATIANA APARECIDA BATISTA, EM FRENTE AO NÚMERO 205, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A RECUPERAÇÃO E REPINTURA DE TODAS AS FAIXAS DE PEDESTRES DO CENTRO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DOS REFLETORES DO POSTE LOCALIZADO PRÓXIMO A PONTE NA RUA PEDRO MONTEIRO, NO BAIRRO PILOTOS.</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA VICTOR MARCONDES SAMPAIO, NÚMERO 501, BAIRRO SANTO ÂNTONIO, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA ALFREDO SAMPAIO, NÚMERO 74, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA CAPITÃO ÂNTONIO LOBO, NÚMERO 260, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE PARA QUE  A GUARDA MUNICIPAL  REALIZE  RONDA NO BAIRRO JARDIM POLASTRI, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA VITOR MARCONDES SAMPAIO, NÚMERO 454, NO BAIRRO SANTO ÂNTONIO, QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VIABILIDADE DA COLOCAÇÃO DE MAIS BANCOS NA PRAÇA GETÚLIO VARGAS, NO CENTRO DE QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE A CASA DE NÚMERO 65, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.ONDE O ASFALTO ESTÁ CEDENDO.</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM MAPEAMENTO TÉCNICO E SOCIAL DAS RESIDÊNCIAS SITUADAS ÀS MARGENS DE RIBEIRÕES E RIOS NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UMA ILUMINAÇÃO ADEQUADA NO PONTO DE ÔNIBUS PRÓXIMO A PONTE QUE DÁ ACESSO À PORTO REAL.</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE FIRMAR PARCERIAS COM O OBJETIVO DE CRIAR PONTOS DE PARADA E APOIO PARA CAMINHONEIROS NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DA SITUAÇÃO DO ABASTECIMENTO DE ÁGUA EM JOAQUIM LEITE.</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DAS VIAS NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO E A SECRETARIA COMPETENTE , A TROCA DE LÂMPADA, NA RUA ISAAC MARCONDES  SAMPAIOEM FRENTE AO NÚMERO 202.NO BAIRRO POLASTRI, QUATIS- R .J.</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DUAS LUMINÁRIAS EM DOIS POSTES NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO AO Nº 946, NA BARRINHA.</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PINTURA OU A DEVIDA SINALIZAÇÃO DE PARE NAS PROXIMIDADES DO PÓRTICO DE QUATIS, NA BARRINHA.</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE ALTERAÇÃO NO FLUXO DA RUA DELFIM FRÓES, NO CENTRO, TRANSFORMANDO-A EM VIA DE SENTIDO ÚNICO.</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE CALÇADA NO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACO NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO A BARBEARIA PASSA VINTE, NO CENTRO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE INSTALAÇÃO DE PLACA DE REDUÇÃO E QUEBRA-MOLAS NA ESTRADA QUATIS – GLICÉRIO, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REFORMA NA PRAÇA IDALK CÂNDIDO DE PAIVA, NO DISTRITO DE FALCÃO, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REINDICAÇÃO DA REALIZAÇÃO DE PINTURA OU A DEVIDA SINALIZAÇÃO DE PARE NAS PROXIMIDADES DO PÓRTICO DE QUATIS, NA BARRINHA.</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REPINTURA DAS VAGAS DE ESTACIONAMENTO NA RUA PROFESSOR PESSOA DE BARROS, NO CENTRO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DO RETORNO DA PATRULHA RURAL NO MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA-BURACO NA RUA PROFESSOR PESSOA DE BARROS, PRÓXIMO AO NÚMERO 175, NO CENTRO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA NA ESTRADA QUATIS – VARGEM GRANDE, SENTIDO A PONTE NOVA (QUATIS – PORTO REAL).</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA NO ENTORNO DO RIO DA PONTE NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM GUARDA-CORPO NA PONTE LOCALIZADA NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DE ILUMINAÇÃO NO VESTIÁRIO DO CAMPO DE FUTEBOL, NO DISTRITO DE FALCÃO.</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA EM TODAS AS CAIXAS D’ÁGUA DAS ESCOLAS E DOS POSTOS DE SAÚDE DO MUNICÍPIO E DOS DISTRITOS DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE TAPA-BURACOS NA RODOVIA RJ-159 (QUATIS - FLORIANO).</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA HILDA GAMA RODRIGUES.</t>
   </si>
   <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA MARTHA LEIS CHIANELLI.</t>
   </si>
   <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO Á SENHORA  CLEUZA MARIA DE SOUZA.</t>
   </si>
   <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR BENEDITO BRITO COUTINHO.</t>
   </si>
   <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO AFONSO SALES MOREIRA DA SILVA.</t>
   </si>
   <si>
+    <t>1616</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ALICE DA SILVA ELIAS.</t>
   </si>
   <si>
+    <t>1617</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ANA CLARA MOURA GONÇALVES DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1618</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ANA LUIZA MARTINS ANTÔNIO DE MOURA.</t>
   </si>
   <si>
+    <t>1619</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA GABRIELLI CAMPBELL DE MOURA MATHIAS.</t>
   </si>
   <si>
+    <t>1620</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO GUILHERME DE SOUZA MARQUES.</t>
   </si>
   <si>
+    <t>1621</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA LÍVIA SACRAMENTO DE MELLO FARIA NEVES.</t>
   </si>
   <si>
+    <t>1622</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO LYOTO MISOBUTI SOUZA CEZAR.</t>
   </si>
   <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO MIGUEL DE OLIVEIRA LAÇALVIA.</t>
   </si>
   <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA MILENA DA SILVA CANIL.</t>
   </si>
   <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO NATAN PIRES MENDES GILLY.</t>
   </si>
   <si>
+    <t>1627</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO RUAN PABLO AVELAR DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1628</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO LUÍS GABRIEL DA SILVA AZEVEDO.</t>
   </si>
   <si>
+    <t>1586</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR RODRIGO GONÇALVES DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1609</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MIGUEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MANOEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
+    <t>1786</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO À SERVIDORA PÚBLICA MUNICIPAL SRª. GARDENIA LAMEGO DA SILVA.</t>
   </si>
   <si>
+    <t>1790</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA DIONISIA MARIA SILVA DE MATTOS.</t>
   </si>
   <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA ROBERTA ADRIANA CAMPOS.</t>
   </si>
   <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR JOSÉ AUGUSTO DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA REGINA MARIA DE FREITAS MIRANDA.</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SAMUEL ELIAS DE BEM.</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO CÉSAR BALTAZAR DA NÓBREGA.</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O HORÁRIO DAS SESSÕES ORDINÁRIAS NA CÂMARA MUNICIPAL DE QUATIS – RJ.”</t>
   </si>
   <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf</t>
   </si>
   <si>
     <t>“COMPATIBILIZA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE QUATIS COM A NOVA REDAÇÃO DO INCISO XIX DO ART.45 DA LEI ORGÂNICA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
+    <t>1435</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O VESTUÁRIO COMPATÍVEL COM O AMBIENTE DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf</t>
   </si>
   <si>
     <t>“COMPATIBILIZA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE QUATIS COM O INCISO VI DO ART.54-A DA LEI ORGÂNICA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O §1º DO ART. 9º DA RESOLUÇÃO 002/2023 QUE REGULAMENTA A CONCESSÃO DE DIÁRIAS PELA CÂMARA MUNICIPAL DE QUATIS – RJ.”</t>
   </si>
   <si>
+    <t>1632</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA “CINE SHOW” NA CÂMARA MUNICIPAL DE QUATIS – RJ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1633</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A LEI FEDERAL Nº 14.129/2021, DISPONDO SOBRE PRINCÍPIOS, REGRAS E INSTRUMENTOS PARA O GOVERNO DIGITAL E PARA O AUMENTO DA EFICIÊNCIA PÚBLICA NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS”.</t>
   </si>
   <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DAR BAIXA DE BENS INTEGRANTES DO PATRIMÔNIO DESTA CASA DE LEIS".</t>
   </si>
   <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A CONSOLIDAÇÃO DAS NORMAS DE HOMENAGEM AO SERVIDOR PÚBLICO, INSTITUI NOVAS HONRARIAS NO ÂMBITO DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf</t>
+  </si>
+  <si>
+    <t>"REGULA O PROCESSO ADMINISTRATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf</t>
+  </si>
+  <si>
+    <t>"REGULAMENTA O PROCEDIMENTO AUXILIAR DE CREDENCIAMENTO PARA CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO, NOS TERMOS DOS ARTS. 74, IV, 78, I, E 79 DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS"</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA A REDAÇÃO DO ART. 32 E PARÁGRAFOS DA RESOLUÇÃO Nº 005/2023, QUE REGULAMENTA A APLICAÇÃO DA LEI FEDERAL Nº 14.133/2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS."</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE À SENHORA MARILZA TEIXEIRA GUEDES DA SILVA.</t>
   </si>
   <si>
+    <t>1727</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR MARCIO NOGUEIRA MENDONÇA.</t>
   </si>
   <si>
+    <t>1728</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA TÂNIA FRANCO ALVES D'ELIAS.</t>
   </si>
   <si>
+    <t>1729</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FAUSTINO PINHEIRO AO SENHOR PREFEITO ALUÍSIO MAX ALVES D'ELIAS.</t>
   </si>
   <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf</t>
   </si>
   <si>
     <t>“CONCEDE MEDALHA PROFESSOR EMÉRITO AO SENHOR JOSÉ ARCANJO DO NASCIMENTO.”</t>
   </si>
   <si>
+    <t>1690</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR ISRAEL WESLEY DA CUNHA".</t>
   </si>
   <si>
+    <t>1689</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR THIAGO SALLES GOMES DA SILVA".</t>
   </si>
   <si>
+    <t>1688</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR THIAGO SOUZA PASCHOAL".</t>
   </si>
   <si>
+    <t>1693</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JÚLIO CESAR ALVES DA ROCHA.</t>
   </si>
   <si>
+    <t>1720</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE A SENHORA MARIA DAS DORES SILVA SOUZA."</t>
   </si>
   <si>
+    <t>1730</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ANDERSON FRANCO DA SILVA.</t>
   </si>
   <si>
+    <t>1731</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ ANTÔNIO DE SOUZA TEIXEIRA JUNIOR.</t>
   </si>
   <si>
+    <t>1732</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LEONARDO DA SILVA.</t>
   </si>
   <si>
+    <t>1733</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FUNCIONÁRIO PADRÃO AO SENHOR DR. ADVOGADO CÉLIO ALVES NETO.</t>
   </si>
   <si>
+    <t>1663</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PATRICK PAULINO CAMPOS."</t>
   </si>
   <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOSÉ JORGE DE PAULA."</t>
   </si>
   <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR MAIKON LUIS PEREIRA."</t>
   </si>
   <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ALEXSSANDER KASUO NOKAI,</t>
   </si>
   <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
     <t>CONCEDE  TÍTULO DE CIDADÃ QUATIENSE A SENHORA CLAUDIA JULIANA DE OLIVEIRA VICENTE.</t>
   </si>
   <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA EMPRESÁRIO EMPREENDEDOR AO SENHOR ALEXSANDRO DOS SANTOS GRAZIEL.</t>
   </si>
   <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR VINICIUS ADALBERTO COSTA SILVA.</t>
   </si>
   <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf</t>
   </si>
   <si>
     <t>" CONCEDE MEDALHA DE PROFISSIONAL EMÉRITO A SENHORA JOANA D´ARC DA SILVA".</t>
   </si>
   <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA FANNY APARECIDA FERNANDES DIAS.</t>
   </si>
   <si>
+    <t>1739</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA TEREZA APARECIDA MENDES DE MORAES.</t>
   </si>
   <si>
+    <t>1738</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Quatiense a Senhora Rosângela Reis dos Santos</t>
   </si>
   <si>
+    <t>1695</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PADRE CLÉSIO ALVES VIEIRA.</t>
   </si>
   <si>
+    <t>1806</t>
+  </si>
+  <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D?ELIAS, REFERENTE AO EXERCÍCIO DE 2023."</t>
   </si>
   <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf</t>
+  </si>
+  <si>
+    <t>''DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, JOSÉ LAERTE D?ELIAS, REFERENTE AO EXERCÍCIO DE 2004''.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLEMENTAÇÃO DE PROGRAMAS DE EDUCAÇÃO PARA O TRÂNSITO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1439</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DE DISPOSITIVOS DE SEGURANÇA PREVENTIVA, CONHECIDOS COMO “BOTÃO DO PÂNICO”, NAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE ENSINO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
-    <t>Alex D'Elias_x000D_
-Udson Bombom</t>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>Alex D'Elias, Udson Bombom</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONSTRUÇÃO DE MONUMENTO A BÍBLIA, NA PRAÇA DOUTOR TEIXEIRA BRANDÃO – CENTRO – QUATIS.”</t>
   </si>
   <si>
+    <t>1658</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DA COMERCIALIZAÇÃO, INSTALAÇÃO E USO DE ESCAPAMENTOS ADULTERADOS, EM DESCONFORMIDADE COM AS ESPECIFICAÇÕES DE FÁBRICA, BEM COMO SOBRE A EMISSÃO DE RUÍDOS EXCESSIVOS POR VEÍCULOS AUTOMOTORES, NO MUNICÍPIO DE QUATIS/RJ E ESTABELECE PROCEDIMENTOS, SANÇÕES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1444</t>
+  </si>
+  <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONCESSÃO DE SUBSÍDIO TARIFÁRIO NOS SERVIÇOS PÚBLICOS DE TRANSPORTE COLETIVO DE PASSAGEIROS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1445</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS/RJ, A SE FILIAR E CELEBRAR PARCERIA COM A UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO DO ESTADO DO RIO DE JANEIRO – UNDIME/RJ, ASSOCIAÇÃO CIVIL SEM FINS LUCRATIVOS, QUE REALIZE ATIVIDADES DE DEFESA EM FAVOR DAS POLÍTICAS PÚBLICAS E INTERESSE DO MUNICÍPIO, E A PAGAR AS RESPECTIVAS ANUIDADES, CONFORME ESPECIFICA.”</t>
   </si>
   <si>
-    <t>Alex D'Elias_x000D_
-Willian Carvalho</t>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>Alex D'Elias, Willian Carvalho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DE CARGA HORÁRIA DE TRABALHO PARA SERVIDORES RESPONSÁVEIS LEGAIS DE CRIANÇAS E ADOLESCENTES COM DEFICIÊNCIA E PARA SERVIDORES E TRABALHADORES COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1495</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO RESERVADO EM SHOWS, APRESENTAÇÕES ARTÍSTICAS E CULTURAIS, TEATROS, EVENTOS ESPORTIVOS E SIMILARES EM ESPAÇOS PÚBLICOS E PRIVADOS PARA PESSOAS COM DEFICIÊNCIAS OU MOBILIDADE REDUZIDA EM QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
-    <t>Alex D'Elias_x000D_
-[...1 lines deleted...]
-Leandro Sant'Anna</t>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>Leandro Sant'Anna, Alex D'Elias, Cabeludo</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DO MANUSEIO, DA UTILIZAÇÃO, DA QUEIMA E DA SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS.’’</t>
   </si>
   <si>
+    <t>1525</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1526</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICIPIO DE QUATIS PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1521</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 514, de 29 de março de 2006, que dispõe sobre implantação, estrutura, processo de escolha e funcionamento do Conselho Tutelar do Municipal de Quatis.</t>
   </si>
   <si>
+    <t>1522</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS AGENTES PÚBLICOS SERVIDORES PÚBLICOS E SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICIPIO DE QUATIS PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1527</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER EXECUTIVO DO MUNICÍPIO DE QUATIS PARA A ATUAL LEGISLATURA."</t>
   </si>
   <si>
+    <t>1534</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf</t>
   </si>
   <si>
     <t>" DISPÕE  SOBRE A ATUALIZAÇÃO DOS VENCIMENTOS DOS SERVIDORES EM COMISSÃO DO PODER EXECUTIVO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1565</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL Nº 757,DE 04 DE NOVEMBRO DE 2011, E DENOMINA COMO RUA SEBASTIANA MARIA GIL O LOGRADOURO PÚBLICO SITUADO NO LOTEAMENTO CÉU AZUL, NO MUNICÍPIO DE QUATIS-RJ.''</t>
   </si>
   <si>
+    <t>1587</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf</t>
   </si>
   <si>
     <t>'' DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO DE REFERÊNCIA ESPECIALIZADO DE ASSISTÊNCIA SOCIAL - CREAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1553</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI 589 DE 20 DE NOVEMBRO DE 2007, REVOGA A LEI 691 DE 31 DE MARÇO DE 2010 SOBRE O PROGRAMA PRODUTOR MIRIM E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1561</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DE ESTABELECIMENTOS DE ENSINOS PÚBLICOS E PRIVADOS DE EDUCAÇÃO BÁSICA E DE RECREAÇÃO INFANTIL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1563</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf</t>
   </si>
   <si>
     <t>"PROCEDE À REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1564</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1610</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O RECONHECIMENTO DO ESTADO DE EMERGÊNCIA CLIMÁTICA E ESTABELECE AS METAS DE NEUTRALIZAÇÃO DAS EMISSÕES DE GASES DE EFEITO ESTUFA EM QUATIS ATÉ 2050.”</t>
   </si>
   <si>
+    <t>1592</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA O CAPUT, AS ALÍNEAS "A", "D", E "E" DO INCISO I, ALÍNEA "C" DO INCISO II E O § 3° E ACRESCENTA AS ALÍNEAS "F" E "G" NO INCISO I E ALÍNEA "D"  E "E" NO INCISO II DO ART. 5° DA LEI N° 737 DE 29 DE ABRIL DE 2011 E ALTERA O ART. 3° DA LEI N° 922 DE 28 DE MARÇO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1600</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf</t>
   </si>
   <si>
     <t>" INSTITUI A SEMANA DE CONCIENTIZAÇÃO SOBRE O TRANSTORNO DE DÉFICIT DE ATENÇÃO E HIPERATIVIDADE - TDAH".</t>
   </si>
   <si>
+    <t>1631</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS/RJ A “MARCHA PARA JESUS”, A SER REALIZADA ANUALMENTE NO 2º SÁBADO DO MÊS DE SETEMBRO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1655</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf</t>
   </si>
   <si>
     <t>‘’INSTITUI O PROGRAMA FARMÁCIA SOLIDÁRIA PARA DOAÇÃO, DISTRIBUIÇÃO OU DESTINAÇÃO ADEQUADA DE MEDICAMENTOS NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.’’</t>
   </si>
   <si>
+    <t>1601</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 99 DA LEI MUNICIPAL N° 520, DE 14 DE JUNHO DE 2006".</t>
   </si>
   <si>
+    <t>1602</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES E DESTINAR CONTRAPARTIDA FÍSICO E FINANCEIRA PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA CONFORME ESTABELECIDO NA LEI FEDERAL Nº 14.620 DE 13 DE JULHO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1608</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf</t>
   </si>
   <si>
     <t>“PRORROGA ATÉ 31 DE DEZEMBRO DE 2025 A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1745</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf</t>
   </si>
   <si>
     <t>“DECLARA O CARNAVAL DO MUNICÍPIO DE QUATIS/RJ COMO PATRIMÔNIO CULTURAL E TURÍSTICO DE NATUREZA IMATERIAL DA CIDADE DE QUATIS/RJ.”</t>
   </si>
   <si>
+    <t>1637</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA PATRULHA MARIA DA PENHA DA GUARDA CIVIL MUNICIPAL NO MUNICÍPIO DE QUATIS.”</t>
   </si>
   <si>
+    <t>1636</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf</t>
   </si>
   <si>
     <t>“ALTERA O INCISO I DO ART. 6º E O ANEXO ÚNICO DA LEI Nº 1.250/2023 QUE INSTITUI O AUXÍLIO TRANSPORTE PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
+    <t>1639</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA CAIXA D´ÁGUA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>Udson Bombom_x000D_
-Willian Carvalho</t>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>Willian Carvalho, Udson Bombom</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ADOÇÃO DO NOVO SÍMBOLO INTERNACIONAL DE ACESSIBILIDADE NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1642</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE VIDEOMONITORAMENTO E SEGURANÇA PÚBLICA URBANA NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1667</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE COMBATE À LGBTFOBIA NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1683</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf</t>
   </si>
   <si>
     <t>“INSTITUÍ A POLÍTICA MUNICIPAL DE ECONOMIA SOLIDÁRIA DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1684</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REGULARIZAÇÃO DO PLANO NACIONAL DE ECONOMIA CIRCULAR NO MUNICÍPIO DE QUATIS, EM CONFORMIDADE COM O DECRETO FEDERAL Nº 12.082/2024 E A LEI MUNICIPAL Nº 823/2014, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1685</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE INCENTIVO À PARTICIPAÇÃO POPULAR E AO CONTROLE SOCIAL NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA MEMÓRIA QUILOMBOLA, VOLTADO À VALORIZAÇÃO DOS SABERES E DA HISTÓRIA ORAL DA COMUNIDADE DO QUILOMBO DE SANTANA NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1687</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE COMBATE À VIOLÊNCIA CONTRA A MULHER – AGOSTO LILÁS, NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1746</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A IMPLANTAÇÃO DA COLETA SELETIVA SOLIDÁRIA E DA DESTINAÇÃO DOS RESÍDUOS RECICLÁVEIS DESCARTADOS PELOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA ÀS ASSOCIAÇÕES E COOPERATIVAS DE CATADORES DE MATERIAIS RECICLÁVEIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1749</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA MUNICIPAL DE RECONHECIMENTO DAS DOENÇAS NÃO VISÍVEIS E REGULAMENTA O USO DO COLAR DE IDENTIFICAÇÃO PARA PESSOAS COM DOENÇAS NÃO VISÍVEIS NO MUNICÍPIO DE QUATIS-RJ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1787</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A POLÍTICA MUNICIPAL DE COMBATE À VIOLÊNCIA CONTRA A PESSOA IDOSA NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1788</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INCLUSÃO DE MEDIDAS DE PROTEÇÃO À CRIANÇA E AO ADOLESCENTE CONTRA O BULLYING E CYBERBULLYING NAS UNIDADES ESCOLARES PÚBLICAS E PRIVADAS OU SIMILARES DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1789</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf</t>
   </si>
   <si>
     <t>"RECONHECE O QUILOMBO DE SANTANA COMO PATRIMÔNIO HISTÓRICO E CULTURAL IMATERIAL DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1791</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf</t>
   </si>
   <si>
     <t>‘’CRIA O PROGRAMA MUNICIPAL DE TERAPIA NUTRICIONAL DO ALUNO AUTISTA, NO MUNICÍPIO DE QUATIS- RJ”.</t>
   </si>
   <si>
+    <t>1817</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf</t>
   </si>
   <si>
     <t>"DISPÔE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE QUATIS PARA O QUADRIÊNIO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1818</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1819</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar contratos de gestão com entidades privadas sem fins lucrativos, qualificadas como Organizações Sociais nos termos da Lei Municipal nº 1.275, de 11 de outubro de 2023, para a gestão plena da Assistência Farmacêutica Municipal."</t>
   </si>
   <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
     <t>Nildinho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE O PODER EXECUTIVO SOBRE A REALIZAÇÃO DE EXAMES DE VISTA PELA PREFEITURA DE QUATIS E A DOAÇÃO DE ÓCULOS AOS ALUNOS DA REDE MUNICIPAL DE ENSINO QUE APRESENTAREM PROBLEMAS NA VISÃO."</t>
   </si>
   <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf</t>
   </si>
   <si>
     <t>"Fica instituído, no âmbito do Município de Quatis/RJ, o Programa ?Esporte é Mais Saúde?, destinado à promoção da saúde, da qualidade de vida, do lazer, da integração comunitária e da inclusão social por meio da prática regular de atividades físicas e esportivas."</t>
   </si>
   <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf</t>
+  </si>
+  <si>
     <t>"INSTITUI NO ÂMBITO MUNICIPAL DE QUATIS O DIA DA GUARDA MUNICIPAL FEMININA"</t>
   </si>
   <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2026, CONSTANTE DA LEI MUNICIPAL N° 1.340, 17 DE JULHO DE 2025".</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE O ORDENAMENTO, A MANUTENÇÃO E A REMOÇÃO DE FIAÇÃO E EQUIPAMENTOS INUTILIZADOS EM POSTES DE INFRAESTRUTURA NO MUNICÍPIO DE QUATIS, ESTABELECE NORMAS E DEFINE SANÇÕES PELO DESCUMPRIMENTO."</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA-SE RUA ISAAC MARCONDES SAMPAIO O LOGRADOURO PÚBLICO LOCALIZADO NO BAIRRO JARDIM POLASTRI, NO MUNICÍPIO DE QUATIS  RJ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA-SE PRAÇA DOUTOR DJAIR MACHADO GOMES O ESPAÇO PÚBLICO LOCALIZADO NO BAIRRO JARDIM POLASTRI, NO MUNICÍPIO DE QUATIS  RJ, BEM COMO O LOGRADOURO AO SEU REDOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf</t>
+  </si>
+  <si>
+    <t>‘’INSTITUI O PROGRAMA MUNICIPAL DE APOIO Á MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE QUATIS RJ’’.</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>Udson Bombom, Willian Carvalho</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf</t>
+  </si>
+  <si>
+    <t>"INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS/RJ O DIA DA CONSCIENTIZAÇÃO SOBRE AS EXPERIÊNCIAS ADVERSAS NA INFÂNCIA."</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf</t>
+  </si>
+  <si>
+    <t>"ACRESCENTA AO TEXTO DA LEI MUNICIPAL N°520, DE 14 DE JUNHO DE 2006, QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS, PARA INCLUIR OS DISPOSITIVOS QUE INSTITUEM REGRAS PARA A APOSENTADORIA DA PESSOA COM DEFICIÊNCIA NO ÂMBITO DO RPPS MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE APOIO AO TRABALHADOR "MAIS EMPREGO" NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>"CRIA A SEMANA MUNICIPAL DE ENFRENTAMENTO AO RACISMO INSTITUCIONAL NA ADMINISTRAÇÃO PÚBLICA."</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>"INSTITUI A POLÍTICA MUNICIPAL DE APOIO À MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR E ESTABELECE SUAS DIRETRIZES DE ATUAÇÃO."</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE O RECONHECIMENTO, O TOMBAMENTO E A DECLARAÇÃO DO JONGO E DO TAMBOR CONFECCIONADO PELA COMUNIDADE DO QUILOMBO DE SANTANA COMO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART.29, VI E O ANEXO IV DA LEI COMPLEMENTAR Nº 030 DE 21 DE DEZEMBRO DE 2022 E O ANEXO II DA LEI COMPLEMENTAR Nº 036 DE 03 DE JULHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1446</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 20 DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
+    <t>1611</t>
+  </si>
+  <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 27, DE 28 DE NOVEMBRO DE 2022 E A LEI MUNICIPAL Nº 05, DE 28 DE JANEIRO DE 1993 PARA A READEQUAÇÃO DO PROGRAMA DE REGULARIZAÇÃO DE OBRAS E CONSTRUÇÕES IRREGULARES E/OU CLANDESTINAS - PROCIC”.</t>
   </si>
   <si>
+    <t>1630</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 036 DE 03 DE JULHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1644</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 035, DE 23 DE JUNHO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
-    <t>Alex D'Elias_x000D_
-[...3 lines deleted...]
-Rogerio Eletricista</t>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>Alex D'Elias, Cabeludo, Leandro Sant'Anna, Marcela, Rogerio Eletricista</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 06/1993, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE QUATIS, PARA DISPOR SOBRE PENALIDADES ESPECÍFICAS À DISPOSIÇÃO IRREGULAR DE ENTULHOS E RESÍDUOS EM VIAS E LOGRADOUROS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1804</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO CÓDIGO DA CIDADANIA FISCAL DO DOMICÍLIO ELETRÔNICO DO CONTRIBUINTE (DeC), O SISTEMA DE PROCURAÇÕES ELETRÕNICAS (e -PROCURAÇÃO), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1805</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI N° 74, DE 16 DE DEZEMBRO DE 1994, VISANDO A CRIAÇÃO DO DOMICÍLIO ELETRÕNICO DO CONTRIBUINTE (DeC), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA O ANEXO IV DA LEI COMPLEMENTAR Nº 41/2025 (QUE ALTEROU O ANEXO IV DA LEI COMPLEMENTAR 030/2022 - REFORMA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS), E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 20, DE 5 DE NOVEMBRO DE 2021."</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE HONRARIAS, HOMENAGENS E CONGÊNERES PELA A CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1434</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A RESTITUIÇÃO ANUAL DO SALDO DO DUODÉCIMO DESTINADO AO PODER LEGISLATIVO DO MUNICÍPIO DE QUATIS.”</t>
   </si>
   <si>
+    <t>1436</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 73, SUBSTITUI O PARÁGRAFO ÚNICO PELOS §§1º AO 5º; ALTERA O ART. 73-A E SEUS §§ 1º AO 4º; E ALTERA O ART. 73-B; TODOS DA LEI ORGÂNICA DO MUNICÍPIO DE QUATIS DO ESTADO DO RIO DE JANEIRO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1437</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE QUATIS - RJ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>1523</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI COMPLEMENTAR Nº 002/2025 QUE, ALTERA A LEI COMPLEMENTAR Nº 20, DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2696,10440 +5573,12156 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H400"/>
+  <dimension ref="A1:H466"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2">
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>31</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>36</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H23" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>106</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>31</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>31</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>31</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>61</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H39" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>31</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>61</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H41" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>61</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H42" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H43" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>61</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H44" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>190</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>36</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H45" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>36</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H46" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>198</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>36</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>202</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H48" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>74</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H49" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>74</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H50" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>22</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H51" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>31</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H52" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>36</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H53" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>36</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H54" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>36</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H55" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>61</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>238</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>61</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H57" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>31</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H58" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>246</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H59" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>250</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H60" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>254</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>31</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H61" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>36</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H62" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>262</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H63" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>61</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H64" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>74</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H65" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>22</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H66" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>277</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>279</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H67" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>283</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>61</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H68" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>287</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>22</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H69" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>290</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>291</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H70" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>294</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>295</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H71" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>299</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>61</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H72" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>302</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>303</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H73" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>306</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>307</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H74" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>310</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>311</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>279</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H75" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>314</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>315</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>36</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H76" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>318</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>319</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H77" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>322</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>323</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H78" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>61</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H79" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>330</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>279</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H80" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>333</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>334</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>36</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H81" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>337</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>338</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>36</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H82" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>341</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>342</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>61</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H83" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>344</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>345</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>74</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H84" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>349</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>74</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H85" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>353</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>74</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H86" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>356</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>357</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H87" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>361</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>36</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H88" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>364</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>365</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>36</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H89" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>368</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>369</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H90" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>371</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>372</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H91" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>375</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>376</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>22</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H92" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>379</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>380</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>279</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H93" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>383</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>384</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>279</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H94" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>387</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>388</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>31</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H95" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>391</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>392</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>36</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H96" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>395</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>396</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H97" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>398</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>399</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H98" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>401</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>402</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>61</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H99" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>405</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>406</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>74</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H100" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>409</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>410</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>74</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H101" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>413</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>414</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H102" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>417</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>418</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>22</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H103" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>421</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>422</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>279</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H104" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>425</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>426</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>279</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H105" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>429</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>430</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>31</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H106" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>433</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>434</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>31</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H107" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>437</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>438</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>36</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H108" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>441</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>442</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H109" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>444</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>445</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H110" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>447</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>448</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>61</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H111" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>451</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>452</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>74</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H112" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>455</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>456</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>36</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H113" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>459</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>460</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>61</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H114" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>463</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>464</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>36</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H115" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>467</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>468</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H116" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>470</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>471</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>61</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H117" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>474</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>475</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H118" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>478</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>479</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>74</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H119" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>482</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>483</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" t="s">
+        <v>36</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H120" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>486</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>487</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>36</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H121" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>490</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>491</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" t="s">
+        <v>279</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H122" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>494</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>495</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" t="s">
+        <v>31</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H123" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>498</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>499</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H124" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>501</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>502</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>61</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H125" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>505</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>506</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>22</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H126" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>509</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>510</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>36</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H127" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>512</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>513</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>36</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H128" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>516</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>517</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H129" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>519</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>520</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F130" t="s">
+        <v>61</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H130" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>523</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>524</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>12</v>
+      </c>
+      <c r="F131" t="s">
+        <v>74</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H131" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>527</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>528</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" t="s">
+        <v>22</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H132" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>531</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>532</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
+        <v>36</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H133" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>535</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>536</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" t="s">
+        <v>61</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H134" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>539</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>540</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
+        <v>74</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H135" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>543</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>544</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
+        <v>279</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H136" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>547</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>548</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
+        <v>31</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H137" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>551</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>552</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H138" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>554</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>555</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>12</v>
+      </c>
+      <c r="F139" t="s">
+        <v>61</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H139" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>558</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>559</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H140" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>562</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>563</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>31</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H141" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>566</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>567</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>31</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H142" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>570</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>571</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>36</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H143" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>574</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>575</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H144" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>577</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>578</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>61</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H145" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>581</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>582</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>61</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H146" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>585</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>586</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>74</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H147" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>589</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>590</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>22</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H148" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>593</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>594</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H149" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>597</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>598</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>12</v>
+      </c>
+      <c r="F150" t="s">
+        <v>31</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H150" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>601</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>602</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>61</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H151" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>605</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>606</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>36</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H152" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>609</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>610</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H153" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>612</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>613</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>12</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H154" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>615</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>616</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H155" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>618</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>619</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>12</v>
+      </c>
+      <c r="F156" t="s">
+        <v>61</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H156" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>622</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>623</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>12</v>
+      </c>
+      <c r="F157" t="s">
+        <v>61</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H157" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>626</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>627</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>61</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H158" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>629</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>630</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F159" t="s">
+        <v>31</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H159" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>633</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>634</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>12</v>
+      </c>
+      <c r="F160" t="s">
+        <v>36</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H160" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>637</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>638</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H161" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>640</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>641</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
+        <v>61</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H162" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>644</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>645</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>12</v>
+      </c>
+      <c r="F163" t="s">
+        <v>74</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H163" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>648</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>649</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>12</v>
+      </c>
+      <c r="F164" t="s">
+        <v>74</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H164" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>652</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>653</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>12</v>
+      </c>
+      <c r="F165" t="s">
+        <v>31</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H165" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>656</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>657</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>12</v>
+      </c>
+      <c r="F166" t="s">
+        <v>22</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H166" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>660</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>661</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>12</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H167" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>663</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>664</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>61</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H168" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>667</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>668</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>12</v>
+      </c>
+      <c r="F169" t="s">
+        <v>61</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H169" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>670</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>671</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>22</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H170" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>674</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>675</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>12</v>
+      </c>
+      <c r="F171" t="s">
+        <v>31</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H171" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>678</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>679</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H172" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>681</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>682</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>74</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H173" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>685</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>686</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H174" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>688</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>689</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>61</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H175" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>692</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>693</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>12</v>
+      </c>
+      <c r="F176" t="s">
+        <v>61</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H176" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>696</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>697</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" t="s">
+        <v>61</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H177" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>700</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>701</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>12</v>
+      </c>
+      <c r="F178" t="s">
+        <v>31</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H178" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>704</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>705</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>12</v>
+      </c>
+      <c r="F179" t="s">
+        <v>36</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H179" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>708</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>709</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>12</v>
+      </c>
+      <c r="F180" t="s">
+        <v>61</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H180" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>712</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>713</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>12</v>
+      </c>
+      <c r="F181" t="s">
+        <v>36</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H181" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>716</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>717</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" t="s">
+        <v>12</v>
+      </c>
+      <c r="F182" t="s">
+        <v>36</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H182" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>720</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>721</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>12</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H183" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>723</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>724</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>12</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H184" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>726</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>727</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>12</v>
+      </c>
+      <c r="F185" t="s">
+        <v>74</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H185" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>730</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>731</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>12</v>
+      </c>
+      <c r="F186" t="s">
+        <v>22</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H186" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>734</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>735</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>12</v>
+      </c>
+      <c r="F187" t="s">
+        <v>22</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H187" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>738</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>739</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>12</v>
+      </c>
+      <c r="F188" t="s">
+        <v>22</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H188" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>742</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>743</v>
+      </c>
+      <c r="D189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" t="s">
+        <v>12</v>
+      </c>
+      <c r="F189" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H189" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>746</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>747</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" t="s">
+        <v>12</v>
+      </c>
+      <c r="F190" t="s">
+        <v>31</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H190" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>750</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>751</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>12</v>
+      </c>
+      <c r="F191" t="s">
+        <v>36</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H191" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>754</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>755</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>12</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H192" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>757</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>758</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>12</v>
+      </c>
+      <c r="F193" t="s">
+        <v>61</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H193" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>761</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>762</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" t="s">
+        <v>12</v>
+      </c>
+      <c r="F194" t="s">
+        <v>61</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H194" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>765</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>766</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" t="s">
+        <v>12</v>
+      </c>
+      <c r="F195" t="s">
+        <v>74</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H195" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>769</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>770</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" t="s">
+        <v>12</v>
+      </c>
+      <c r="F196" t="s">
+        <v>22</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H196" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>773</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>774</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>12</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H197" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>777</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>778</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>12</v>
+      </c>
+      <c r="F198" t="s">
+        <v>74</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H198" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>781</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>782</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" t="s">
+        <v>12</v>
+      </c>
+      <c r="F199" t="s">
+        <v>74</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H199" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>785</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>786</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>12</v>
+      </c>
+      <c r="F200" t="s">
+        <v>61</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H200" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>789</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>790</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" t="s">
+        <v>31</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H201" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>793</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>794</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>12</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H202" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>797</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>798</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>12</v>
+      </c>
+      <c r="F203" t="s">
+        <v>36</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H203" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>801</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>802</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" t="s">
+        <v>36</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H204" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>805</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>806</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>12</v>
+      </c>
+      <c r="F205" t="s">
+        <v>61</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H205" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>809</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>810</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>12</v>
+      </c>
+      <c r="F206" t="s">
+        <v>61</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H206" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>813</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>814</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="F207" t="s">
+        <v>61</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H207" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>817</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>818</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>12</v>
+      </c>
+      <c r="F208" t="s">
+        <v>22</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H208" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>821</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>822</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>12</v>
+      </c>
+      <c r="F209" t="s">
+        <v>74</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H209" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>825</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>826</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>12</v>
+      </c>
+      <c r="F210" t="s">
+        <v>22</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H210" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>829</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>830</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>12</v>
+      </c>
+      <c r="F211" t="s">
+        <v>22</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H211" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>832</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>833</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>12</v>
+      </c>
+      <c r="F212" t="s">
+        <v>22</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H212" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>836</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>837</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>12</v>
+      </c>
+      <c r="F213" t="s">
+        <v>31</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H213" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>840</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>841</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" t="s">
+        <v>36</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H214" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>844</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>845</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>12</v>
+      </c>
+      <c r="F215" t="s">
+        <v>36</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H215" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>848</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>849</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" t="s">
+        <v>36</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H216" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>852</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>853</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>12</v>
+      </c>
+      <c r="F217" t="s">
+        <v>36</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H217" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>856</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>857</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" t="s">
+        <v>61</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H218" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>860</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>861</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="F219" t="s">
+        <v>22</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H219" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>864</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>865</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>12</v>
+      </c>
+      <c r="F220" t="s">
+        <v>36</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H220" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>868</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>869</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" t="s">
+        <v>36</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H221" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>872</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>873</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>12</v>
+      </c>
+      <c r="F222" t="s">
+        <v>36</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H222" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>876</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>877</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>12</v>
+      </c>
+      <c r="F223" t="s">
+        <v>36</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H223" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>880</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>881</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
+      </c>
+      <c r="F224" t="s">
+        <v>61</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H224" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>884</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>885</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>12</v>
+      </c>
+      <c r="F225" t="s">
+        <v>74</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H225" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>888</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>889</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>12</v>
+      </c>
+      <c r="F226" t="s">
+        <v>22</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H226" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>892</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>893</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>12</v>
+      </c>
+      <c r="F227" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H227" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>896</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>897</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>12</v>
+      </c>
+      <c r="F228" t="s">
+        <v>61</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H228" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>900</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>901</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" t="s">
+        <v>61</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H229" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>904</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>905</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>12</v>
+      </c>
+      <c r="F230" t="s">
+        <v>31</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H230" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>908</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>909</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>12</v>
+      </c>
+      <c r="F231" t="s">
+        <v>22</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H231" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>912</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>913</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>12</v>
+      </c>
+      <c r="F232" t="s">
+        <v>61</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H232" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>916</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>917</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>12</v>
+      </c>
+      <c r="F233" t="s">
+        <v>61</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H233" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>920</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>921</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>12</v>
+      </c>
+      <c r="F234" t="s">
+        <v>61</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H234" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>923</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>924</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F235" t="s">
+        <v>61</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H235" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>926</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>927</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>12</v>
+      </c>
+      <c r="F236" t="s">
+        <v>36</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H236" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>930</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>931</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>12</v>
+      </c>
+      <c r="F237" t="s">
+        <v>36</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H237" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>934</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>935</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>12</v>
+      </c>
+      <c r="F238" t="s">
+        <v>36</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H238" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>938</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>939</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>12</v>
+      </c>
+      <c r="F239" t="s">
+        <v>36</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H239" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>942</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>943</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" t="s">
+        <v>12</v>
+      </c>
+      <c r="F240" t="s">
+        <v>36</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H240" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>946</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>947</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>12</v>
+      </c>
+      <c r="F241" t="s">
+        <v>36</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H241" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>950</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>951</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H242" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>954</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>955</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>12</v>
+      </c>
+      <c r="F243" t="s">
+        <v>36</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H243" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>958</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>959</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
+        <v>12</v>
+      </c>
+      <c r="F244" t="s">
+        <v>36</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H244" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>962</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>963</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" t="s">
+        <v>12</v>
+      </c>
+      <c r="F245" t="s">
+        <v>36</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H245" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>966</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>967</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>12</v>
+      </c>
+      <c r="F246" t="s">
+        <v>61</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H246" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>970</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>971</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>12</v>
+      </c>
+      <c r="F247" t="s">
+        <v>61</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H247" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>974</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>975</v>
+      </c>
+      <c r="D248" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" t="s">
+        <v>12</v>
+      </c>
+      <c r="F248" t="s">
+        <v>22</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H248" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>978</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>979</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" t="s">
+        <v>12</v>
+      </c>
+      <c r="F249" t="s">
+        <v>61</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H249" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>981</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>982</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>12</v>
+      </c>
+      <c r="F250" t="s">
+        <v>22</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H250" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>985</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>986</v>
+      </c>
+      <c r="D251" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" t="s">
+        <v>12</v>
+      </c>
+      <c r="F251" t="s">
+        <v>61</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="H251" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>989</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>990</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
+        <v>12</v>
+      </c>
+      <c r="F252" t="s">
+        <v>61</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H252" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>992</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>993</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
+        <v>12</v>
+      </c>
+      <c r="F253" t="s">
+        <v>61</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H253" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>995</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>996</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" t="s">
+        <v>12</v>
+      </c>
+      <c r="F254" t="s">
+        <v>74</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H254" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>999</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>12</v>
+      </c>
+      <c r="F255" t="s">
+        <v>74</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>12</v>
+      </c>
+      <c r="F256" t="s">
+        <v>74</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D257" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" t="s">
+        <v>12</v>
+      </c>
+      <c r="F257" t="s">
+        <v>61</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D258" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" t="s">
+        <v>12</v>
+      </c>
+      <c r="F258" t="s">
+        <v>31</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" t="s">
+        <v>12</v>
+      </c>
+      <c r="F259" t="s">
+        <v>22</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>12</v>
+      </c>
+      <c r="F260" t="s">
+        <v>61</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>12</v>
+      </c>
+      <c r="F261" t="s">
+        <v>61</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" t="s">
+        <v>12</v>
+      </c>
+      <c r="F262" t="s">
+        <v>61</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
+        <v>12</v>
+      </c>
+      <c r="F263" t="s">
+        <v>36</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" t="s">
+        <v>12</v>
+      </c>
+      <c r="F264" t="s">
+        <v>36</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D265" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" t="s">
+        <v>12</v>
+      </c>
+      <c r="F265" t="s">
+        <v>36</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>12</v>
+      </c>
+      <c r="F266" t="s">
+        <v>36</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>12</v>
+      </c>
+      <c r="F267" t="s">
+        <v>61</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" t="s">
+        <v>12</v>
+      </c>
+      <c r="F268" t="s">
+        <v>61</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" t="s">
+        <v>12</v>
+      </c>
+      <c r="F269" t="s">
+        <v>22</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>12</v>
+      </c>
+      <c r="F270" t="s">
+        <v>61</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>12</v>
+      </c>
+      <c r="F271" t="s">
+        <v>61</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" t="s">
+        <v>12</v>
+      </c>
+      <c r="F272" t="s">
+        <v>74</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D273" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" t="s">
+        <v>12</v>
+      </c>
+      <c r="F273" t="s">
+        <v>22</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" t="s">
+        <v>12</v>
+      </c>
+      <c r="F274" t="s">
+        <v>61</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D275" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" t="s">
+        <v>12</v>
+      </c>
+      <c r="F275" t="s">
+        <v>61</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" t="s">
+        <v>12</v>
+      </c>
+      <c r="F276" t="s">
+        <v>36</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>12</v>
+      </c>
+      <c r="F277" t="s">
+        <v>36</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" t="s">
+        <v>12</v>
+      </c>
+      <c r="F278" t="s">
+        <v>36</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>12</v>
+      </c>
+      <c r="F279" t="s">
+        <v>36</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>12</v>
+      </c>
+      <c r="F280" t="s">
+        <v>36</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>12</v>
+      </c>
+      <c r="F281" t="s">
+        <v>36</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>12</v>
+      </c>
+      <c r="F282" t="s">
+        <v>22</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>12</v>
+      </c>
+      <c r="F283" t="s">
+        <v>22</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>12</v>
+      </c>
+      <c r="F284" t="s">
+        <v>61</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>12</v>
+      </c>
+      <c r="F285" t="s">
+        <v>61</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>12</v>
+      </c>
+      <c r="F286" t="s">
+        <v>31</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" t="s">
+        <v>12</v>
+      </c>
+      <c r="F287" t="s">
+        <v>22</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>12</v>
+      </c>
+      <c r="F288" t="s">
+        <v>22</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>12</v>
+      </c>
+      <c r="F289" t="s">
+        <v>22</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" t="s">
+        <v>12</v>
+      </c>
+      <c r="F290" t="s">
+        <v>61</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D291" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" t="s">
+        <v>12</v>
+      </c>
+      <c r="F291" t="s">
+        <v>61</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" t="s">
+        <v>12</v>
+      </c>
+      <c r="F292" t="s">
+        <v>61</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" t="s">
+        <v>12</v>
+      </c>
+      <c r="F293" t="s">
+        <v>61</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D294" t="s">
+        <v>11</v>
+      </c>
+      <c r="E294" t="s">
+        <v>12</v>
+      </c>
+      <c r="F294" t="s">
+        <v>61</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+      <c r="E295" t="s">
+        <v>12</v>
+      </c>
+      <c r="F295" t="s">
+        <v>61</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D296" t="s">
+        <v>11</v>
+      </c>
+      <c r="E296" t="s">
+        <v>12</v>
+      </c>
+      <c r="F296" t="s">
+        <v>61</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D297" t="s">
+        <v>11</v>
+      </c>
+      <c r="E297" t="s">
+        <v>12</v>
+      </c>
+      <c r="F297" t="s">
+        <v>36</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D298" t="s">
+        <v>11</v>
+      </c>
+      <c r="E298" t="s">
+        <v>12</v>
+      </c>
+      <c r="F298" t="s">
+        <v>36</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D299" t="s">
+        <v>11</v>
+      </c>
+      <c r="E299" t="s">
+        <v>12</v>
+      </c>
+      <c r="F299" t="s">
+        <v>36</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+      <c r="E300" t="s">
+        <v>12</v>
+      </c>
+      <c r="F300" t="s">
+        <v>36</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" t="s">
+        <v>12</v>
+      </c>
+      <c r="F301" t="s">
+        <v>36</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" t="s">
+        <v>12</v>
+      </c>
+      <c r="F302" t="s">
+        <v>61</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" t="s">
+        <v>12</v>
+      </c>
+      <c r="F303" t="s">
+        <v>22</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D304" t="s">
+        <v>11</v>
+      </c>
+      <c r="E304" t="s">
+        <v>12</v>
+      </c>
+      <c r="F304" t="s">
+        <v>22</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D305" t="s">
+        <v>11</v>
+      </c>
+      <c r="E305" t="s">
+        <v>12</v>
+      </c>
+      <c r="F305" t="s">
+        <v>22</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D306" t="s">
+        <v>11</v>
+      </c>
+      <c r="E306" t="s">
+        <v>12</v>
+      </c>
+      <c r="F306" t="s">
+        <v>22</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D307" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" t="s">
+        <v>12</v>
+      </c>
+      <c r="F307" t="s">
+        <v>22</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D308" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" t="s">
+        <v>12</v>
+      </c>
+      <c r="F308" t="s">
+        <v>22</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D309" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" t="s">
+        <v>12</v>
+      </c>
+      <c r="F309" t="s">
+        <v>22</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D310" t="s">
+        <v>11</v>
+      </c>
+      <c r="E310" t="s">
+        <v>12</v>
+      </c>
+      <c r="F310" t="s">
+        <v>22</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D311" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" t="s">
+        <v>12</v>
+      </c>
+      <c r="F311" t="s">
+        <v>22</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D312" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" t="s">
+        <v>12</v>
+      </c>
+      <c r="F312" t="s">
+        <v>22</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D313" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" t="s">
+        <v>12</v>
+      </c>
+      <c r="F313" t="s">
+        <v>22</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" t="s">
+        <v>12</v>
+      </c>
+      <c r="F314" t="s">
+        <v>22</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" t="s">
+        <v>12</v>
+      </c>
+      <c r="F315" t="s">
+        <v>22</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D316" t="s">
+        <v>11</v>
+      </c>
+      <c r="E316" t="s">
+        <v>12</v>
+      </c>
+      <c r="F316" t="s">
+        <v>22</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D317" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" t="s">
+        <v>12</v>
+      </c>
+      <c r="F317" t="s">
+        <v>22</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" t="s">
+        <v>22</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" t="s">
+        <v>12</v>
+      </c>
+      <c r="F319" t="s">
+        <v>22</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D320" t="s">
+        <v>11</v>
+      </c>
+      <c r="E320" t="s">
+        <v>12</v>
+      </c>
+      <c r="F320" t="s">
+        <v>22</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>17</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F321" t="s">
+        <v>22</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F322" t="s">
+        <v>74</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F323" t="s">
+        <v>13</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F324" t="s">
+        <v>22</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F325" t="s">
+        <v>22</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>60</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F326" t="s">
+        <v>74</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>65</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F327" t="s">
+        <v>74</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>69</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F328" t="s">
+        <v>74</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>73</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F329" t="s">
+        <v>74</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>78</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F330" t="s">
+        <v>74</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>82</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F331" t="s">
+        <v>74</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>86</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F332" t="s">
+        <v>74</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F333" t="s">
+        <v>74</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F334" t="s">
+        <v>74</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F335" t="s">
+        <v>74</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F336" t="s">
+        <v>74</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F337" t="s">
+        <v>74</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>98</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F338" t="s">
+        <v>22</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>126</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F339" t="s">
+        <v>22</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F340" t="s">
+        <v>22</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>142</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F341" t="s">
+        <v>22</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>150</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F342" t="s">
+        <v>22</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F343" t="s">
+        <v>22</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F344" t="s">
+        <v>22</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F345" t="s">
+        <v>22</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>190</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F346" t="s">
+        <v>22</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>202</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F347" t="s">
+        <v>22</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>10</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>17</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>26</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F353" t="s">
+        <v>74</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>10</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F360" t="s">
+        <v>74</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F361" t="s">
+        <v>74</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>17</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F362" t="s">
+        <v>74</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F363" t="s">
+        <v>74</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F364" t="s">
+        <v>22</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F365" t="s">
+        <v>279</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>21</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F366" t="s">
+        <v>279</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F367" t="s">
+        <v>279</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>26</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F368" t="s">
+        <v>13</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F369" t="s">
+        <v>61</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F370" t="s">
+        <v>31</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F371" t="s">
+        <v>31</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F372" t="s">
+        <v>31</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F373" t="s">
+        <v>31</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F374" t="s">
+        <v>22</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F375" t="s">
+        <v>22</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F376" t="s">
+        <v>22</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F377" t="s">
+        <v>61</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F379" t="s">
+        <v>13</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F380" t="s">
+        <v>13</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F381" t="s">
+        <v>279</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F382" t="s">
+        <v>36</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>30</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F383" t="s">
+        <v>36</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>35</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F384" t="s">
+        <v>36</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>40</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>44</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1474</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>48</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1474</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>10</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F388" t="s">
+        <v>279</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F389" t="s">
+        <v>279</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H389" t="s">
         <v>1487</v>
       </c>
-      <c r="B2">
-[...11 lines deleted...]
-      <c r="F2" t="s">
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>17</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F391" t="s">
+        <v>279</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>21</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1503</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F395" t="s">
+        <v>36</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>26</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F403" t="s">
+        <v>74</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F404" t="s">
+        <v>74</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F406" t="s">
+        <v>22</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F409" t="s">
+        <v>36</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>30</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>35</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F411" t="s">
+        <v>74</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>40</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F412" t="s">
+        <v>74</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>44</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F413" t="s">
+        <v>74</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>48</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>52</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>69</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>73</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F417" t="s">
+        <v>279</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>78</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F418" t="s">
+        <v>13</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>82</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>86</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F423" t="s">
+        <v>36</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>90</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F424" t="s">
+        <v>36</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>94</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F425" t="s">
+        <v>36</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>98</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F426" t="s">
+        <v>36</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F427" t="s">
+        <v>36</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>102</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F428" t="s">
+        <v>36</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>106</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F429" t="s">
+        <v>36</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>110</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F430" t="s">
+        <v>36</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>114</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F431" t="s">
+        <v>36</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>118</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F432" t="s">
+        <v>22</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>122</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F433" t="s">
+        <v>36</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>126</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F434" t="s">
+        <v>74</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>130</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>134</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F436" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>138</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F437" t="s">
+        <v>279</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F438" t="s">
+        <v>1640</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F439" t="s">
+        <v>279</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F440" t="s">
+        <v>13</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F441" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>142</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F442" t="s">
+        <v>22</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>146</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F443" t="s">
+        <v>74</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>150</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F444" t="s">
+        <v>74</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F445" t="s">
+        <v>13</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>154</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>158</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>162</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>166</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F449" t="s">
+        <v>36</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F450" t="s">
+        <v>13</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F451" t="s">
+        <v>36</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
         <v>10</v>
       </c>
-      <c r="G2" s="1" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="D452" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>17</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1686</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1701</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>21</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>26</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F460" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="1" t="s">
-[...28 lines deleted...]
-      <c r="H4" t="s">
+      <c r="D462" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F462" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F463" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
         <v>17</v>
       </c>
-    </row>
-[...172 lines deleted...]
-      <c r="F11" t="s">
+      <c r="D464" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
         <v>10</v>
       </c>
-      <c r="G11" s="1" t="s">
-[...1610 lines deleted...]
-      <c r="A74">
+      <c r="D466" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F466" t="s">
         <v>1496</v>
       </c>
-      <c r="B74">
-[...3633 lines deleted...]
-      <c r="A214">
+      <c r="G466" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H466" t="s">
         <v>1734</v>
-      </c>
-[...4840 lines deleted...]
-        <v>772</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13489,50 +18082,116 @@
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>