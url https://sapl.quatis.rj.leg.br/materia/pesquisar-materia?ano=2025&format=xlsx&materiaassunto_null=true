--- v1 (2025-12-04)
+++ v2 (2026-01-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3719" uniqueCount="1735">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4348" uniqueCount="2031">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3092,50 +3092,62 @@
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 02 REFLETORES NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, E O REPARO/TROCA DE ILUMINAÇÃO NA ENTRADA DA FAZENDA BOM RETIRO, NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , A MELHORIA DE ILUMINAÇÃO PÚBLICA , NA PRACINHA PRÓXIMO DA APAE, NO BAIRRO POLASTRI,QUATIS-R.J..</t>
   </si>
   <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf</t>
+  </si>
+  <si>
+    <t>O RETORNO TODAS AS MEDIDA E PROTOCOLO DE LIMPEZA E SEGURANÇA UTILIZADO DURANTE A COVID NAS REDES UNIDADES MUNICIPAIS DE ENSINO</t>
+  </si>
+  <si>
     <t>1847</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA , NA RUA MARIA APARECIDA MOREIRA , EM FRENTE AO NÚMERO 100, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA TAMPA DE BUEIRO QUEBRADA, NA RUA LUIZ NÓBREGA SOARES, EM FRENTE AO NÚMERO 45, BAIRRO MIRANDÓPOLIS, QUATIS-R.J</t>
   </si>
   <si>
     <t>1826</t>
@@ -3263,50 +3275,62 @@
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UM BAMBUZAL, LOCALIZADO NA RUA CAPITÃO ANTONIO LOBO, NÚMERO 280, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UM “QUEBRA-MOLAS”, NA RUA SALVADOR BARBOSA LIMA, EM FRENTE A CASA DE NÚMERO  415, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL DIPÕES SOBRE A COLOCAÇÃO DE BANHEIROS QUÍMICOS E CÃMARA DE SEGURANÇA DURANTE A REALIZAÇÃO DO CAMPEONATO NO TERREIRRÃO.</t>
+  </si>
+  <si>
     <t>1830</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA GARANTIDA A PRESENÇA EFETIVA DE AGENTE COMUNITÁRIO DE SAÚDE NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O MAPEAMENTO CULTURAL MUNICIPAL, CONFORME PREVISTO NO PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>1832</t>
@@ -3464,50 +3488,74 @@
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA ALFREDO SAMPAIO, NÚMERO 74, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA CAPITÃO ÂNTONIO LOBO, NÚMERO 260, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAR UM PONTO DE APOIO NO MUNICÍPIO QUATIS VOLTADO AO TAXISTA, MOTOBOYS E MOTORISTA DE APLICATIVO.</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A PERMANÊNCIA DA GUARDA MUNICIPAL NA ESCOLA MARCIANA MACHADO DE ELIAS CIEP 492 EM QUATIS</t>
+  </si>
+  <si>
     <t>1861</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE PARA QUE  A GUARDA MUNICIPAL  REALIZE  RONDA NO BAIRRO JARDIM POLASTRI, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA VITOR MARCONDES SAMPAIO, NÚMERO 454, NO BAIRRO SANTO ÂNTONIO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>382</t>
@@ -3578,122 +3626,447 @@
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DAS VIAS NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO E A SECRETARIA COMPETENTE , A TROCA DE LÂMPADA, NA RUA ISAAC MARCONDES  SAMPAIOEM FRENTE AO NÚMERO 202.NO BAIRRO POLASTRI, QUATIS- R .J.</t>
   </si>
   <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA CAPITÃO ALVIN FONSECA , EM FRENTE AO NÚMERO 210, BAIRRO MIRANDÓPOLIS , ONDE O ASFALTO CEDEU.</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA CAPITÃO ÂNTONIO LOBO, ENTRE OS NÚMEROS  DAS CASAS 270 E 290, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.ONDE O ASFALTO  CEDEU.</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UMA CAMPANHA DE CONSCIENTIZAÇÃO À SAÚDE DA MULHER.</t>
+  </si>
+  <si>
     <t>1872</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DUAS LUMINÁRIAS EM DOIS POSTES NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO AO Nº 946, NA BARRINHA.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PINTURA OU A DEVIDA SINALIZAÇÃO DE PARE NAS PROXIMIDADES DO PÓRTICO DE QUATIS, NA BARRINHA.</t>
   </si>
   <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA , NA RUA CAPITÃO ALVIN FONSECA, EM FRENTE AO NÚMERO 108, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
+  </si>
+  <si>
     <t>1874</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE ALTERAÇÃO NO FLUXO DA RUA DELFIM FRÓES, NO CENTRO, TRANSFORMANDO-A EM VIA DE SENTIDO ÚNICO.</t>
   </si>
   <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE QUE SEJA  RENOVADO  AS PINTURAS DOS QUEBRA-MOLAS  E AS PLACAS DE SINALIZAÇÕES, NA ESTRADA QUATIS VARGEM GRANDE, NO SENTIDO DA PONTE NOVA QUE INTERLIGA A ZONA RURAL DE QUATIS COM A ZONA RURAL DE PORTO REAL-R.J.</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE UMA ELEVAÇÃO (LOMBADA) COM REDUTOR DE VELOCIDADE E SINALIZAÇÃO HORIZONTAL E VERTICAL DO ESCOAMENTO DE ÁGUAS PLUVIAIS, NO CRUZAMENTO DA RUA AVELINO BATISTA SOARES COM A RUA PROFESSORA PESSOA DE BARROS.</t>
+  </si>
+  <si>
     <t>1877</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE CALÇADA NO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA REABERTURA DA COLONIA DE FÉRIAS NO MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE SEJA PROVIDENCIADO O ASFALTAMENTO NA RUA  COMENDADOR MIRANDA  EM FRENTE AO NÚMERO 30, NO BAIRRO  CENTRO , QUATIS-R.J.  NO  FIM DA RUA, SENTIDO PONTE   QUE DÁ ACESSO Á LINHA DO TREM, BEM COMO A COLOÇAÇÃO DE BUEIROS PARA   ESCOAMENTO DA REDE DE ESGOTO E ÁGUAS PLUVIAIS.</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE TRÊS  “QUEBRA-MOLAS”, NO DISTRITO DE FALCÃO, EM FRENTE AS CASAS DE NÚMEROS  :157, 254 E 283.</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NO BAIRRO ÁGUA ESPRAIADA, NA ESTRADA QUATIS -AMPARO,  EM FRENTE A CASA DE  NÚMERO 1.187, EM QUATIS-R.J._x000D_
+_x000D_
+_x000D_
+Senhor Presidente,</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE PARA QUE  A GUARDA MUNICIPAL E A POLÍCIA MILITAR  REALIZEM  RONDAS NOS BAIRROS DA CIDADE  .</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf</t>
+  </si>
+  <si>
+    <t>INDICA  AO  EXECUTIVO MUNICIPAL  E A SECRETARIA COMPETENTE A REALIZAÇÃO  DE VISTORIA NA PONTE  DA RUA COMENDADOR MIRANDA, NO  BAIRRO CENTRO,   EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UM ÁRVORE E  DE UM BAMBUZAL, NA RUA COMENDADOR MIRANDA , EM FRENTE A PONTE, NO BAIRRO CENTRO,EM  QUATIS-R.J..</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>INDICA      AO EXECUTIVO MUNICIPAL E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA NA RUA CAPITÃO ALVIM FONSECA EM FRENTE AO NÚMERO 138, BAIRRO MIRANDÓPOLIS,  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE OBRAS DE MANUTENÇÃO NA ESTRADA QUATIS- BOM RETIRO N.1190 COMO CONSERTO TRECHO ASFÁLTICO DANIFICADO LIMPEZA, ROÇADA E CAPINA DAS MARGENS DA ESTRADA.</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALACÃO  DE NOVAS PLACAS DE SINALIZAÇÃO , NA RUA ANTÕNIO POLASTRI, EM FRENTE AO NÚMERO 544, NO BAIRRO  JARDIM POLASTRI,  EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A COLOCAÇÃO DE UMA FAIXA DE PEDESTRES , EM FRENTE AO DEPÓSITO E COMÉRCIO  DE NÚMERO 128, NA RUA CORONEL JOSÉ LEITE, EM  QUATIS-R.J</t>
+  </si>
+  <si>
     <t>1883</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACO NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO A BARBEARIA PASSA VINTE, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A PROMOVER UMA CAMPANHA MUNICIPAL DE MULTIVACINAÇÃO.</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    AA COLOCAÇÃO DE UM BEBEDOURO  , DO LADO DE FORA ,NO CAMPO    DENOMINADO TERREIRÃO , EM  QUATIS/ RJ.</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE , NA RUA CORONEL JOSÉ LEITE EM  QUATIS -R.J. EM TODA SUA EXTENSÃO, HAJA  PONTOS  APROPRIADOS PARA  CARGA E DESCARGA  DE MERCADORIAS, QUATIS-R.J</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NO BAIRRO ÁGUA ESPRAIADA, NA ESTRADA QUATIS -AMPARO,  EM FRENTE A CASA DE  NÚMERO 1.187, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADAS, NA RUA  ELONIR NOGUEIRA DA SILVA, EM FRENTE AOS NÚMEROS  138 , 392, E   POSTES PRÓXIMOS DA BORRCHARIA  E DO MURO BRANCO,E DO BAR DO JUAREZ, NO BAIRRO MIRANDÓPOLIS EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A INSTALAÇÃO  DE QUEBRA- MOLAS  NA RUA WANDERLINO TEIXEIRA LEITE, EM FRENTE AO NÚMERO 120, NO      BAIRRO  SÃO       BENEDITO _x000D_
+EM QUATIS/ R.J.</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE COMPRAS DE BANHEIROS QUÍMICOS PARA MUNICÍPIO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE BANHEIROS NO CAMPO TERREIRRÃO.</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E  A SECRETARIA COMPETENTE A REALIZAÇÃO DE TAPA  BURACO , PRÓXIMO DA PRAÇA DOS EXPEDICIONÁRIOS,  NO CENTRO, EM FRENTE AO DEPÓSITO DE BEBIDAS, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALAÇAO DE UM REDUTOR DE VELOCIDADE  NA AVENIDA EUCLIDES ALVES GUIMARÂES COTIA, NO BAIRRO  CENTRO, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
     <t>1893</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE INSTALAÇÃO DE PLACA DE REDUÇÃO E QUEBRA-MOLAS NA ESTRADA QUATIS – GLICÉRIO, EM QUATIS.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REFORMA NA PRAÇA IDALK CÂNDIDO DE PAIVA, NO DISTRITO DE FALCÃO, EM QUATIS.</t>
   </si>
   <si>
     <t>1895</t>
@@ -3770,74 +4143,476 @@
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM GUARDA-CORPO NA PONTE LOCALIZADA NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DE ILUMINAÇÃO NO VESTIÁRIO DO CAMPO DE FUTEBOL, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇAO   DE UMA CRATERA NA ESTRADA DO DISTRITO DE SÃO JOAQUIM , DEPOIS DO VIADUTO DA FERROVIA ,  EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA COMENDADOR MIRANDA ,  EM FRENTE AO NÚMERO 6, NO BAIRRO CENTRO,  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM DEPARTAMENTO PARA UMA POLÍTICA MUNICIPAL PARA PESSOA IDOSA.</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE UM BANCO DE DADOS DA PESSOA IDOSA.</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A CRIAÇÃO DE UM ESPAÇO FÍSICO DE CONVIVÊNCIA ÀS PESSOAS IDOSAS.</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE MEIOS PARA IMPLEMENTAÇÃO DA LEI 1.341/2025.</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE UMA POLITICA PÚBLICA SEMELHANTE AO POUPA TEMPO DE SÃO PAULO EM QUATIS.</t>
+  </si>
+  <si>
     <t>1904</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA EM TODAS AS CAIXAS D’ÁGUA DAS ESCOLAS E DOS POSTOS DE SAÚDE DO MUNICÍPIO E DOS DISTRITOS DE QUATIS.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE TAPA-BURACOS NA RODOVIA RJ-159 (QUATIS - FLORIANO).</t>
   </si>
   <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL IMPLANTAÇÃO DO PROGRAMA SOLIDÁRIO NATAL DE ESPERANÇA E DISTRIBUIÇÃO DE CESTAS BÁSICAS NATALINAS E BRINQUEDOS.</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇO DE TAPA-BURACO NA CICLOVIA DA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA E DESOBSTRUÇÃO DO RIBEIRÃO DOS QUATIS NA ALTURA DA PONTE QUE LIGA O CENTRO DOS BAIRROS ACIMA DA LINHA DE TREM.</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA , ROÇADA E CAPINA  NOS BAIRROS  EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A  LIMPEZA E DESOBSTRUÇÃO DO RIBEIRÃO DOS  QUATIS NA ALTURA DA PONTE QUE LIGA O  CENTRO DOS BAIRROS ACIMA DA LINHA DE  TREM.</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE ESTRUTRA PARA APLICAÇÃO DA LEI MUNICIPAL 1.341/2025.</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE REGULARIZE O PAGAMENTO DO CIRAC.</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE FISCALIZE A ACESSIBILIDADE NOS TÁXIS DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTENSIFIQUE A FISCALIZAÇÃO E CONTROLE DO USO E COMPRAS DE FOGOS DE ARTIFÍCIO EM QUATIS</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE A INSTALE UM BEBEDOURO NO POSTO DE SAÚDE DO DISTRITO DE FALCÃO, GARANTINDO ACESSO À HIDRATAÇÃO ADEQUADA DE USUÁRIOS E SERVIDORES.</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E  A SECRETARIA COMPETENTE A REALIZAÇÃO DE TAPA  BURACO , PRÓXIMO DA PRAÇA DR. TEIXEIRA BRANDÃO, EM FRENTE AO NUMERO 100, ONDE LOCALIZA-SE A FARMÁCIA QUATIS, NO BAIRRO CENTRO ,EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A ADESÃO DO PLANO DE JUVENTUDE NEGRA VIVA E PLANO DE CIDADE ANTIRRACISTA</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE A AQUISIÇÃO DE MEDICAMENTOS SEJAM REALIZADAS DIRETAMENTE PELO CNPJ DO ÓRGÃO PÚBLICO PARA APLICAÇÃO DO COEFICIENTE DE ADEQUAÇÃO DE PREÇOS (CAP)</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE COBERTURA DA MINA D’ÁGUA NO FINAL DO BAIRRO ÁGUA ESPRAIADA, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM ESTUDO PARA O AUMENTO DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA DA FONTE DE ÁGUA DENOMINADA ANTÔNIO JACINTO SAMPAIO  FILHO, NO BAIRRO CENTRO , EM QUATIS-R.J</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE DE INSTALAÇAO DE UM BANHEIRO PÚBLICO, NA FONTE DE ÁGUA OFICIALMENTE DENOMINADA ANTÔNIO JACINTO SAMPAIO FILHO, NO BAIRRO CENTRO, EM QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALAÇAO DE PLACAS PROIBINDO PASSAGEM DE MOTO, NA _x000D_
+PONTE DE MADEIRA NA LOCALIDADE CONHECIDA COMO BIQUINHA NO CENTRO  PRÓXIMO A FONTE DE ÁGUA OFICIALMENTE DENOMINADA ANTÔNIO JACINTO SAMPAIO FILHO, NO BAIRRO CENTRO, EM QUATIS-R.J._x000D_
+_x000D_
+Senhor Presidente,</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE QUE SEJA REALIZADO ESTUDO DE VIABILIDADE  DE PLACAS DE SINALIZAÇÃO NA LOCALIDADE CONHECIDA COMO BIQUINHA, NO CENTRO DE QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA NA RUA DA PALHA NO DISTRITO DE FALCÃO</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL QUE A INSTALE UM REDUTOR DE VELOCIDADE NA RUA JAIME CAETANO DE OLIVEIRA, NO BAIRRO BONDAROWSKY.</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE ÁRVORE , NA AVENIDA EUCLIDES ALVES GUIMARÂES COTIA, EM FRENTE AO NÚMERO 310, NO  BAIRRO   CENTRO, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE ÁRVORE , NA RUA CAPITÃO ANTÔNIO LOBO, NUMERO 75, NO  BAIRRO   MIRANDÓPOLIS, EM  QUATIS-R.J.</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A SOLUÇÃO DO ALAGAMENTO EM FRENTE AO GALPÃO DA ARTE MÓVEIS, NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, EM QUATIS.</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A RECOLOCAÇÃO DA PLACA DE “PROIBIDO ESTACIONAR” QUE SE ENCONTRA CAÍDA NA RUA NOSSA SENHORA DO ROSÁRIO, NO CENTRO DE QUATIS.</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>4444</t>
+  </si>
+  <si>
+    <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA AFONSO DE FREITAS LUSTOSA, EM FRENTE AOS NÚMEROS 145 E 195 , BAIRRO NOSSA SENHORA DO ROSÁRIO, QUATIS-R.J.</t>
+  </si>
+  <si>
     <t>1490</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA HILDA GAMA RODRIGUES.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA MARTHA LEIS CHIANELLI.</t>
   </si>
   <si>
     <t>1492</t>
@@ -3950,143 +4725,236 @@
   <si>
     <t>41</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO RUAN PABLO AVELAR DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO LUÍS GABRIEL DA SILVA AZEVEDO.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR RODRIGO GONÇALVES DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PADRE CLÉSIO ALVES VIEIRA.</t>
+  </si>
+  <si>
     <t>1609</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MIGUEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR HUGO RIGOTTI.</t>
+  </si>
+  <si>
     <t>1666</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MANOEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO À SERVIDORA PÚBLICA MUNICIPAL SRª. GARDENIA LAMEGO DA SILVA.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA DIONISIA MARIA SILVA DE MATTOS.</t>
   </si>
   <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO MUNICIPAL SR. ANDERSON HONÓRIO LIMA.</t>
+  </si>
+  <si>
     <t>1816</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA ROBERTA ADRIANA CAMPOS.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR JOSÉ AUGUSTO DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA CÁTIA VALÉRIA DA SILVA</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO ESTADUAL SR. FRANCIS RODRIGUES SANT´ANNA.</t>
+  </si>
+  <si>
     <t>1845</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA REGINA MARIA DE FREITAS MIRANDA.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SAMUEL ELIAS DE BEM.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO CÉSAR BALTAZAR DA NÓBREGA.</t>
   </si>
   <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MARCELO MONTEIRO DOS SANTOS.</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf</t>
+  </si>
+  <si>
+    <t>REQUER	MOÇÃO	DE	CONGRATULAÇÃO	À SENHORA ANA CAROLINA DE ARAUJO RIBEIRO.</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PEDRO HENRIQUE SANTOS DIAS.</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA TAIANE ALVES DOS SANTOS MOREIRA.</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf</t>
+  </si>
+  <si>
+    <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA MARIA EDUARDA DE OLIVEIRA LEITE PORTO.</t>
+  </si>
+  <si>
     <t>1432</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O HORÁRIO DAS SESSÕES ORDINÁRIAS NA CÂMARA MUNICIPAL DE QUATIS – RJ.”</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf</t>
@@ -4838,53 +5706,50 @@
   <si>
     <t>“INSTITUÍ A POLÍTICA MUNICIPAL DE ECONOMIA SOLIDÁRIA DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REGULARIZAÇÃO DO PLANO NACIONAL DE ECONOMIA CIRCULAR NO MUNICÍPIO DE QUATIS, EM CONFORMIDADE COM O DECRETO FEDERAL Nº 12.082/2024 E A LEI MUNICIPAL Nº 823/2014, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE INCENTIVO À PARTICIPAÇÃO POPULAR E AO CONTROLE SOCIAL NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA MEMÓRIA QUILOMBOLA, VOLTADO À VALORIZAÇÃO DOS SABERES E DA HISTÓRIA ORAL DA COMUNIDADE DO QUILOMBO DE SANTANA NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE COMBATE À VIOLÊNCIA CONTRA A MULHER – AGOSTO LILÁS, NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A IMPLANTAÇÃO DA COLETA SELETIVA SOLIDÁRIA E DA DESTINAÇÃO DOS RESÍDUOS RECICLÁVEIS DESCARTADOS PELOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA ÀS ASSOCIAÇÕES E COOPERATIVAS DE CATADORES DE MATERIAIS RECICLÁVEIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1749</t>
@@ -5075,50 +5940,62 @@
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE APOIO AO TRABALHADOR "MAIS EMPREGO" NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>"CRIA A SEMANA MUNICIPAL DE ENFRENTAMENTO AO RACISMO INSTITUCIONAL NA ADMINISTRAÇÃO PÚBLICA."</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>"INSTITUI A POLÍTICA MUNICIPAL DE APOIO À MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR E ESTABELECE SUAS DIRETRIZES DE ATUAÇÃO."</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O RECONHECIMENTO, O TOMBAMENTO E A DECLARAÇÃO DO JONGO E DO TAMBOR CONFECCIONADO PELA COMUNIDADE DO QUILOMBO DE SANTANA COMO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf</t>
+  </si>
+  <si>
+    <t>"CONCEDE ABONO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
+  </si>
+  <si>
     <t>1431</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART.29, VI E O ANEXO IV DA LEI COMPLEMENTAR Nº 030 DE 21 DE DEZEMBRO DE 2022 E O ANEXO II DA LEI COMPLEMENTAR Nº 036 DE 03 DE JULHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 20 DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1611</t>
@@ -5169,50 +6046,68 @@
     <t>1805</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI N° 74, DE 16 DE DEZEMBRO DE 1994, VISANDO A CRIAÇÃO DO DOMICÍLIO ELETRÕNICO DO CONTRIBUINTE (DeC), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO IV DA LEI COMPLEMENTAR Nº 41/2025 (QUE ALTEROU O ANEXO IV DA LEI COMPLEMENTAR 030/2022 - REFORMA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 20, DE 5 DE NOVEMBRO DE 2021."</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf</t>
+  </si>
+  <si>
+    <t>"ACRESCENTA AO TEXTO DA LEI MUNICIPAL N° 520, DE 14 DE JUNHO DE 2006", QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS, PARA INCLUIR OS DISPOSITIVOS QUE INSTITUEM REGRAS PARA A APOSENTADORIA DA PESSOA COM DEFICIÊNCIA NO ÂMBITO DO RPPS MUNICIPAL".</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf</t>
+  </si>
+  <si>
+    <t>"INSTITUI O PROGRAMA "REFIS - 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE HONRARIAS, HOMENAGENS E CONGÊNERES PELA A CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A RESTITUIÇÃO ANUAL DO SALDO DO DUODÉCIMO DESTINADO AO PODER LEGISLATIVO DO MUNICÍPIO DE QUATIS.”</t>
   </si>
@@ -5573,56 +6468,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H466"/>
+  <dimension ref="A1:H545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -12354,51 +13249,51 @@
       </c>
       <c r="G260" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="H260" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>1023</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>1024</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
       <c r="F261" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="H261" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>1027</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>1028</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
       <c r="F262" t="s">
@@ -12406,51 +13301,51 @@
       </c>
       <c r="G262" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="H262" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>1031</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>1032</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
       <c r="F263" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="H263" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>1035</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>1036</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
@@ -12461,178 +13356,178 @@
       </c>
       <c r="H264" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>1039</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>1040</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
         <v>36</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>62</v>
+        <v>1041</v>
       </c>
       <c r="H265" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
         <v>36</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1044</v>
+        <v>62</v>
       </c>
       <c r="H266" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>1046</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>1047</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H267" t="s">
-        <v>1030</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
       <c r="F268" t="s">
         <v>61</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H268" t="s">
-        <v>1052</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1053</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>1054</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="H269" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>1057</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>1058</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="H270" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>1061</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>1062</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
@@ -12640,103 +13535,103 @@
       </c>
       <c r="G271" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H271" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>1065</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>1066</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>62</v>
+        <v>1067</v>
       </c>
       <c r="H272" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1070</v>
+        <v>62</v>
       </c>
       <c r="H273" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>1072</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>1073</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="H274" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>1076</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>1077</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
@@ -12744,77 +13639,77 @@
       </c>
       <c r="G275" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="H275" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>1080</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>1081</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="H276" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>1084</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>1085</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="H277" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1088</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>1089</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
@@ -12851,256 +13746,256 @@
       </c>
       <c r="H279" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>1096</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>1097</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
       <c r="F280" t="s">
         <v>36</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>62</v>
+        <v>1098</v>
       </c>
       <c r="H280" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
       <c r="F281" t="s">
         <v>36</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="H281" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1105</v>
+        <v>62</v>
       </c>
       <c r="H282" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>1107</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>1108</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="H283" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>1111</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>1112</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="H284" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>1115</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>1116</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="H285" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>1119</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>1120</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="H286" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>1123</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>1124</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="H287" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1127</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>1128</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="H288" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1131</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>1132</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>12</v>
       </c>
       <c r="F289" t="s">
@@ -13108,77 +14003,77 @@
       </c>
       <c r="G289" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="H289" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>1135</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>1136</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>12</v>
       </c>
       <c r="F290" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="H290" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>1139</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>1140</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>12</v>
       </c>
       <c r="F291" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="H291" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>1143</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>1144</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>12</v>
       </c>
       <c r="F292" t="s">
@@ -13215,438 +14110,438 @@
       </c>
       <c r="H293" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>1151</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>1152</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>12</v>
       </c>
       <c r="F294" t="s">
         <v>61</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>62</v>
+        <v>1153</v>
       </c>
       <c r="H294" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>12</v>
       </c>
       <c r="F295" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="H295" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>12</v>
       </c>
       <c r="F296" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>62</v>
+        <v>1161</v>
       </c>
       <c r="H296" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>12</v>
       </c>
       <c r="F297" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="H297" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>12</v>
       </c>
       <c r="F298" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1167</v>
+        <v>62</v>
       </c>
       <c r="H298" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>12</v>
       </c>
       <c r="F299" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="H299" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>12</v>
       </c>
       <c r="F300" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1175</v>
+        <v>62</v>
       </c>
       <c r="H300" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1177</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>1178</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>12</v>
       </c>
       <c r="F301" t="s">
         <v>36</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="H301" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>1181</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>1182</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>12</v>
       </c>
       <c r="F302" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="H302" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>1185</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>1186</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H303" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>1189</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>1190</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>12</v>
       </c>
       <c r="F304" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="H304" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>1193</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>1194</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>12</v>
       </c>
       <c r="F305" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="H305" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>1197</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>1198</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>12</v>
       </c>
       <c r="F306" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H306" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>1201</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>1202</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>12</v>
       </c>
       <c r="F307" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="H307" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>1205</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>1206</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>12</v>
       </c>
       <c r="F308" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="H308" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>1209</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>1210</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>12</v>
       </c>
       <c r="F309" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H309" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>1213</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>1214</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>12</v>
       </c>
       <c r="F310" t="s">
@@ -13680,51 +14575,51 @@
       </c>
       <c r="G311" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="H311" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>1221</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>1222</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>12</v>
       </c>
       <c r="F312" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="H312" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>1225</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>1226</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>12</v>
       </c>
       <c r="F313" t="s">
@@ -13732,77 +14627,77 @@
       </c>
       <c r="G313" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="H313" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>1229</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>1230</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>12</v>
       </c>
       <c r="F314" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="H314" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>1233</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>1234</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>12</v>
       </c>
       <c r="F315" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H315" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>1237</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>1238</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>12</v>
       </c>
       <c r="F316" t="s">
@@ -13836,3893 +14731,5938 @@
       </c>
       <c r="G317" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="H317" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1245</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>1246</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>12</v>
       </c>
       <c r="F318" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="H318" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>1249</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>1250</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>12</v>
       </c>
       <c r="F319" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="H319" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1253</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>1254</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>12</v>
       </c>
       <c r="F320" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="H320" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1257</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>17</v>
+        <v>1258</v>
       </c>
       <c r="D321" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E321" t="s">
+        <v>12</v>
+      </c>
+      <c r="F321" t="s">
+        <v>61</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="F321" t="s">
-[...2 lines deleted...]
-      <c r="G321" s="1" t="s">
+      <c r="H321" t="s">
         <v>1260</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
         <v>1262</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
+        <v>61</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1263</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H322" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1265</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>1266</v>
       </c>
       <c r="D323" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="H323" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1269</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>1270</v>
       </c>
       <c r="D324" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="H324" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1273</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>1274</v>
       </c>
       <c r="D325" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="G325" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H325" t="s">
         <v>1275</v>
-      </c>
-[...1 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
         <v>1277</v>
       </c>
-      <c r="B326" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D326" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F326" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>62</v>
+        <v>1278</v>
       </c>
       <c r="H326" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>65</v>
+        <v>1281</v>
       </c>
       <c r="D327" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E327" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F327" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>62</v>
+        <v>1282</v>
       </c>
       <c r="H327" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>69</v>
+        <v>1285</v>
       </c>
       <c r="D328" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F328" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H328" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>73</v>
+        <v>1288</v>
       </c>
       <c r="D329" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F329" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>62</v>
+        <v>1289</v>
       </c>
       <c r="H329" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>78</v>
+        <v>1292</v>
       </c>
       <c r="D330" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F330" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>62</v>
+        <v>1293</v>
       </c>
       <c r="H330" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>82</v>
+        <v>1296</v>
       </c>
       <c r="D331" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F331" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>62</v>
+        <v>1297</v>
       </c>
       <c r="H331" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>86</v>
+        <v>1300</v>
       </c>
       <c r="D332" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F332" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>62</v>
+        <v>1301</v>
       </c>
       <c r="H332" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="D333" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>62</v>
+        <v>1304</v>
       </c>
       <c r="H333" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="D334" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F334" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H334" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="D335" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F335" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H335" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="D336" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F336" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>62</v>
+        <v>1314</v>
       </c>
       <c r="H336" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="D337" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F337" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>62</v>
+        <v>1318</v>
       </c>
       <c r="H337" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>98</v>
+        <v>1321</v>
       </c>
       <c r="D338" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F338" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1307</v>
+        <v>1322</v>
       </c>
       <c r="H338" t="s">
-        <v>1308</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>126</v>
+        <v>1325</v>
       </c>
       <c r="D339" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1310</v>
+        <v>1326</v>
       </c>
       <c r="H339" t="s">
-        <v>1311</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1312</v>
+        <v>1328</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1313</v>
+        <v>1329</v>
       </c>
       <c r="D340" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F340" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1314</v>
+        <v>1330</v>
       </c>
       <c r="H340" t="s">
-        <v>1315</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>142</v>
+        <v>1333</v>
       </c>
       <c r="D341" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F341" t="s">
         <v>22</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1317</v>
+        <v>1334</v>
       </c>
       <c r="H341" t="s">
-        <v>1318</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>150</v>
+        <v>1337</v>
       </c>
       <c r="D342" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F342" t="s">
         <v>22</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1320</v>
+        <v>1338</v>
       </c>
       <c r="H342" t="s">
-        <v>1321</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1322</v>
+        <v>1340</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1323</v>
+        <v>1341</v>
       </c>
       <c r="D343" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F343" t="s">
         <v>22</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1324</v>
+        <v>1342</v>
       </c>
       <c r="H343" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1326</v>
+        <v>1344</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1327</v>
+        <v>1345</v>
       </c>
       <c r="D344" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F344" t="s">
         <v>22</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1328</v>
+        <v>1346</v>
       </c>
       <c r="H344" t="s">
-        <v>1329</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1330</v>
+        <v>1348</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1331</v>
+        <v>1349</v>
       </c>
       <c r="D345" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F345" t="s">
         <v>22</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1332</v>
+        <v>1350</v>
       </c>
       <c r="H345" t="s">
-        <v>1333</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1334</v>
+        <v>1352</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>190</v>
+        <v>1353</v>
       </c>
       <c r="D346" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F346" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1335</v>
+        <v>1354</v>
       </c>
       <c r="H346" t="s">
-        <v>1336</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1337</v>
+        <v>1356</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>202</v>
+        <v>1357</v>
       </c>
       <c r="D347" t="s">
-        <v>1258</v>
+        <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>1259</v>
+        <v>12</v>
       </c>
       <c r="F347" t="s">
         <v>22</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1338</v>
+        <v>1358</v>
       </c>
       <c r="H347" t="s">
-        <v>1339</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1340</v>
+        <v>1360</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>10</v>
+        <v>1361</v>
       </c>
       <c r="D348" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F348" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1344</v>
+        <v>1362</v>
       </c>
       <c r="H348" t="s">
-        <v>1345</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1346</v>
+        <v>1364</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1347</v>
+        <v>1365</v>
       </c>
       <c r="D349" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F349" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1348</v>
+        <v>1366</v>
       </c>
       <c r="H349" t="s">
-        <v>1349</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1350</v>
+        <v>1368</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>17</v>
+        <v>1369</v>
       </c>
       <c r="D350" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F350" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1351</v>
+        <v>1370</v>
       </c>
       <c r="H350" t="s">
-        <v>1352</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1353</v>
+        <v>1372</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1354</v>
+        <v>1373</v>
       </c>
       <c r="D351" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F351" t="s">
-        <v>1343</v>
+        <v>61</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1355</v>
+        <v>1374</v>
       </c>
       <c r="H351" t="s">
-        <v>1356</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1357</v>
+        <v>1376</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1358</v>
+        <v>1377</v>
       </c>
       <c r="D352" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>12</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1359</v>
+        <v>1378</v>
       </c>
       <c r="H352" t="s">
-        <v>1360</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1361</v>
+        <v>1380</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>26</v>
+        <v>1381</v>
       </c>
       <c r="D353" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F353" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1362</v>
+        <v>1382</v>
       </c>
       <c r="H353" t="s">
-        <v>1363</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1364</v>
+        <v>1384</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1266</v>
+        <v>1385</v>
       </c>
       <c r="D354" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F354" t="s">
-        <v>1343</v>
+        <v>36</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1365</v>
+        <v>1386</v>
       </c>
       <c r="H354" t="s">
-        <v>1366</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1367</v>
+        <v>1388</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1368</v>
+        <v>1389</v>
       </c>
       <c r="D355" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F355" t="s">
-        <v>1343</v>
+        <v>36</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1369</v>
+        <v>1390</v>
       </c>
       <c r="H355" t="s">
-        <v>1370</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1371</v>
+        <v>1392</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1372</v>
+        <v>1393</v>
       </c>
       <c r="D356" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E356" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F356" t="s">
-        <v>1343</v>
+        <v>36</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1373</v>
+        <v>1394</v>
       </c>
       <c r="H356" t="s">
-        <v>1374</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1375</v>
+        <v>1396</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1270</v>
+        <v>1397</v>
       </c>
       <c r="D357" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E357" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F357" t="s">
-        <v>1343</v>
+        <v>36</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1376</v>
+        <v>1398</v>
       </c>
       <c r="H357" t="s">
-        <v>1377</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1378</v>
+        <v>1400</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1274</v>
+        <v>1401</v>
       </c>
       <c r="D358" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E358" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F358" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1379</v>
+        <v>1402</v>
       </c>
       <c r="H358" t="s">
-        <v>1380</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1381</v>
+        <v>1404</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1382</v>
+        <v>1405</v>
       </c>
       <c r="D359" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E359" t="s">
-        <v>1342</v>
+        <v>12</v>
       </c>
       <c r="F359" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1383</v>
+        <v>1406</v>
       </c>
       <c r="H359" t="s">
-        <v>1384</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1385</v>
+        <v>1408</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>10</v>
+        <v>1409</v>
       </c>
       <c r="D360" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E360" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F360" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1388</v>
+        <v>1410</v>
       </c>
       <c r="H360" t="s">
-        <v>1389</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1390</v>
+        <v>1412</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1347</v>
+        <v>1413</v>
       </c>
       <c r="D361" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E361" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F361" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1391</v>
+        <v>1414</v>
       </c>
       <c r="H361" t="s">
-        <v>1392</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>17</v>
+        <v>1417</v>
       </c>
       <c r="D362" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E362" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1394</v>
+        <v>1418</v>
       </c>
       <c r="H362" t="s">
-        <v>1395</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1396</v>
+        <v>1420</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1354</v>
+        <v>1421</v>
       </c>
       <c r="D363" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E363" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F363" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1397</v>
+        <v>1422</v>
       </c>
       <c r="H363" t="s">
-        <v>1398</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1399</v>
+        <v>1424</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1400</v>
+        <v>1425</v>
       </c>
       <c r="D364" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E364" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F364" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1401</v>
+        <v>1426</v>
       </c>
       <c r="H364" t="s">
-        <v>1402</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1403</v>
+        <v>1428</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1358</v>
+        <v>1429</v>
       </c>
       <c r="D365" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E365" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F365" t="s">
-        <v>279</v>
+        <v>36</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1404</v>
+        <v>1430</v>
       </c>
       <c r="H365" t="s">
-        <v>1405</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1406</v>
+        <v>1432</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>21</v>
+        <v>1433</v>
       </c>
       <c r="D366" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E366" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F366" t="s">
-        <v>279</v>
+        <v>36</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1407</v>
+        <v>1434</v>
       </c>
       <c r="H366" t="s">
-        <v>1408</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1409</v>
+        <v>1436</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1263</v>
+        <v>1437</v>
       </c>
       <c r="D367" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E367" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F367" t="s">
-        <v>279</v>
+        <v>36</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1410</v>
+        <v>1438</v>
       </c>
       <c r="H367" t="s">
-        <v>1411</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1412</v>
+        <v>1440</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>26</v>
+        <v>1441</v>
       </c>
       <c r="D368" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E368" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F368" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1413</v>
+        <v>1442</v>
       </c>
       <c r="H368" t="s">
-        <v>1414</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1415</v>
+        <v>1444</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1266</v>
+        <v>1445</v>
       </c>
       <c r="D369" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E369" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F369" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1416</v>
+        <v>1446</v>
       </c>
       <c r="H369" t="s">
-        <v>1417</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1418</v>
+        <v>1448</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1368</v>
+        <v>1449</v>
       </c>
       <c r="D370" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E370" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F370" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1419</v>
+        <v>1450</v>
       </c>
       <c r="H370" t="s">
-        <v>1420</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1421</v>
+        <v>1452</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1372</v>
+        <v>1453</v>
       </c>
       <c r="D371" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E371" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F371" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1422</v>
+        <v>1454</v>
       </c>
       <c r="H371" t="s">
-        <v>1423</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1424</v>
+        <v>1456</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1270</v>
+        <v>1457</v>
       </c>
       <c r="D372" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E372" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F372" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1425</v>
+        <v>1458</v>
       </c>
       <c r="H372" t="s">
-        <v>1426</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1427</v>
+        <v>1460</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1274</v>
+        <v>1461</v>
       </c>
       <c r="D373" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E373" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F373" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1428</v>
+        <v>1462</v>
       </c>
       <c r="H373" t="s">
-        <v>1429</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1430</v>
+        <v>1464</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1382</v>
+        <v>1465</v>
       </c>
       <c r="D374" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E374" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F374" t="s">
         <v>22</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1431</v>
+        <v>1466</v>
       </c>
       <c r="H374" t="s">
-        <v>1432</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1433</v>
+        <v>1468</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1434</v>
+        <v>1469</v>
       </c>
       <c r="D375" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E375" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F375" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1435</v>
+        <v>1470</v>
       </c>
       <c r="H375" t="s">
-        <v>1436</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1437</v>
+        <v>1471</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1438</v>
+        <v>1472</v>
       </c>
       <c r="D376" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E376" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F376" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1439</v>
+        <v>1473</v>
       </c>
       <c r="H376" t="s">
-        <v>1440</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1441</v>
+        <v>1475</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1442</v>
+        <v>1476</v>
       </c>
       <c r="D377" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E377" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F377" t="s">
         <v>61</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1443</v>
+        <v>1477</v>
       </c>
       <c r="H377" t="s">
-        <v>1444</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1445</v>
+        <v>1479</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1446</v>
+        <v>1480</v>
       </c>
       <c r="D378" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E378" t="s">
-        <v>1387</v>
+        <v>12</v>
+      </c>
+      <c r="F378" t="s">
+        <v>61</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>62</v>
+        <v>1481</v>
       </c>
       <c r="H378" t="s">
-        <v>1447</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1448</v>
+        <v>1483</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1449</v>
+        <v>1484</v>
       </c>
       <c r="D379" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E379" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F379" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1450</v>
+        <v>1485</v>
       </c>
       <c r="H379" t="s">
-        <v>1451</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1452</v>
+        <v>1487</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1453</v>
+        <v>1488</v>
       </c>
       <c r="D380" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E380" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F380" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1454</v>
+        <v>1489</v>
       </c>
       <c r="H380" t="s">
-        <v>1455</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1456</v>
+        <v>1491</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1457</v>
+        <v>1492</v>
       </c>
       <c r="D381" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E381" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F381" t="s">
-        <v>279</v>
+        <v>36</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1458</v>
+        <v>1493</v>
       </c>
       <c r="H381" t="s">
-        <v>1459</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1460</v>
+        <v>1495</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1461</v>
+        <v>1496</v>
       </c>
       <c r="D382" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E382" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F382" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1462</v>
+        <v>1497</v>
       </c>
       <c r="H382" t="s">
-        <v>1463</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1464</v>
+        <v>1499</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>30</v>
+        <v>1500</v>
       </c>
       <c r="D383" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E383" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F383" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1465</v>
+        <v>62</v>
       </c>
       <c r="H383" t="s">
-        <v>1466</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1467</v>
+        <v>1502</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>35</v>
+        <v>1503</v>
       </c>
       <c r="D384" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E384" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F384" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1468</v>
+        <v>1504</v>
       </c>
       <c r="H384" t="s">
-        <v>1469</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1470</v>
+        <v>1506</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>40</v>
+        <v>1507</v>
       </c>
       <c r="D385" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E385" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1471</v>
+        <v>1508</v>
       </c>
       <c r="H385" t="s">
-        <v>1472</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1473</v>
+        <v>1510</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>44</v>
+        <v>1511</v>
       </c>
       <c r="D386" t="s">
-        <v>1386</v>
+        <v>11</v>
       </c>
       <c r="E386" t="s">
-        <v>1387</v>
+        <v>12</v>
       </c>
       <c r="F386" t="s">
-        <v>1474</v>
+        <v>61</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1475</v>
+        <v>62</v>
       </c>
       <c r="H386" t="s">
-        <v>1476</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1477</v>
+        <v>1513</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D387" t="s">
-        <v>1386</v>
+        <v>1514</v>
       </c>
       <c r="E387" t="s">
-        <v>1387</v>
+        <v>1515</v>
       </c>
       <c r="F387" t="s">
-        <v>1474</v>
+        <v>22</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1478</v>
+        <v>1516</v>
       </c>
       <c r="H387" t="s">
-        <v>1479</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1480</v>
+        <v>1518</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>10</v>
+        <v>1519</v>
       </c>
       <c r="D388" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E388" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F388" t="s">
-        <v>279</v>
+        <v>74</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1483</v>
+        <v>62</v>
       </c>
       <c r="H388" t="s">
-        <v>1484</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1485</v>
+        <v>1521</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1347</v>
+        <v>1522</v>
       </c>
       <c r="D389" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E389" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F389" t="s">
-        <v>279</v>
+        <v>13</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1486</v>
+        <v>1523</v>
       </c>
       <c r="H389" t="s">
-        <v>1487</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1488</v>
+        <v>1525</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>17</v>
+        <v>1526</v>
       </c>
       <c r="D390" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E390" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F390" t="s">
-        <v>1489</v>
+        <v>22</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1490</v>
+        <v>1527</v>
       </c>
       <c r="H390" t="s">
-        <v>1491</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1354</v>
+        <v>1530</v>
       </c>
       <c r="D391" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E391" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F391" t="s">
-        <v>279</v>
+        <v>22</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1493</v>
+        <v>1531</v>
       </c>
       <c r="H391" t="s">
-        <v>1494</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1495</v>
+        <v>1533</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1400</v>
+        <v>60</v>
       </c>
       <c r="D392" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E392" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F392" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1497</v>
+        <v>62</v>
       </c>
       <c r="H392" t="s">
-        <v>1498</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1499</v>
+        <v>1535</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1358</v>
+        <v>65</v>
       </c>
       <c r="D393" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E393" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F393" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1500</v>
+        <v>62</v>
       </c>
       <c r="H393" t="s">
-        <v>1501</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1502</v>
+        <v>1537</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="D394" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E394" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F394" t="s">
-        <v>1503</v>
+        <v>74</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1504</v>
+        <v>62</v>
       </c>
       <c r="H394" t="s">
-        <v>1505</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1506</v>
+        <v>1539</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1263</v>
+        <v>73</v>
       </c>
       <c r="D395" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E395" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F395" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1507</v>
+        <v>62</v>
       </c>
       <c r="H395" t="s">
-        <v>1508</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1509</v>
+        <v>1541</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D396" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E396" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F396" t="s">
-        <v>1510</v>
+        <v>74</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1511</v>
+        <v>62</v>
       </c>
       <c r="H396" t="s">
-        <v>1512</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1513</v>
+        <v>1543</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1368</v>
+        <v>82</v>
       </c>
       <c r="D397" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E397" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F397" t="s">
-        <v>1343</v>
+        <v>74</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1514</v>
+        <v>62</v>
       </c>
       <c r="H397" t="s">
-        <v>1515</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1516</v>
+        <v>1545</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1372</v>
+        <v>86</v>
       </c>
       <c r="D398" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E398" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F398" t="s">
-        <v>1343</v>
+        <v>74</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1517</v>
+        <v>62</v>
       </c>
       <c r="H398" t="s">
-        <v>1518</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1519</v>
+        <v>1547</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1270</v>
+        <v>1548</v>
       </c>
       <c r="D399" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E399" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F399" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1520</v>
+        <v>62</v>
       </c>
       <c r="H399" t="s">
-        <v>1521</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1522</v>
+        <v>1550</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1274</v>
+        <v>1551</v>
       </c>
       <c r="D400" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E400" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F400" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1523</v>
+        <v>62</v>
       </c>
       <c r="H400" t="s">
-        <v>1524</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1525</v>
+        <v>1553</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1382</v>
+        <v>1554</v>
       </c>
       <c r="D401" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E401" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F401" t="s">
-        <v>1343</v>
+        <v>74</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1526</v>
+        <v>62</v>
       </c>
       <c r="H401" t="s">
-        <v>1527</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1434</v>
+        <v>1557</v>
       </c>
       <c r="D402" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E402" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F402" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1529</v>
+        <v>62</v>
       </c>
       <c r="H402" t="s">
-        <v>1530</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1531</v>
+        <v>1559</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1438</v>
+        <v>1560</v>
       </c>
       <c r="D403" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E403" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F403" t="s">
         <v>74</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1532</v>
+        <v>62</v>
       </c>
       <c r="H403" t="s">
-        <v>1533</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1534</v>
+        <v>1562</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1442</v>
+        <v>98</v>
       </c>
       <c r="D404" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E404" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F404" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1535</v>
+        <v>1563</v>
       </c>
       <c r="H404" t="s">
-        <v>1536</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1537</v>
+        <v>1565</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1446</v>
+        <v>1566</v>
       </c>
       <c r="D405" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E405" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F405" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1538</v>
+        <v>1567</v>
       </c>
       <c r="H405" t="s">
-        <v>1539</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1540</v>
+        <v>1569</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1449</v>
+        <v>126</v>
       </c>
       <c r="D406" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E406" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F406" t="s">
         <v>22</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1541</v>
+        <v>1570</v>
       </c>
       <c r="H406" t="s">
-        <v>1542</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1543</v>
+        <v>1572</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1453</v>
+        <v>130</v>
       </c>
       <c r="D407" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E407" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F407" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1544</v>
+        <v>1573</v>
       </c>
       <c r="H407" t="s">
-        <v>1545</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1546</v>
+        <v>1575</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1457</v>
+        <v>1576</v>
       </c>
       <c r="D408" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E408" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F408" t="s">
-        <v>1496</v>
+        <v>22</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1547</v>
+        <v>1577</v>
       </c>
       <c r="H408" t="s">
-        <v>1548</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1549</v>
+        <v>1579</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1461</v>
+        <v>142</v>
       </c>
       <c r="D409" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E409" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F409" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1550</v>
+        <v>1580</v>
       </c>
       <c r="H409" t="s">
-        <v>1551</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1552</v>
+        <v>1582</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="D410" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E410" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F410" t="s">
-        <v>1496</v>
+        <v>22</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1553</v>
+        <v>1583</v>
       </c>
       <c r="H410" t="s">
-        <v>1554</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1555</v>
+        <v>1585</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="D411" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E411" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F411" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1556</v>
+        <v>1586</v>
       </c>
       <c r="H411" t="s">
-        <v>1557</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1558</v>
+        <v>1588</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>40</v>
+        <v>1589</v>
       </c>
       <c r="D412" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E412" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F412" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="H412" t="s">
-        <v>1560</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1561</v>
+        <v>1592</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>44</v>
+        <v>1593</v>
       </c>
       <c r="D413" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E413" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F413" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1562</v>
+        <v>1594</v>
       </c>
       <c r="H413" t="s">
-        <v>1563</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1564</v>
+        <v>1596</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>48</v>
+        <v>174</v>
       </c>
       <c r="D414" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E414" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F414" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1565</v>
+        <v>1597</v>
       </c>
       <c r="H414" t="s">
-        <v>1566</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1567</v>
+        <v>1599</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>52</v>
+        <v>182</v>
       </c>
       <c r="D415" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E415" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F415" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1568</v>
+        <v>1600</v>
       </c>
       <c r="H415" t="s">
-        <v>1569</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1570</v>
+        <v>1602</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>69</v>
+        <v>1603</v>
       </c>
       <c r="D416" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E416" t="s">
-        <v>1482</v>
+        <v>1515</v>
+      </c>
+      <c r="F416" t="s">
+        <v>22</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1571</v>
+        <v>1604</v>
       </c>
       <c r="H416" t="s">
-        <v>1572</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1573</v>
+        <v>1606</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
       <c r="D417" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E417" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F417" t="s">
-        <v>279</v>
+        <v>22</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1574</v>
+        <v>1607</v>
       </c>
       <c r="H417" t="s">
-        <v>1575</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1576</v>
+        <v>1609</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>78</v>
+        <v>202</v>
       </c>
       <c r="D418" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E418" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1577</v>
+        <v>1610</v>
       </c>
       <c r="H418" t="s">
-        <v>1578</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1579</v>
+        <v>1612</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>82</v>
+        <v>206</v>
       </c>
       <c r="D419" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E419" t="s">
-        <v>1482</v>
+        <v>1515</v>
+      </c>
+      <c r="F419" t="s">
+        <v>13</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1580</v>
+        <v>1613</v>
       </c>
       <c r="H419" t="s">
-        <v>1581</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1582</v>
+        <v>1615</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>86</v>
+        <v>210</v>
       </c>
       <c r="D420" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E420" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F420" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1583</v>
+        <v>1616</v>
       </c>
       <c r="H420" t="s">
-        <v>1584</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1585</v>
+        <v>1618</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1292</v>
+        <v>214</v>
       </c>
       <c r="D421" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E421" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F421" t="s">
-        <v>1586</v>
+        <v>13</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1587</v>
+        <v>1619</v>
       </c>
       <c r="H421" t="s">
-        <v>1588</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1589</v>
+        <v>1621</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1295</v>
+        <v>222</v>
       </c>
       <c r="D422" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E422" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F422" t="s">
-        <v>1586</v>
+        <v>13</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1590</v>
+        <v>1622</v>
       </c>
       <c r="H422" t="s">
-        <v>1591</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1592</v>
+        <v>1624</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1304</v>
+        <v>226</v>
       </c>
       <c r="D423" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="E423" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="F423" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1593</v>
+        <v>1625</v>
       </c>
       <c r="H423" t="s">
-        <v>1594</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1595</v>
+        <v>1627</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="D424" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E424" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F424" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1596</v>
+        <v>1631</v>
       </c>
       <c r="H424" t="s">
-        <v>1597</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1598</v>
+        <v>1633</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>94</v>
+        <v>1634</v>
       </c>
       <c r="D425" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E425" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F425" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1599</v>
+        <v>1635</v>
       </c>
       <c r="H425" t="s">
-        <v>1600</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1601</v>
+        <v>1637</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="D426" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E426" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F426" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1602</v>
+        <v>1638</v>
       </c>
       <c r="H426" t="s">
-        <v>1603</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1604</v>
+        <v>1640</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1605</v>
+        <v>1641</v>
       </c>
       <c r="D427" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E427" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F427" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1606</v>
+        <v>1642</v>
       </c>
       <c r="H427" t="s">
-        <v>1607</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1608</v>
+        <v>1644</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>102</v>
+        <v>1645</v>
       </c>
       <c r="D428" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E428" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F428" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1609</v>
+        <v>1646</v>
       </c>
       <c r="H428" t="s">
-        <v>1610</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1611</v>
+        <v>1648</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="D429" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E429" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F429" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1612</v>
+        <v>1649</v>
       </c>
       <c r="H429" t="s">
-        <v>1613</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1614</v>
+        <v>1651</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>110</v>
+        <v>1522</v>
       </c>
       <c r="D430" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E430" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F430" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1615</v>
+        <v>1652</v>
       </c>
       <c r="H430" t="s">
-        <v>1616</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1617</v>
+        <v>1654</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>114</v>
+        <v>1655</v>
       </c>
       <c r="D431" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E431" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F431" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1618</v>
+        <v>1656</v>
       </c>
       <c r="H431" t="s">
-        <v>1619</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1620</v>
+        <v>1658</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>118</v>
+        <v>1659</v>
       </c>
       <c r="D432" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E432" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F432" t="s">
-        <v>22</v>
+        <v>1630</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1621</v>
+        <v>1660</v>
       </c>
       <c r="H432" t="s">
-        <v>1622</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1623</v>
+        <v>1662</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>122</v>
+        <v>1526</v>
       </c>
       <c r="D433" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E433" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F433" t="s">
-        <v>36</v>
+        <v>1630</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1624</v>
+        <v>1663</v>
       </c>
       <c r="H433" t="s">
-        <v>1625</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1626</v>
+        <v>1665</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>126</v>
+        <v>1530</v>
       </c>
       <c r="D434" t="s">
-        <v>1481</v>
+        <v>1628</v>
       </c>
       <c r="E434" t="s">
-        <v>1482</v>
+        <v>1629</v>
       </c>
       <c r="F434" t="s">
-        <v>74</v>
+        <v>1630</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1627</v>
+        <v>1666</v>
       </c>
       <c r="H434" t="s">
-        <v>1628</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E435" t="s">
         <v>1629</v>
       </c>
-      <c r="B435" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F435" t="s">
-        <v>1496</v>
+        <v>1630</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1630</v>
+        <v>1670</v>
       </c>
       <c r="H435" t="s">
-        <v>1631</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1632</v>
+        <v>1672</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="D436" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E436" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F436" t="s">
-        <v>1496</v>
+        <v>74</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1633</v>
+        <v>1675</v>
       </c>
       <c r="H436" t="s">
-        <v>1634</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1635</v>
+        <v>1677</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>138</v>
+        <v>1634</v>
       </c>
       <c r="D437" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E437" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F437" t="s">
-        <v>279</v>
+        <v>74</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1636</v>
+        <v>1678</v>
       </c>
       <c r="H437" t="s">
-        <v>1637</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1638</v>
+        <v>1680</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1639</v>
+        <v>17</v>
       </c>
       <c r="D438" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E438" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F438" t="s">
-        <v>1640</v>
+        <v>74</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1641</v>
+        <v>1681</v>
       </c>
       <c r="H438" t="s">
-        <v>1642</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1643</v>
+        <v>1683</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="D439" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E439" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F439" t="s">
-        <v>279</v>
+        <v>74</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1645</v>
+        <v>1684</v>
       </c>
       <c r="H439" t="s">
-        <v>1646</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1647</v>
+        <v>1686</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1313</v>
+        <v>1687</v>
       </c>
       <c r="D440" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E440" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F440" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1648</v>
+        <v>1688</v>
       </c>
       <c r="H440" t="s">
-        <v>1649</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1650</v>
+        <v>1690</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="D441" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E441" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F441" t="s">
-        <v>1496</v>
+        <v>279</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1652</v>
+        <v>1691</v>
       </c>
       <c r="H441" t="s">
-        <v>1653</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1654</v>
+        <v>1693</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>142</v>
+        <v>21</v>
       </c>
       <c r="D442" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E442" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F442" t="s">
-        <v>22</v>
+        <v>279</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1655</v>
+        <v>1694</v>
       </c>
       <c r="H442" t="s">
-        <v>1656</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1657</v>
+        <v>1696</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>146</v>
+        <v>1519</v>
       </c>
       <c r="D443" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E443" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F443" t="s">
-        <v>74</v>
+        <v>279</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1658</v>
+        <v>1697</v>
       </c>
       <c r="H443" t="s">
-        <v>1659</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1660</v>
+        <v>1699</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>150</v>
+        <v>26</v>
       </c>
       <c r="D444" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E444" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F444" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1661</v>
+        <v>1700</v>
       </c>
       <c r="H444" t="s">
-        <v>1662</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1663</v>
+        <v>1702</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1664</v>
+        <v>1522</v>
       </c>
       <c r="D445" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E445" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F445" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1665</v>
+        <v>1703</v>
       </c>
       <c r="H445" t="s">
-        <v>1666</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1667</v>
+        <v>1705</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>154</v>
+        <v>1655</v>
       </c>
       <c r="D446" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E446" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F446" t="s">
-        <v>1668</v>
+        <v>31</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1669</v>
+        <v>1706</v>
       </c>
       <c r="H446" t="s">
-        <v>1670</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1671</v>
+        <v>1708</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>158</v>
+        <v>1659</v>
       </c>
       <c r="D447" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E447" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F447" t="s">
-        <v>1496</v>
+        <v>31</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1672</v>
+        <v>1709</v>
       </c>
       <c r="H447" t="s">
-        <v>1673</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E448" t="s">
         <v>1674</v>
       </c>
-      <c r="B448" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F448" t="s">
-        <v>1496</v>
+        <v>31</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1675</v>
+        <v>1712</v>
       </c>
       <c r="H448" t="s">
-        <v>1676</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1677</v>
+        <v>1714</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>166</v>
+        <v>1530</v>
       </c>
       <c r="D449" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E449" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F449" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>62</v>
+        <v>1715</v>
       </c>
       <c r="H449" t="s">
-        <v>1678</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1679</v>
+        <v>1717</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1323</v>
+        <v>1669</v>
       </c>
       <c r="D450" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E450" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F450" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>62</v>
+        <v>1718</v>
       </c>
       <c r="H450" t="s">
-        <v>1680</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1681</v>
+        <v>1720</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1682</v>
+        <v>1721</v>
       </c>
       <c r="D451" t="s">
-        <v>1481</v>
+        <v>1673</v>
       </c>
       <c r="E451" t="s">
-        <v>1482</v>
+        <v>1674</v>
       </c>
       <c r="F451" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>62</v>
+        <v>1722</v>
       </c>
       <c r="H451" t="s">
-        <v>1683</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1684</v>
+        <v>1724</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>10</v>
+        <v>1725</v>
       </c>
       <c r="D452" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E452" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F452" t="s">
-        <v>1343</v>
+        <v>22</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1687</v>
+        <v>1726</v>
       </c>
       <c r="H452" t="s">
-        <v>1688</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1689</v>
+        <v>1728</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1347</v>
+        <v>1729</v>
       </c>
       <c r="D453" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E453" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F453" t="s">
-        <v>1496</v>
+        <v>61</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1690</v>
+        <v>1730</v>
       </c>
       <c r="H453" t="s">
-        <v>1691</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1692</v>
+        <v>1732</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>17</v>
+        <v>1733</v>
       </c>
       <c r="D454" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E454" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H454" t="s">
-        <v>1693</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1694</v>
+        <v>1735</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1354</v>
+        <v>1736</v>
       </c>
       <c r="D455" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E455" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F455" t="s">
-        <v>1343</v>
+        <v>13</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1695</v>
+        <v>1737</v>
       </c>
       <c r="H455" t="s">
-        <v>1696</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1697</v>
+        <v>1739</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1400</v>
+        <v>1740</v>
       </c>
       <c r="D456" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E456" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F456" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1698</v>
+        <v>1741</v>
       </c>
       <c r="H456" t="s">
-        <v>1699</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1700</v>
+        <v>1743</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1358</v>
+        <v>1744</v>
       </c>
       <c r="D457" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E457" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F457" t="s">
-        <v>1701</v>
+        <v>279</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1702</v>
+        <v>1745</v>
       </c>
       <c r="H457" t="s">
-        <v>1703</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1704</v>
+        <v>1747</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>21</v>
+        <v>1748</v>
       </c>
       <c r="D458" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E458" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F458" t="s">
-        <v>1496</v>
+        <v>36</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1705</v>
+        <v>1749</v>
       </c>
       <c r="H458" t="s">
-        <v>1706</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1707</v>
+        <v>1751</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1263</v>
+        <v>30</v>
       </c>
       <c r="D459" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E459" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F459" t="s">
-        <v>1496</v>
+        <v>36</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1708</v>
+        <v>1752</v>
       </c>
       <c r="H459" t="s">
-        <v>1709</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1710</v>
+        <v>1754</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D460" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E460" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F460" t="s">
-        <v>1343</v>
+        <v>36</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1711</v>
+        <v>1755</v>
       </c>
       <c r="H460" t="s">
-        <v>1712</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1713</v>
+        <v>1757</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1266</v>
+        <v>40</v>
       </c>
       <c r="D461" t="s">
-        <v>1685</v>
+        <v>1673</v>
       </c>
       <c r="E461" t="s">
-        <v>1686</v>
+        <v>1674</v>
       </c>
       <c r="F461" t="s">
-        <v>1496</v>
+        <v>13</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1714</v>
+        <v>1758</v>
       </c>
       <c r="H461" t="s">
-        <v>1715</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1716</v>
+        <v>1760</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D462" t="s">
-        <v>1717</v>
+        <v>1673</v>
       </c>
       <c r="E462" t="s">
-        <v>1718</v>
+        <v>1674</v>
       </c>
       <c r="F462" t="s">
-        <v>1343</v>
+        <v>1761</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1719</v>
+        <v>1762</v>
       </c>
       <c r="H462" t="s">
-        <v>1720</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1721</v>
+        <v>1764</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1347</v>
+        <v>48</v>
       </c>
       <c r="D463" t="s">
-        <v>1717</v>
+        <v>1673</v>
       </c>
       <c r="E463" t="s">
-        <v>1718</v>
+        <v>1674</v>
       </c>
       <c r="F463" t="s">
-        <v>1343</v>
+        <v>1761</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1722</v>
+        <v>1765</v>
       </c>
       <c r="H463" t="s">
-        <v>1723</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1724</v>
+        <v>1767</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D464" t="s">
-        <v>1717</v>
+        <v>1768</v>
       </c>
       <c r="E464" t="s">
-        <v>1718</v>
+        <v>1769</v>
       </c>
       <c r="F464" t="s">
-        <v>1343</v>
+        <v>279</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1725</v>
+        <v>1770</v>
       </c>
       <c r="H464" t="s">
-        <v>1726</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1727</v>
+        <v>1772</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1354</v>
+        <v>1634</v>
       </c>
       <c r="D465" t="s">
-        <v>1717</v>
+        <v>1768</v>
       </c>
       <c r="E465" t="s">
-        <v>1718</v>
+        <v>1769</v>
       </c>
       <c r="F465" t="s">
-        <v>1496</v>
+        <v>279</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1728</v>
+        <v>1773</v>
       </c>
       <c r="H465" t="s">
-        <v>1729</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1730</v>
+        <v>1775</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
+        <v>17</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1776</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F467" t="s">
+        <v>279</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>21</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F471" t="s">
+        <v>36</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>26</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1797</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F479" t="s">
+        <v>74</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F480" t="s">
+        <v>74</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F482" t="s">
+        <v>22</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F485" t="s">
+        <v>36</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>30</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>35</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F487" t="s">
+        <v>74</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>40</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F488" t="s">
+        <v>74</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>44</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F489" t="s">
+        <v>74</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>48</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>52</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>69</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1769</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>73</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F493" t="s">
+        <v>279</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>78</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F494" t="s">
+        <v>13</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>82</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1769</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>86</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F499" t="s">
+        <v>36</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>90</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F500" t="s">
+        <v>36</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>94</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F501" t="s">
+        <v>36</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>98</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F502" t="s">
+        <v>36</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F503" t="s">
+        <v>36</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>102</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F504" t="s">
+        <v>36</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>106</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F505" t="s">
+        <v>36</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>110</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F506" t="s">
+        <v>36</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>114</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F507" t="s">
+        <v>36</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>118</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F508" t="s">
+        <v>22</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>122</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F509" t="s">
+        <v>36</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>126</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F510" t="s">
+        <v>74</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>130</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>134</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>138</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F513" t="s">
+        <v>279</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1926</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F515" t="s">
+        <v>279</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F516" t="s">
+        <v>13</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>142</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F518" t="s">
+        <v>22</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>146</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F519" t="s">
+        <v>74</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>150</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F520" t="s">
+        <v>74</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F521" t="s">
+        <v>13</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>154</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1954</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>158</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>162</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>166</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F525" t="s">
+        <v>36</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F526" t="s">
+        <v>13</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F527" t="s">
+        <v>36</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
         <v>10</v>
       </c>
-      <c r="D466" t="s">
-[...12 lines deleted...]
-        <v>1734</v>
+      <c r="D529" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>17</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F533" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F534" t="s">
+        <v>1991</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>21</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>26</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>10</v>
+      </c>
+      <c r="D541" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E541" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D542" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E542" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F542" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>17</v>
+      </c>
+      <c r="D543" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E543" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D544" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E544" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F544" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>10</v>
+      </c>
+      <c r="D545" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E545" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2030</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -18148,50 +21088,129 @@
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
     <hyperlink ref="G449" r:id="rId448"/>
     <hyperlink ref="G450" r:id="rId449"/>
     <hyperlink ref="G451" r:id="rId450"/>
     <hyperlink ref="G452" r:id="rId451"/>
     <hyperlink ref="G453" r:id="rId452"/>
     <hyperlink ref="G454" r:id="rId453"/>
     <hyperlink ref="G455" r:id="rId454"/>
     <hyperlink ref="G456" r:id="rId455"/>
     <hyperlink ref="G457" r:id="rId456"/>
     <hyperlink ref="G458" r:id="rId457"/>
     <hyperlink ref="G459" r:id="rId458"/>
     <hyperlink ref="G460" r:id="rId459"/>
     <hyperlink ref="G461" r:id="rId460"/>
     <hyperlink ref="G462" r:id="rId461"/>
     <hyperlink ref="G463" r:id="rId462"/>
     <hyperlink ref="G464" r:id="rId463"/>
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>