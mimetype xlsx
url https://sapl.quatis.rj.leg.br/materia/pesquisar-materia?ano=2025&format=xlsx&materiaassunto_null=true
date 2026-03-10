--- v2 (2026-01-24)
+++ v3 (2026-03-10)
@@ -54,4620 +54,4620 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Marcela</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A COLOCAÇÃO DE LIXEIRAS OU BOMBONAS NO TERREIRÃO.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO PARA O REAPROVEITAMENTO DA ÁGUA DA BIQUINHA.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Rogerio Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DA ACADEMIA AO AR LIVRE NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA E ILUMINAÇÃO DOS PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Cabeludo</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DO ASFALTO NA RUA AFONSO DE FREITAS LUSTOSA, EM FRENTE AO NÚMERO 58, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FOMENTE O CONTROLE SOCIAL ÀS DEMANDAS DAS JUVENTUDES EM QUATIS POR MEIO DA CRIAÇÃO DO CONSELHO MUNICIPAL DAS JUVENTUDES, PLANO MUNICIPAL DAS JUVENTUDES E FUNDO MUNICIPAL DAS JUVENTUDES.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE EXECUTE A EMENDA PARLAMENTAR DO ENTÃO DEPUTADO FEDERAL RICARDO DA KAROL, CUJA FINALIDADE É DE CONSTRUIR BANHEIRO PÚBLICO NA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE A LEI 13.935/2019 QUE DISPÕE SOBRE A ATUAÇÃO DOS PSICÓLOGOS E ASSISTENTES SOCIAIS NA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE E DA REVITALIZAÇÃO DA QUADRA POLIESPORTIVA AMBAS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITAÇÃO DE TAPA-BURACO NA RUA FAUSTINO PINHEIRO, NO CENTRO.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DE TODOS OS BUEIROS DO MUNICÍPIO E DISTRITOS.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Udson Bombom</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/</t>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA  AO  EXECUTIVO MUNICIPAL  INSTALAÇÃO DE QUEBRA MOLAS ,NA RUA ELONIR NOGUEIRA DA SILVA, PRÓXIMO AO NUMERO 360,NO BAIRRO MIRANDÓPOLIS , QUATIS/RJ</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A REALIZAÇÃO DE  ESTUDOS TÉCNICOS NECESSÁRIOS E SE VIÁVEL ,PROMOVA A INSTALAÇÃO DE PLACAS DE PARE, A APLICAÇÃO DE SINALIZAÇÃO HORIZONTAL COM TINTA QUENTE E A PINTURA DE REDUÇÃO DE VELOCIDADE NO CRUZAMENTO  DAS RUAS ELONIR NOGUEIRA DA SILVA COM A RUA LUÍS NOBREGA SOARES, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ..</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A INSTALAÇÃO  DE QUEBRA- MOLAS  NA RUA ELONIR  NOGUEIRA  DA   SILVA,   NO      BAIRRO MIRANDÓPÓLIS,PRÓXIMO AO  Nº458,  QUATIS/ RJ.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A QUADRA DA ESCOLA MUNICIPAL HENRY NESTLÉ SEJA ABERTA A COMUNIDADE.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA QUADRA DO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRUÇÃO DE UMA CASA DE BOMBAS NA CAPTAÇÃO DE ÁGUA DO RIO PARAÍBA.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM ADITIVO NO CONTRATO DE ILUMINIÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DA TAMPA DO BUEIRO NA RUA B, EM FRENTE AO NÚMERO 165, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA MUROS DE CONTENÇÕES NAS ÁREAS DE RISCO NAS MARGENS DOS RIBEIRÕES EM QUATIS.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PARCERIA COM A PREFEITURA ,CDL E OS COMÉRCIOS DE QUATIS.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DAS TELAS DA QUADRA ESPORTIVA DO BAIRRO MIRANDÓPOLIS , QUATIS-R.J.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  O ASFALTAMENTO, NA RUA MARIA APARECIDA MOREIRA ,PRÓXIMO AO NÚMERO 222, BAIRRO MIRANDÓPOLIS, QUATIS/RJ. .</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A CONTRATAÇÃO DE MAIS UM PROFISSIONAL MÉDICO PSIQUIATRA.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DE BUEIRO ENTUPIDO LOCALIZADO NA RUA CAPITÃO ALVIM FONSECA, MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITAÇÃO DE TAPA-BURACO NA RUA GEORGETH BARBOSA LEITE, JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SINALIZAÇÃO DE PLACAS COM OS NOMES DAS RUAS.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BEBEDOURO PARA OS GUARDAS MUNICIPAIS NO PÓRTCO DE QUATIS.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA SEMANAL DO PÓRTICO DE QUATIS.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL AUMENTO DE PROFISSIONAIS DE FONOAUDIOLOGIA NA CASA DA CRIANÇA.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACOS NA RUA FAUSTINO PINHEIRO, NO CENTRO.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CAPINA E ROÇADA DO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REGULARIZAÇÃO DA COLETA SELETIVA DOS BAIRROS SÃO JOSÉ 1 E SÃO JOSÉ 2.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE, DA CONSTRUÇÃO DE UM NOVO ACESSO LIGANDO AS PARTES ALTA E BAIXA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE QUEBRA-MOLAS NA RUA VANDERLINO TEIXEIRA LEITE,BAIRRO SÃO BENEDITO</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE QUEBRA -MOLAS NA AVENIDA ROBERTO SILVEIRA ,BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ,  PARA  QUE SEJA REALIZADO  ATRAVÉS DA DEFESA CIVIL ,VISTORIA TÉCNICA COM O DEVIDO LAUDO  DE RISCO, NO MURO QUE SE ENCONTRA EM VIAS  DE CAIR,  NA RUA CORONEL JOSÉ LEITE, NÚMERO 176,CENTRO, QUATIS/RJ,</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE VESTIÁRIOS NA QUADRA ESPORTIVA DO BAIRRO MIRANDÓPOLIS, QUATIS/RJ</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA QUE VAI PARA O SÍTIO DO PIA, NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   O ASFALTAMENTO E CONSERTO  DE UM BURACO,    NO LOCAL POSTERIOR A ESTE BURACO, EXISTE  UM QUEBRA- MOLAS,SITUADO  NA RUA CAPITÃO ANTONIO LOBO, PRÓXIMO AO NÚMERO 156 E 158, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    O ASFALTAMENTO DE UM BURACO, OCASIONADO POR  UMA OBRA DE REDE DE ESGOTO, ONDE FOI INSTALADO UMA TAMPA DE CONCRETO QUE SE ENCONTRA PARCIALMENTE ABERTA, PODENDO PROLIFERAR ANIMAIS ROEDORES, PECONHENTOS E BACTÉRIAS EM GERAL,LOCALIZADO NA RUA SALVADOR BARBOSA LIMA, PRÓXIMO AO NÚMERO 87, NO BAIRRO MIRANDÓPOLIS, QUATIS/RJ</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA/ROÇADA DA ESTRADA QUATIS X ROMA (ESTRADA DO HORTO MUNICIPAL).</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  EXPEDIDO  OFÍCIO  A EMPRESA LIGHT , PARA PODA DE ÁRVORES E PLANTAS, LOCALIZADA NA RUA SALVADOR BARBOSA LIMA, NÚMERO 140, BAIRRO MIRANDÓPOLIS ,QUATIS/RJ.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PLANO DE ENFRENTAMENTO AO CALOR</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PLANO DE SEGURANÇA PARA O CARNAVAL.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE BANHEIROS MÓVEIS COM ACESSIBILIDADE COMO PATRIMÔNIO.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE FRALDA GERIÁTRICA NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O REPARO DO AFUNDAMENTO DO ASFALTO NA RUA DOM AGNELO ROSSI.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O REPARO DO AFUNDAMENTO DO ASFALTO NO LOTEAMENTO SÃO JOSE 2.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACOS NA AVENIDA ROBERTO SILVEIRA, NA BARRINHA.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE EM GRANDES EVENTOS TENHA ACESSO A ÁGUA POTÁVEL GRATUITA EM PONTOS ESTRATÉGICOS.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PINTE O QUEBRA-MOLAS EM FRENTE A BORRACHARIA DO MAYCON NA RUA CARLOS HASSIS, JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE RETIRE O ENTULHO E CONSTRUA UMA ESTRUTURA DE PROTEÇÃO NO PARQUINHO, AMBOS NO PARQUE DA CIDADE.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A INSTALAÇÃO DE UM QUEBRA-MOLAS, NO CRUZAMENTO DAS RUAS ANTONIO POLLASTRI E ALEXANDRE POLLASTRI .</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  REALIZADO NA FORMA DE TAPA-BURACO, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 231, NO BAIRRO MIRANDOPÓLIS, QUATIS -RJ.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DO PISO E A CONSTRUÇÃO DA COBERTURA DA QUADRA DA E.M. MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E TROCA DOS VENTILADORES ESCOLARES DO MUNICÍPIO E DOS DISTRISTOS.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE ESTUDO PARA CONCESSÃO DE EMPRÉSTIMO CONSIGNADO EM FOLHA DE PAGAMENTO A FAVOR DO QUATIS PREV.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O PEDIDO DE INSTALAÇÃO DE UM REPETIDOR DE SINAL DE CELULAR, NO DISTRITO DE RIBEIRAÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VIABILIZE UM PROGRAMA DE EDUCAÇÃO COM TEMÁTICAS REFERENTES À CIDADANIA, MERCADO DE TRABALHO E OUTRAS DESTINADO AOS JOVENS E ADOLESCENTES COM BOLSA DE ESTUDOS TAL COMO O PROGRAMA PRODUTOR MIRIM</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DEFINA E PUBLICITE PRAZO PARA RESPOSTA AOS PROCESSOS ADMINISTRATIVOS ABERTOS SOBRE PEDIDOS DE INSALUBRIDADE E CORRELATOS.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  SEJA  REALIZADO OBRAS REFERENTE A ESGOTO ABERTO QUE SE ENCONTRA ENTUPIDO,NA RUA JOSÉ IDELFONSO PEREIRA, EM FRENTE AO NÚMERO 247,DO OUTRO LADO DA CALÇADA, BAIRRO SANTA BÁRBARA, QUATIS/RJ.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM PROJETO PARA REMOÇÃO DE ÁRVORES DAS CALÇADAS.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Leandro Sant'Anna</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PREDESTRES NO PONTO DE ONIBUS DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA COLOCADO UM ''QUEBRA-MOLAS'', NA RUA ÂNTONIO HENRIQUE VIEIRA, EM FRENTE À CASA DE NÚMERO 7,BAIRRO SANTO ÃNTONIO, QUATIS-RJ.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO NA CABECEIRA DA PONTE SITUADA NA RUA 01, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO PÚBLICA NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESRATIZAÇÃO NO BAIRRO SANTO ANTONIO.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA COLOCADO UM "QUEBRA-MOLAS", NA RUA AMÉLIA DE CARVALHO POLLASTRI, NÚMERO 204, BAIRRO MIRANDÓPOLIS, QUATIS-RJ.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO E IMPLEMENTAÇÃO DE UM PLANO DE CARREIRA PARA A GUARDA MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BRAÇOS NOS POSTES DE ILUMINAÇÃO PÚBLICA NA RUA COMENDADOR MIRANDA X ESTRADA QUATIS GLICÉRIO, EM QUATIS.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESRATIZAÇÃO NO BAIRRO AGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE UM PROGRAMA DE ABATIMENTO DE PASSAGENS DE ÔNIBUS PARA TRABALHADORES QUATIENSES QUE TRABALHAM EM OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TERMINE COM URGÊNCIA A MANUTENÇÃO DO ESGOTO DO BAIRRO BOA VISTA, NA RUA 12 DE ABRIL.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CONTRATAÇÃO DE ARTISTAS LOCAIS NOS EVENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A  COLOCAÇÃO  UMA TAMPA DE ESGOTO, NA RUA  WANDERLINO TEIXEIRA LEITE,EM FRENTE A CASA DE NÚMERO 115, BAIRRO SÃO BENEDITO, QUATIS-RJ.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE LAMPADAS NA TRAVESSIA DA LINHA DO TREM EM SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TENHA UMA DIVISÃO NA PISCINA UTILIZADA NO PROJETO ESPORTE + SAÚDE.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O ASFALTAMENTO DA RUA COMENDADOR MIRANDA, PRÓXIMO AO RECANTO 21.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO NA FORMA DE TAPA-BURACO, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 231, NO BAIRRO MIRANDÓPOLIS,, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REMOÇÃO DA LIXEIRA COLETIVA, NA SUBIDA DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A SUBSTITUIÇÃO DE DUAS LÂMPADAS, NA RUA HUMBERTO AMARAL.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A PINTURA DA FAIXA DE PEDESTRE NA RUA PEDRO MONTEIRO</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O AUMENTO NA FREQUÊNCIA DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AMPLIE O ATENDIMENTO DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE A EDUCAÇÃO DE JOVENS E ADULTOS NA ESCOLA MUNICIPAL CARLOS CAMPOS DE FARIAS NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO DE TAPA BURACO E A LIMPEZA NA RODOVIA RJ 59 QUATIS X FLORIANO.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO BUEIRO NA RUA CORONEL ALFREDO SOARES DE OLIVEIRA, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA ELOMIR NOGUEIRA DA SILVA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO A COLOCAÇÃO DE LUMINÁRIA PÚBLICA NA MINA D'AGUA EM FRENTE A IGREJA CATÓLICA NOSSA SENHORA APARECIDA, NO BAIRRO AGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O AJUSTE NA PLACA DE TRANSITO EM FRENTE AO FORTE MATERIAL DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DOS QUEBRA-MOLAS E REDUTORES DE VELOCIDADE DO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INCLUA OS FUNCIONÁRIOS TERCEIRIZADOS, SERVIDORES CONTRATADOS E ESTAGIÁRIOS NO REAJUSTE PROPOSTO NA MENSAGEM N. 006/2025 DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLATAÇÃO DE PONTO FÍSICO  CARREGAMENTO  DE CELULAR EM NOSSO MUNICÍPIO .</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CUMPRIMENTO DO DECRETO 3206  05 DE JUNHO DE 2023 QUE TRATA SOBRE A EQUIPARAÇÃO DE CARGOS DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DE UMA ÁRVORE NA RUA MARIA APARECIDA  MOREIRA, EM FRENTE AO NUMERO 200,NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A IMPLNTAÇÃO DE UM PROGRAMA DE JOGOS ESTUDANTIS.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA IMPLATADO NO MUNICPIO O PROGRAMA COLONIA DE FÉRIAS.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E RETIRADA DE ENTULHOS NOS BAIRROS BARRINHA, PILOTOS E MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE ÔNIBUS ESCOLAR PARA A CRECHE MUNICIPAL PROFESSORA CONCEIÇÃO APARECIDA VIEIRA PENA, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA FEITO O AJUSTE NA ALTURA DA BARRA DA TRAVESSA AGNELO ROSSI, PARA QUE SEJA VIABILIZADO A ENTRADA DE AMBULÂNCIA NO LOCAL.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A FISCALIZAÇÃO DAS ESTRUTURAS INTERNAS DAS MORADIAS EM TORNO DA OBRA NA TRAVESSA AGNELO ROSSI.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RENOVAÇÃO DO CONVÊNIO COM O CIRAC.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM QUEBRA-MOLAS NA RUA TATIANA APARECIDA BATISTA, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADOTE A ACESSIBILIDADE PARA PESSOAS COM DEFICIÊNCIA VISUAL E COM BAIXA VISÃO NAS COMUNICAÇÕES VIA REDE SOCIAL DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA LOMBADA NA ESTRADA QUATIS -AMPARO NA ALTURA DO N 531</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE REALIZAR CURSOS PROFISSIONALIZANTE GRATIUTOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO O DESENTUPIMENTO DE UM BUEIRO NA RUA ALFREDO SAMPAIO, EM FRENTE AO NÚMERO 67. NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA CONTRATAÇÃO DO MÉDICO DENTISTA BUCOMAXILO.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA OBRA PARA CONTENÇÃO E REDIRECIONAMENTO DA REDE FLUVIAL NA RUA 5 DO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA  REALIZADO O DESENTUPIMENTO DE DOIS BUEIROS, NA RUA ALFREDO SAMPAIO, NÚMERO 147. NA FRENTE DA CASA NÚMERO 6, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA PARCERIA ENTRE O PROJETO ESPORTE MAIS SAÚDE E A GUARDA CIVIL MUNICIPAL VISANDO A MELHORIA DO CONDICIONAMENTO FÍSICO DOS SERVIDORES PÚBLICOS DESSA ÁREA.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE MANUTENÇÃO E REFORMA E INSTALAÇÃO DE LIXEIRAS EM PONTOS DE ÔNIBUS</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM REFLETOR NA RUA VEREADOR MARCONDES FERRAZ/RJ 143, EM FRENTE AO NÚMERO 1187, NO BAIRRO ÁGUA ESPALHADA, QUATIS-RJ.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE PROJETO PARA CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O_x000D_
 DESENTUPIMENTO DO BUEIRO LOCALIZADO NA_x000D_
 RUA ANTÔNIO POLASTRl.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O ASFALTAMENTO NA TRAVESSA HIBISCO NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIEM UM DESGASTE NO SOLO QUE ESTÁ CEDENDO NA AV. AUGUSTO SVERBERY, NO BAIRRO NOSSA SENHORA DO ROSÁRIO EM FRENTE À RESIDÊNCIA DE NÚMERO 58, QUE AOS POUCOS VEM AFUNDANDO PODENDO CAUSAR DANOS GRAVES NAS RESIDÊNCIAS PRÓXIMAS.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADO A VIABILIDADE DE LOCAÇÃO OU CONTRATO COM RESIDÊNCIAS OU LOCAIS DE FESTA QUE TENHAM PISCINAS, PARA ATENDER O PROJETO ESPORTE É MAIS SAÚDE.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA QUATIS – GLICÉRIA, NO TRECHO QUE VAI PARA A FAZENDA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENCAMINHE AS INFORMAÇÕES SOBRE OS TRAMITES DAS PREVISÕES DE DATA DE PAGAMENTO DO PROCESSO DE INSALUBRIDADE DOS FUNCIONÁRIO PÚBLICO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PODA DE UMA ÁRVORE, LOCALIZADA NA RUA B, NO BAIRRO ALTO PARAÍSO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA NA ESTRADA QUATIS-ROMA, NO BAIRRO BONDAROVSKY, EM QUATIS.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA PARCERIA COM CASAS DE RECUPERAÇÃO ÀS PESSOAS COM DEPENDÊNCIA QUÍMICA.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DIVULGUE A PREP E A PEP NOS EQUIPAMENTOS MUNICIPAIS E PROJETOS MUNICIPAIS COMO ESTRATÉGIA DE COMBATE ÀS ISTS E AIDS.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE DE IMPLATAÇÃO DE UM ASILO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO, NA QUADRA POLIESPORTIVA DO BAIRRO MIRANDÓPOLIS,QUATIS-R.J.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A_x000D_
 REALIZAÇÃO DE VISTORlA PELA VIGILÂNCIA_x000D_
 SANITÁRlA E A NOTIFICAÇÃO DOS_x000D_
 PROPRIETÁRIOS PARA LIMPEZA DE TERRENOS_x000D_
 NO BAIRRO POLASTRI.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DE CALÇADA DANIFICADA NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA CAMPANHA SOBRE A TEMÁTICA DA ENDOMETRIOSE E DE UM LEVANETAMENTO DE DADOS SOBRE A DEMANDA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ESTUDO NA RUA SALVADOR BARBOSA LIMA, EM FRENTE AO NÚMERO 133, BAIRRO MIRANDÓPOLIS, QUATIS-R.J. LOCAL ONDE OS MORADORES REQUEREM A VERIFICAÇÃO DO ASFALTO QUE ESTÁ CEDENDO, JUNTO A UMA TAMPA DE CIMENTO DE CANALIZAÇÃO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA CONTRATAÇÃO DE UM PROFISSIONAL DE MUSICOTERAPIA.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL E AO ÓRGÃO COMPETENTE QUE SEJA FEITA A REMOÇÃO DE COLMEIA DE ABELHAS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE UM GUARDA PARA ORGANIZAÇÃO DO TRÂNSITO NA RUA VÍTOR MARCONDES SAMPAIO, PRÓXIMO A CASA DOS CEREAIS, NO HORÁRIO DE PICO.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CAMPANHA CONTRA O RACISMO EM TODAS  AS ESCOLAS  MUNICIPAIS ,ESTADUAIS E PARTICULARES NA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE UMA COLMÉIA,  LOCALIZADA EM UMA ÁRVORE , NA RUA MARIA APARECIDA MOREIRA, NÚMERO 255, BAIRRO MIRANDÓPOLIS, QUATIS - R.,J.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PROVIDÊNCIAS PARA A UNIDADE DE SAÚDE ESF II MARIA DA GLÓRIA SILVA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA RUA 5B, NO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ASFALTAMENTO DA RUA 5B, NO BAIRRO SÃO JOSÉ 2.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AMPLIE CONTRATUALMENTE O HORÁRIO DE ATENDIMENTO DO CAMINHÃO DE COLETA SELETIVA DE LIXOS RECICLÁVEIS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISTRIBUIÇÃO EM AMBITO MUNICIPAL E DISTRITO A ENTREGAR DE ABSORVENTE HIGIENICO PARA MULHERES DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  O CALÇAMENTO  E ACABAMENTO, LOCALIZADO NA AVENIDA EUCLIDES ALVES GUIMARÁES COTIA, EM FRENTE A OFICINA MECÂNICA QUATRO RODAS, ATÉ O FINAL DA CALÇADA.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DO CAMPINHO DE FUTEBOL E PARQUINHO DAS CRIANÇAS, EM JOAQUIM LEITE, DISTRITO DE QUATIS-R.J;</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A_x000D_
 NECESSIDADE DE REALIZAÇÃO DE OPERAÇÃO_x000D_
 TAPA-BURACO NA RUA ANTÔNlO POLASTRl, EM_x000D_
 FRENTE AO NÚMERO 379, NO BAIRRO POLASTRl.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DO SERVIÇO DE TAPA-BURACO NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, EM QUATIS.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE SERVIÇOS DE TAPA-BURACOS NA RODOVIA RJ-159 (QUATIS FLORIANO).</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO NA REDE DE ESGOTO NA RUA NALDIR LARANJEIRAS BATISTA, PRÓXIMO AO Nº 08, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL SEJA OFICIADO A EMPRESA LIGHT, PARA QUE PROVIDENCIE A RETIRADA DE UMA PLANTA CONHECIDA COMO " TREPADEIRA ", DA FIAÇÃO ELÉTRICA, QUE SE ESTENDEU PARA O POSTE DA REDE ELÉTRICA, NA RUA ELONIR NOGUEIRA DA SILVA ,  Nº34, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE NO MULTIRÃO DE RETIRADA DE ENTULHO TENHA UMA AÇÃO VOLTADA AOS ENTULHOS E LIXOS RECICLÁVEIS EM PARCERIA COM A COOPCAQ.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A INSTALAÇÃO DE UMA LUMINÁRIA PÚBLICA NA RUA MARIO BARROS TEIXEIRA  FRANCO ,NO BAIRRO PILOTOS,EM QUATIS.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTINUAÇÃO DA MANUTENÇÃO NA ESTRADA  QUATIS-GLICÉRIO.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA LOMBADA NA RUA ELOMIR NOGUEIRA DA SILVA , NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UMA ILUMINAÇÃO DE ALTA QUALIDADE NO PARQUE DA CIDADE  NO BAIRRO POLLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE FAÇA UM ESTUDO DE VIABILIDADE DA PRESENÇA OSTENSIVA DA POLÍCIA MILITAR E DA GUARDA MUNICIPAL , PARA QUE SE FAÇA UMA RONDA DIURNA E NOTURNA ,, NO PARQUE DA CIDADE , NO BAIRRO POLLASTRI,  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A MANUTENÇÃO E DESENTUPIMENTO DE DOIS BUEIROS ENTUPIDOS  E TROCA DE TAMPAS, QUE ENCONTRAM-SE QUEBRADAS, NA RUA ISAAC MARCONDES SAMPAIO, EM FRENTE AOS NÚMEROS 225 E 235, NO BAIRRO POLLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA CÂMERA DE SEGURANÇA NO COLÉGIO EDMEA, DIRECIONADA AO ESF III - ANA GLEICE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE MANUTENÇÃO DA VIA PÚBLICA E CALÇADAS AVARIADAS PELO TRABALHO DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO O REFORÇO DE SEGURANÇA PARA O CIEP MUNICIPALIZADO MARCIANA MACHADO DE EIAS ATRAVÉS DA ATUAÇÃO DA GUARDA-MUNICIPAL.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PARA QUE PROVIDENCIE A RESTAURAÇÃO DA INFRAESTRUTURA  DO ASFALTO  QUE SOFREU UM SOLAPAMENTO NA RUA AUGUSTO SVERBERY, EM FRENTE AO NÚMERO 58. BAIRRO NOSSA SENHORA DO ROSÁRIO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA ESTRADA RUAL DO LATICÍNIO PRIMAVERA.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETOMADA DO PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS), VISANDO O PARCELAMENTO DE DÍVIDAS E TRIBUTOS MUNICIPAIS, BEM COMO A CONCESSÃO DE DESCONTOS SOBRE ENCARGOS E MULTAS.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ENVIO DE UM OFÍCIO AO 37º BATALHÃO, PEDINDO O AUMENTO DO EFETIVO POLICIAL NA ZONA RURAL.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE TOME AS DEVIDAS PROVIDÊNCIAS NO TERRENO LOCALIZADO NA RUA C, NO LOTEAMENTO CÉU AZUL, EM QUATIS.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VIABILIDADE PARA A AMPLIAÇÃO DA NATAÇÃO INCLUSIVA A TODAS AS PESSOAS COM DEFICIENCIA DO MUNICÍPIO E DISTRITO DE QUATIS.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UMA VISTORIA NA RUA AMÉLIA DE CARVALHO POLLASTRI, EM FRENTE AO NÚMERO 194, BAIRRO JARDIM POLASTRI, QUATIS-R.J., ONDE ENCONTRA-SE UM POSTE DE REDE ELÉTRICA COM RISCO DE QUEDA.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PINTADO A FAIXA DE PEDESTRE , NA AVENIDA EUCLIDES ALVES GUIMARÂES  COTIA , NO BAIRRO CENTRO, EM QUATIS-R.J. PRÓXIMO AO PONTO DE ÔNIBUS  E A HORTA MUNICIPAL.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECUPERAÇÃO DE UMA AMBULÂNCIA PARA ADAPTÁ-LA PARA USO EXCLUSIVO DA DIVISÃO DE SAÚDE E BEM-ESTAR ANIMAL DA SECRETARIA MUNICIPAL DE SAÚDE COMO AMBULÂNCIA VETERINÁRIA.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DAS CORRENTES DOS ESTACIONAMENTOS DOS QUIOSQUES, DA PRAÇA TEIXEIRA BRANDÃO, ANTES DAS 18 HORAS.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM ESTUDO DE VIABILIDADE PARA ELABORAÇÃO DE UM PROJETO DE LEI QUE DISPÕE  SOBRE AUXÍLIO NO TRANSPORTE DE MUDANÇAS SOCIAL.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ELABORE, JUNTO AO ÓRGÃO COMPETENTE, UM CONVÊNIO OU TERMO DE COOPERAÇÃO COM A PREFEITURA MUNICIPAL DE RESENDE, COM O OBJETIVO DE COIBIR A CIRCULAÇÃO DE MOTOCICLETAS COM ESCAPAMENTOS ADULTERADOS NA CIDADE.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA ENVIADO UM OFICÍO AO GOVERNO DO ESTADO SOLICITANDO A MANUTENÇÃO DA ESTRADA FALÇÃO-PASSA VINTE.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A VERIFICAÇÃO DE UM POSTE DE ENERGIA  ELÉTRICA NA RUA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 184. BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A PODA DE UMA ÁRVORE,  NA RUA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 194, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DE UMA ÁRVORE NO MEIO DA RUA ANA AMÉLIA DE CARVALHO POLASTRI, EM FRENTE AO NÚMERO 145, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM CONVÊNIO COM HOSPITAIS MAIS PRÓXIMOS PARA AQUISIÇÃO DE MAIS LEITOS NO CTI.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PACTO DE COOPERAÇÃO COM RESENDE PARA ATENDIMENTO AS NECESSIDADES BÁSICAS DA COMUNIDADE DA RUA DA PALHA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM "QUEBRA-MOLAS", NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO NÚMERO 105, BAIRRO SÃO BENEDITO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO E UTILIZAÇÃO DE DRONES NO COMBATE AO DESMATAMENTO IRREGULAR EM QUATIS.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE REFORMAS ESTRUTURAIS E DESENVLVA AÇÕES DE VALORIZAÇÃO ÀS CUIDADORAS NO CMEI.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E A REFORMA DA QUADRA DE ESPORTE NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZAR UMA ROÇADA E A LIMPEZA DA ESTRADA  QUATIS x FALÇÃO RJ159.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE, NO PARQUE DA CIDADE.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA-BURACO NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE ESTUDO PARA IMPLANTAÇÃO DE ÁREA DE LAZER NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA E SINALIZAÇÃO PARA EMBARQUE E DESEMBARQUE DE ÔNIBUS ESCOLARES, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE RETIRADA DA ACADEMIA AO AR LIVRE NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO ÁGUA ESPALHADA.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROMOVA CURSO DE QUALIFICAÇÃO PARA PROFISSIONAIS NA REDE MUNICIAPAL DE ENSINO COM FOCO NA IDENTIFICAÇÃO DE CASOS DE ABUSO E EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE A POSSIBILIDADE IMPLENTAÇÃO DO TEMPO INTEGRAL, NAS ESCOLAS DISTRITAIAS, A SABER:CARLOS DE FARIA NO DISTRITO DE FALÇÃO E ANÉSIA ALVES DE OLIVEIRA NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SEJA REALIZADO UM ESTUDO DE VIABILIDADE  NA RUA EUCLIDES ALVES GUIMARÂES COTIA, NO ESTACIONAMENTO DA ESCOLA MUNICIPAL PROFESSORA JULIETA PEREIRA SAMPAIO, CENTRO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REFEITA A PINTURA DA FAIXA DE PEDESTRE NA RUA ESTRADA MAJOR JOSÉ ISIDRO, NO CRUZAMENTO PRÓXIMO A EMPRESA SORVETERIA  REMA E A EMPRESA MATERIAL DE CONSTRUÇÃO QUAMAT, EM QUATIS-R;J;</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A ATUALIZAÇÃO DA GRADE DE MEDICAMENTOS DA TABELA REMUNE.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DO SERVIÇO DE TAPA-BURACO NA RUA JOAQUIM COSTA SALGUEIRO, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A VIABILIDADE DE TORNAR OBRIGATÓRIO O USO DE UNIFORMES ESCOLARES EM TODAS AS UNIDADES DE ENSINO DA REDE MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE À VIGILÂNCIA SANITÁRIA A CONTINUIDADE DAS AÇÕES DE FISCALIZAÇÃO NO HOSPITAL SÃO LUCAS.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REFORMA DO PARQUINHO NO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE AO FAZER A LIMPEZA DAS RUAS NO BAIRRO MIRANDÓPOLIS, QUE SEJAM RECOLHIDOS AS SUJEIRAS, ALGUMAS PROVENIENTES DE GALHOS DE ÁRVORES QUE FORAM PODADAS E QUE ESTÃO ESPARRAMADAS PELAS RUAS DO BAIRRO, ORIGINANDO ACÚMULO DE ENTULHOS.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DO PRAZO PARA PAGAMENTO DO IPTU 2025.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM ESTUDO PARA EQUIPARAÇÃO DO PISO ATUAL AO PISO NACIONAL DO AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA COMPETENTE A REALIZAÇÃO DE VISTORIA TÉCNICA E PROVIDÊNCIAS QUANTO AO ROMPIMENTO RECORRENTE DA REDE DE ESGOTO NA RUA SEIS, Nº 51, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DA COBERTURA DE AGENTES COMUNITÁRIOS DE SAÚDE (ACS) NO MUNICÍPIO, COM ATENÇÃO ESPECIAL À RUA VANDERLINO TEIXEIRA LEITE, QUE SE ENCONTRA, APARENTEMENTE, SEM ATENDIMENTO REGULAR DESSE SERVIÇO ESSENCIAL.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA NOVA TAMPA DE BUEIRO NA RUA ALFREDO SAMPAIO, NÚMERO 308, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE DE TRÂNSITO NO INÍCIO DA RUA CAP. ALVIN FONSECA, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J., NO SENTIDO SUBIDA DA RUA, AO LADO ESQUERDO, PARA QUE HAJA UMA FAIXA  AMARELA , NO MEIO FIO, PROIBINDO QUE NO LOCAL, ESTACIONE VEÍCULOS EM GERAL, INCLUINDO ÔNIBUS.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DO CESTO DE BASQUETE, NA QUADRA POLIESPORTIVA DO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE AÇÕES EDUCATIVAS DE COMBATE AO BULLYING NAS UNIDADES ESCOLARES DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REMOÇÃO DAS SINALIZAÇÕES DE VAGAS EXCLUSIVAS PARA IDOSOS E PESSOAS COM DEFICIÊNCIA LOCALIZADAS NA RUA AVELINO BATISTA SOARES, EM FRENTE À ANTIGA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA URBANA NA AVENIDA ROBERTO SILVEIRA, EM QUATIS.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO E LIMPEZA NA RUA CORONEL ALFREDO SOARES DE OLIVEIRA, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE PINTURA DE SINALIZAÇÃO DE “PROIBIDO ESTACIONAR” NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA TELA DE PROTEÇÃO NAS LATERAIS DA PONTE LOCALIZADA NA RUA CEL. ALFREDO SOARES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf</t>
   </si>
   <si>
     <t>INDICA A MESA DIRETORA DA CÂMARA MUNICIPAL DE QUATIS A CRIAÇÃO DE UMA MEDALHA DE MÉRITO AO PRODUTOR E PRODUTORA RURAL.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE O PROGRAMA CINEMA NAS COMUNIDADES.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE UM CURSO DE ELABORAÇÃO DE PROJETOS CULTURAIS E/OU ESPORTIVOS</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CANALETA NA RUA NALDIR LARANJEIRAS BATISTA, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA A REALIZAÇÃO DE DESENTUPIMENTO DE UM BUEIRO, NA RUA DES. ACÁCIO ARAGÃO, NÚMERO 180, NO BAIRRO JARDIM POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DE REFLETOR QUEIMADO NA ENTRADA DA FEIRA DA ROÇA, EM QUATIS.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ALTERAÇÃO NO FLUXO DA RUA DELFIM FRÓES, NO CENTRO, PARA VIA ÚNICA.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A MANUTENÇÃO E RESTRUTURAÇÃO DA SERVIDÃO FREZOLINA DE BARROS NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REATIVAÇÃO DO CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE RACIAL EM QUATIS.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DESCENTRALIZAÇÃO DO SERVIÇO DE COLETA DE SANGUE, COM A AMPLIAÇÃO DO ATENDIMENTO TAMBÉM NA CLÍNICA DA FAMÍLIA, LOCALIZADA NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA REALIZADO  UM ESTUDO DE VIABILIDADE DA TROCA DE UMA TAMPA DE BUEIRO QUE ESTÁ QUEBRADA, NAS QUADRA DO PARQUE DA CIDADE, NA PARTE DE CIMA DO GOL, NO BAIRRO POLASTRI, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL O RETORNO DO DESFILE CÍVICO DE 7 DE SETEMBRO AO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA DESEMBARGADOR ACÁCIO ARAGÃO, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE LIMPEZA GERAL NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TROCA DE LÂMPADA, NA RUA CAPITÃO ÂNTONIO LOBO, EM FRENTE AO NÚMERO 192, BAIRRO MIRANDÓPOLIS, QUATIS R.J.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A REALIZAÇÃO DE MANUTENÇÃO DOS BUEIROS , DO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONCRETAGEM DAS CALÇADAS NA RUA 1, PRÓXIMO AOS NÚMEROS 70 E 79, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE ESTUDO E ELABORAÇÃO DE PROJETO DE CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL NO BAIRRO MIRANDÓPOLIS, EM QUATIS.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 222, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UMA ÁRVORE NA RUA SALVADOR BARBOSA LIMA, EM FRENTE AO NÚMERO 355, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL  E A SECRETARIA COMPETENTE,   A INSTALAÇÃO DE LIXEIRAS PÚBLICAS , NAS RUAS  DO BAIRRO ÁGUA ESPALHADA, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE AO NÚMERO 380, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REATIVE O PROGRAMA SACOLA VERDE NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O SERVIÇO DE DRENAGEM E MANUTENÇÃO DAS FOSSAS NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE DE VIABILIDADE PARA CRIAÇÃO DE UM PROGRAMA MUNICIPAL DE APOIO AO TRANSPORTE DE FAMILIARES DE PESSOAS EM SITUAÇÃO DE PRIVAÇÃO DE LIBERDADE.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM BALCÃO MUNICIPAL DE EMPRÉSTIMO DE EQUIPAMENTOS ORTOPÉDICOS.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM SISTEMA DE PROTOCOLO ONLINE PARA SOLICITAÇÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE ESPAÇOS PÚBLICOS MULTIGERACIONAIS DE ACESSO À INFORMAÇÃO E NOVAS TECNOLOGIAS NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE PONTOS DE ACESSO GRATUITO À INTERNET EM ESPAÇOS PÚBLICOS E TURÍSTICOS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROJETO DE CONSCIENTIZAÇÃO SOBRE PRESERVAÇÃO E USO ADEQUADO DAS PRAÇAS PÚBLICAS E ESPAÇOS DE LAZER.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE BANHEIRO PÚBLICO E INSTALAÇÃO DE PONTO DE HIDRATAÇÃO NO PARQUE DA CIDADE.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE ESTUDOS PARA REINSTALAÇÃO DA SINALIZAÇÃO DE VELOCIDADE NA RUA APRÍGIO BARBOSA LIMA, PRÓXIMO AO CRUZAMENTO COM A RUA F, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , A FIXAÇÃO DE UMA PLACA DE TRÂNSITO  “ PARE” , NA RUA ISAAC MARCONDES SAMPAIO COM O CRUZAMENTO DA RUA ÂNTONIO POLASTRI, EM FRENTE AO NÚMERO 152, NO BAIRRO POLASTRI, EM QUATIS-R.J, PODENDO SER PINTADA NO CHÃO OU   EM ESTRUTURAS ELEVADAS.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A POSSIBILIDADE DE UM ESTUDO DE VIABILIDADE PARA TER AO LADO DA QUADRA POLIESPORTIVA E NA PRAÇA DO BAIRRO MIRANDÓPOLIS,EM QUATIS-R.J. A INSTALAÇAO DE APARELHOS DE GINÁSTICA  AO AR LIVRE.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE VEÍCULO PARA O DEPARTAMENTO DE FISCALIZAÇÕES DA SECRETARIA MUNICIPAL DE ORDEM URBANA.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DA  TROCA DE TAMPA DE BUEIRO, NA RUA CAPITÃO ALVIM FONSECA, EMFRENTE AO NÚMERO 241, NO BAIRRO MIRANDÓPOLIS, QUATIS-RJ.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TROCA DO REFLETOR EXISTENTE E A INSTALAÇÃO DE MAIS UM REFLETOR NA QUADRA DO BAIRRO PILOTOS, EM QUATIS.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , O ESTUDO DE VIABILIDADE DE COLOCAÇÃO DE LIXEIRAS NOS PONTOS DE ÔNIBUS, EM QUATIS-R.J</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALACÃO  DE PLACAS DE SINALIZAÇÃO , NO CRUZAMENTO DAS RUAS CAPITÃO ALVIN FONSECA E ELONIR NOGUEIRA DA SILVA, EM FRENTE AOS NÚMEROS 76, 138 E 148, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J._x000D_
 _x000D_
 Senhor Presidente,</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA TAMPA QUEBRADA DE ENERGIA ELÉTRICA NA PRAÇA GETÚLIO VARGAS, NO BAIRRO CENTRO,QUATIS-R.J.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UM REDUTOR DE VELOCIDADE , NA RUA ARMANDO HENRIQUE VIEIRA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DESTINADA UMA VAGA DE ESTACIONAMENTO EXCLUSIVA PARA PESSOA COM DEFICIÊNCIA (PCD) EM FRENTE À ESCOLA MUNICIPAL MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A REMOÇÃO DO BAMBUZEIRO LOCALIZADO NO RIBEIRÃO AOS FUNDOS DO CONDOMÍNIO TRAVESSA DUDUCA.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  , A  MELHORIA  DE ILUMINAÇÃO PÚBLICA , NA PRACINHA DO PARQUE  DA CIDADE, NO BAIRRO POLASTRI,QUATIS-R.J.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DA PONTA QUE VAI PARA O SÍTIO RIBEIRÃO VERMELHO NO DISTRITO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 02 REFLETORES NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, E O REPARO/TROCA DE ILUMINAÇÃO NA ENTRADA DA FAZENDA BOM RETIRO, NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , A MELHORIA DE ILUMINAÇÃO PÚBLICA , NA PRACINHA PRÓXIMO DA APAE, NO BAIRRO POLASTRI,QUATIS-R.J..</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf</t>
   </si>
   <si>
     <t>O RETORNO TODAS AS MEDIDA E PROTOCOLO DE LIMPEZA E SEGURANÇA UTILIZADO DURANTE A COVID NAS REDES UNIDADES MUNICIPAIS DE ENSINO</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA , NA RUA MARIA APARECIDA MOREIRA , EM FRENTE AO NÚMERO 100, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA TAMPA DE BUEIRO QUEBRADA, NA RUA LUIZ NÓBREGA SOARES, EM FRENTE AO NÚMERO 45, BAIRRO MIRANDÓPOLIS, QUATIS-R.J</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DA ESCOLA DE GOVERNO NA ADMINISTRAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ADOÇÃO DE MEDIDAS DE PROTEÇÃO E SEGURANÇA NO TRATAMENTO DE DADOS PESSOAIS EM PROCESSOS DE INSCRIÇÃO DE PROGRAMAS PÚBLICOS, EM CONFORMIDADE COM A LGPD), TOMANDO COMO REFERÊNCIA O OCORRIDO NO PROGRAMA GERAÇÃO DA MANHÃ.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE QUALIFICAÇÃO DE PROFISSIONAIS DA REDE MUNICIPAL DE SAÚDE, EDUCAÇÃO E ASSISTÊNCIA SOCIAL EM PRIMEIROS SOCORROS PSICOLÓGICOS.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM NÚCLEO DE APOIO PSICOLÓGICO EM PARCERIA COM AS UNIVERSIDADES DA REGIÃO.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VISTORIA E FISCALIZAÇÃO DE TRÁFEGO DE ÔNIBUS NA ROTATÓRIA DO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E ROÇADA NA ESTRADA RJ-159 QUE DÁ ACESSO AO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REVITALIZAÇÃO DA CALÇADA, NA RUA CEL. ALFREDO SOARES DE OLIVEIRA ,  NA SUBIDA DA PONTINHA E PASSARELA DE ACESSO A LINHA DO TREM, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE  QUE SEJA CERCADO UM TERRENO  PRÓXIMO A PONTE E PASSARELA QUE DÁ ACESSO A LINHA DO TREM, NA RUA CEL. ALFREDO SOARES DE OLIVEIRA, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA À AQUISIÇÃO DE UM IMÓVEL ADEQUADO PARA SER DESTINADO A SEDE DA GUARDA CIVIL MUNICIPAL.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REFORMA E ILUMINAÇÃO DA PONTE LOCALIZADA NA RUA PEDRO MONTEIRO, NO BAIRRO PILOTOS, EM QUATIS.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UM BAMBUZAL, LOCALIZADO NA RUA CAPITÃO ANTONIO LOBO, NÚMERO 280, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UM “QUEBRA-MOLAS”, NA RUA SALVADOR BARBOSA LIMA, EM FRENTE A CASA DE NÚMERO  415, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DIPÕES SOBRE A COLOCAÇÃO DE BANHEIROS QUÍMICOS E CÃMARA DE SEGURANÇA DURANTE A REALIZAÇÃO DO CAMPEONATO NO TERREIRRÃO.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA GARANTIDA A PRESENÇA EFETIVA DE AGENTE COMUNITÁRIO DE SAÚDE NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O MAPEAMENTO CULTURAL MUNICIPAL, CONFORME PREVISTO NO PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE, POR MEIO DOS AGENTES COMUNITÁRIOS DE SAÚDE, REALIZE A MARCAÇÃO DE CONSULTAS MÉDICAS PARA IDOSOS COM DIFICULDADE DE LOCOMOÇÃO.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AUTORIZE A ESPERA DE IDOSOS NO INTERIOR DA CLINICA DA FAMÍLIA</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA E MANUTENÇÃO DO CAMPO DE FUTEBOL E ARREDORES DA IGREJA DO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UMA FAIXA DE PEDESTRE , NA RUA DONA CIRENE, EM FRENTE AO NÚMERO 255, BAIRRO CENTRO,  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE VIABILIDADE DE IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA CARLOS HASSIS, PRÓXIMO AO Nº 227, NO BAIRRO JARDIM POLASTRI, EM QUATIS.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O RETORNO DA GUARDA MUNICIPAL NA RUA CORONEL JOSÉ LEITE, NO TRECHO DA PASSAGEM PARA A VILA, EM QUATIS.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A VISTORIA  EM UM REGISTRO SITUADO NO MEIO DA  RUA JOSÉ MAJOR ISIDRO, EM FRENTE A LOJA DE MATERIAIS DE CONSTRUÇÃO QUAMAT, NÚMERO 06,  NO CENTRO EM QUATIS -R.J.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE UMA FAIXA DE PEDESTRE NO INÍCIO DA RUA  DR. JORGE LISBOA, NO CENTRO DE QUATIS-R.J.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DA ÁRVORE NA RUA TATIANA APARECIDA BATISTA, EM FRENTE AO NÚMERO 205, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECUPERAÇÃO E REPINTURA DE TODAS AS FAIXAS DE PEDESTRES DO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O REPARO DOS REFLETORES DO POSTE LOCALIZADO PRÓXIMO A PONTE NA RUA PEDRO MONTEIRO, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA VICTOR MARCONDES SAMPAIO, NÚMERO 501, BAIRRO SANTO ÂNTONIO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA ALFREDO SAMPAIO, NÚMERO 74, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA CAPITÃO ÂNTONIO LOBO, NÚMERO 260, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAR UM PONTO DE APOIO NO MUNICÍPIO QUATIS VOLTADO AO TAXISTA, MOTOBOYS E MOTORISTA DE APLICATIVO.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PERMANÊNCIA DA GUARDA MUNICIPAL NA ESCOLA MARCIANA MACHADO DE ELIAS CIEP 492 EM QUATIS</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE PARA QUE  A GUARDA MUNICIPAL  REALIZE  RONDA NO BAIRRO JARDIM POLASTRI, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE UMA LÂMPADA NA RUA VITOR MARCONDES SAMPAIO, NÚMERO 454, NO BAIRRO SANTO ÂNTONIO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VIABILIDADE DA COLOCAÇÃO DE MAIS BANCOS NA PRAÇA GETÚLIO VARGAS, NO CENTRO DE QUATIS-R.J.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA ELONIR NOGUEIRA DA SILVA, EM FRENTE A CASA DE NÚMERO 65, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.ONDE O ASFALTO ESTÁ CEDENDO.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM MAPEAMENTO TÉCNICO E SOCIAL DAS RESIDÊNCIAS SITUADAS ÀS MARGENS DE RIBEIRÕES E RIOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UMA ILUMINAÇÃO ADEQUADA NO PONTO DE ÔNIBUS PRÓXIMO A PONTE QUE DÁ ACESSO À PORTO REAL.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE FIRMAR PARCERIAS COM O OBJETIVO DE CRIAR PONTOS DE PARADA E APOIO PARA CAMINHONEIROS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DA SITUAÇÃO DO ABASTECIMENTO DE ÁGUA EM JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DAS VIAS NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO E A SECRETARIA COMPETENTE , A TROCA DE LÂMPADA, NA RUA ISAAC MARCONDES  SAMPAIOEM FRENTE AO NÚMERO 202.NO BAIRRO POLASTRI, QUATIS- R .J.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA CAPITÃO ALVIN FONSECA , EM FRENTE AO NÚMERO 210, BAIRRO MIRANDÓPOLIS , ONDE O ASFALTO CEDEU.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇÃO NA RUA CAPITÃO ÂNTONIO LOBO, ENTRE OS NÚMEROS  DAS CASAS 270 E 290, BAIRRO MIRANDÓPOLIS, QUATIS-R.J.ONDE O ASFALTO  CEDEU.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UMA CAMPANHA DE CONSCIENTIZAÇÃO À SAÚDE DA MULHER.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DUAS LUMINÁRIAS EM DOIS POSTES NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO AO Nº 946, NA BARRINHA.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE PINTURA OU A DEVIDA SINALIZAÇÃO DE PARE NAS PROXIMIDADES DO PÓRTICO DE QUATIS, NA BARRINHA.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA , NA RUA CAPITÃO ALVIN FONSECA, EM FRENTE AO NÚMERO 108, NO BAIRRO MIRANDÓPOLIS, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE ALTERAÇÃO NO FLUXO DA RUA DELFIM FRÓES, NO CENTRO, TRANSFORMANDO-A EM VIA DE SENTIDO ÚNICO.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE QUE SEJA  RENOVADO  AS PINTURAS DOS QUEBRA-MOLAS  E AS PLACAS DE SINALIZAÇÕES, NA ESTRADA QUATIS VARGEM GRANDE, NO SENTIDO DA PONTE NOVA QUE INTERLIGA A ZONA RURAL DE QUATIS COM A ZONA RURAL DE PORTO REAL-R.J.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE UMA ELEVAÇÃO (LOMBADA) COM REDUTOR DE VELOCIDADE E SINALIZAÇÃO HORIZONTAL E VERTICAL DO ESCOAMENTO DE ÁGUAS PLUVIAIS, NO CRUZAMENTO DA RUA AVELINO BATISTA SOARES COM A RUA PROFESSORA PESSOA DE BARROS.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE CALÇADA NO BAIRRO JARDIM INDEPENDÊNCIA, EM QUATIS.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA RUA GEORGETH BARBOSA LEITE, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA REABERTURA DA COLONIA DE FÉRIAS NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE SEJA PROVIDENCIADO O ASFALTAMENTO NA RUA  COMENDADOR MIRANDA  EM FRENTE AO NÚMERO 30, NO BAIRRO  CENTRO , QUATIS-R.J.  NO  FIM DA RUA, SENTIDO PONTE   QUE DÁ ACESSO Á LINHA DO TREM, BEM COMO A COLOÇAÇÃO DE BUEIROS PARA   ESCOAMENTO DA REDE DE ESGOTO E ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PINTURA DE TRÊS  “QUEBRA-MOLAS”, NO DISTRITO DE FALCÃO, EM FRENTE AS CASAS DE NÚMEROS  :157, 254 E 283.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NO BAIRRO ÁGUA ESPRAIADA, NA ESTRADA QUATIS -AMPARO,  EM FRENTE A CASA DE  NÚMERO 1.187, EM QUATIS-R.J._x000D_
 _x000D_
 _x000D_
 Senhor Presidente,</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE PARA QUE  A GUARDA MUNICIPAL E A POLÍCIA MILITAR  REALIZEM  RONDAS NOS BAIRROS DA CIDADE  .</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf</t>
   </si>
   <si>
     <t>INDICA  AO  EXECUTIVO MUNICIPAL  E A SECRETARIA COMPETENTE A REALIZAÇÃO  DE VISTORIA NA PONTE  DA RUA COMENDADOR MIRANDA, NO  BAIRRO CENTRO,   EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE UM ÁRVORE E  DE UM BAMBUZAL, NA RUA COMENDADOR MIRANDA , EM FRENTE A PONTE, NO BAIRRO CENTRO,EM  QUATIS-R.J..</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>INDICA      AO EXECUTIVO MUNICIPAL E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA NA RUA CAPITÃO ALVIM FONSECA EM FRENTE AO NÚMERO 138, BAIRRO MIRANDÓPOLIS,  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE OBRAS DE MANUTENÇÃO NA ESTRADA QUATIS- BOM RETIRO N.1190 COMO CONSERTO TRECHO ASFÁLTICO DANIFICADO LIMPEZA, ROÇADA E CAPINA DAS MARGENS DA ESTRADA.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALACÃO  DE NOVAS PLACAS DE SINALIZAÇÃO , NA RUA ANTÕNIO POLASTRI, EM FRENTE AO NÚMERO 544, NO BAIRRO  JARDIM POLASTRI,  EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A COLOCAÇÃO DE UMA FAIXA DE PEDESTRES , EM FRENTE AO DEPÓSITO E COMÉRCIO  DE NÚMERO 128, NA RUA CORONEL JOSÉ LEITE, EM  QUATIS-R.J</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE TAPA-BURACO NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, PRÓXIMO A BARBEARIA PASSA VINTE, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PROMOVER UMA CAMPANHA MUNICIPAL DE MULTIVACINAÇÃO.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    AA COLOCAÇÃO DE UM BEBEDOURO  , DO LADO DE FORA ,NO CAMPO    DENOMINADO TERREIRÃO , EM  QUATIS/ RJ.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE , NA RUA CORONEL JOSÉ LEITE EM  QUATIS -R.J. EM TODA SUA EXTENSÃO, HAJA  PONTOS  APROPRIADOS PARA  CARGA E DESCARGA  DE MERCADORIAS, QUATIS-R.J</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NO BAIRRO ÁGUA ESPRAIADA, NA ESTRADA QUATIS -AMPARO,  EM FRENTE A CASA DE  NÚMERO 1.187, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADAS, NA RUA  ELONIR NOGUEIRA DA SILVA, EM FRENTE AOS NÚMEROS  138 , 392, E   POSTES PRÓXIMOS DA BORRCHARIA  E DO MURO BRANCO,E DO BAR DO JUAREZ, NO BAIRRO MIRANDÓPOLIS EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    A INSTALAÇÃO  DE QUEBRA- MOLAS  NA RUA WANDERLINO TEIXEIRA LEITE, EM FRENTE AO NÚMERO 120, NO      BAIRRO  SÃO       BENEDITO _x000D_
 EM QUATIS/ R.J.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DE COMPRAS DE BANHEIROS QUÍMICOS PARA MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE BANHEIROS NO CAMPO TERREIRRÃO.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E  A SECRETARIA COMPETENTE A REALIZAÇÃO DE TAPA  BURACO , PRÓXIMO DA PRAÇA DOS EXPEDICIONÁRIOS,  NO CENTRO, EM FRENTE AO DEPÓSITO DE BEBIDAS, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALAÇAO DE UM REDUTOR DE VELOCIDADE  NA AVENIDA EUCLIDES ALVES GUIMARÂES COTIA, NO BAIRRO  CENTRO, EM  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM ESTUDO DE INSTALAÇÃO DE PLACA DE REDUÇÃO E QUEBRA-MOLAS NA ESTRADA QUATIS – GLICÉRIO, EM QUATIS.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REFORMA NA PRAÇA IDALK CÂNDIDO DE PAIVA, NO DISTRITO DE FALCÃO, EM QUATIS.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REINDICAÇÃO DA REALIZAÇÃO DE PINTURA OU A DEVIDA SINALIZAÇÃO DE PARE NAS PROXIMIDADES DO PÓRTICO DE QUATIS, NA BARRINHA.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE REPINTURA DAS VAGAS DE ESTACIONAMENTO NA RUA PROFESSOR PESSOA DE BARROS, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLICITAÇÃO DO RETORNO DA PATRULHA RURAL NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA-BURACO NA RUA PROFESSOR PESSOA DE BARROS, PRÓXIMO AO NÚMERO 175, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA NA ESTRADA QUATIS – VARGEM GRANDE, SENTIDO A PONTE NOVA (QUATIS – PORTO REAL).</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA NO ENTORNO DO RIO DA PONTE NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM GUARDA-CORPO NA PONTE LOCALIZADA NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VERIFICAÇÃO DE ILUMINAÇÃO NO VESTIÁRIO DO CAMPO DE FUTEBOL, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A VERIFICAÇAO   DE UMA CRATERA NA ESTRADA DO DISTRITO DE SÃO JOAQUIM , DEPOIS DO VIADUTO DA FERROVIA ,  EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA COMENDADOR MIRANDA ,  EM FRENTE AO NÚMERO 6, NO BAIRRO CENTRO,  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM DEPARTAMENTO PARA UMA POLÍTICA MUNICIPAL PARA PESSOA IDOSA.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE IMPLEMENTE UM BANCO DE DADOS DA PESSOA IDOSA.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A CRIAÇÃO DE UM ESPAÇO FÍSICO DE CONVIVÊNCIA ÀS PESSOAS IDOSAS.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE MEIOS PARA IMPLEMENTAÇÃO DA LEI 1.341/2025.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE UMA POLITICA PÚBLICA SEMELHANTE AO POUPA TEMPO DE SÃO PAULO EM QUATIS.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE LIMPEZA EM TODAS AS CAIXAS D’ÁGUA DAS ESCOLAS E DOS POSTOS DE SAÚDE DO MUNICÍPIO E DOS DISTRITOS DE QUATIS.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE TAPA-BURACOS NA RODOVIA RJ-159 (QUATIS - FLORIANO).</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL IMPLANTAÇÃO DO PROGRAMA SOLIDÁRIO NATAL DE ESPERANÇA E DISTRIBUIÇÃO DE CESTAS BÁSICAS NATALINAS E BRINQUEDOS.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇO DE TAPA-BURACO NA CICLOVIA DA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA E DESOBSTRUÇÃO DO RIBEIRÃO DOS QUATIS NA ALTURA DA PONTE QUE LIGA O CENTRO DOS BAIRROS ACIMA DA LINHA DE TREM.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA , ROÇADA E CAPINA  NOS BAIRROS  EM  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A  LIMPEZA E DESOBSTRUÇÃO DO RIBEIRÃO DOS  QUATIS NA ALTURA DA PONTE QUE LIGA O  CENTRO DOS BAIRROS ACIMA DA LINHA DE  TREM.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE ESTRUTRA PARA APLICAÇÃO DA LEI MUNICIPAL 1.341/2025.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REGULARIZE O PAGAMENTO DO CIRAC.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FISCALIZE A ACESSIBILIDADE NOS TÁXIS DE QUATIS.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTENSIFIQUE A FISCALIZAÇÃO E CONTROLE DO USO E COMPRAS DE FOGOS DE ARTIFÍCIO EM QUATIS</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A INSTALE UM BEBEDOURO NO POSTO DE SAÚDE DO DISTRITO DE FALCÃO, GARANTINDO ACESSO À HIDRATAÇÃO ADEQUADA DE USUÁRIOS E SERVIDORES.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E  A SECRETARIA COMPETENTE A REALIZAÇÃO DE TAPA  BURACO , PRÓXIMO DA PRAÇA DR. TEIXEIRA BRANDÃO, EM FRENTE AO NUMERO 100, ONDE LOCALIZA-SE A FARMÁCIA QUATIS, NO BAIRRO CENTRO ,EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A ADESÃO DO PLANO DE JUVENTUDE NEGRA VIVA E PLANO DE CIDADE ANTIRRACISTA</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A AQUISIÇÃO DE MEDICAMENTOS SEJAM REALIZADAS DIRETAMENTE PELO CNPJ DO ÓRGÃO PÚBLICO PARA APLICAÇÃO DO COEFICIENTE DE ADEQUAÇÃO DE PREÇOS (CAP)</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE COBERTURA DA MINA D’ÁGUA NO FINAL DO BAIRRO ÁGUA ESPRAIADA, EM QUATIS.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM ESTUDO PARA O AUMENTO DA COLETA DE LIXO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A LIMPEZA DA FONTE DE ÁGUA DENOMINADA ANTÔNIO JACINTO SAMPAIO  FILHO, NO BAIRRO CENTRO , EM QUATIS-R.J</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A REALIZAÇÃO DE UM ESTUDO DE VIABILIDADE DE INSTALAÇAO DE UM BANHEIRO PÚBLICO, NA FONTE DE ÁGUA OFICIALMENTE DENOMINADA ANTÔNIO JACINTO SAMPAIO FILHO, NO BAIRRO CENTRO, EM QUATIS-R.J.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A INSTALAÇAO DE PLACAS PROIBINDO PASSAGEM DE MOTO, NA _x000D_
 PONTE DE MADEIRA NA LOCALIDADE CONHECIDA COMO BIQUINHA NO CENTRO  PRÓXIMO A FONTE DE ÁGUA OFICIALMENTE DENOMINADA ANTÔNIO JACINTO SAMPAIO FILHO, NO BAIRRO CENTRO, EM QUATIS-R.J._x000D_
 _x000D_
 Senhor Presidente,</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE QUE SEJA REALIZADO ESTUDO DE VIABILIDADE  DE PLACAS DE SINALIZAÇÃO NA LOCALIDADE CONHECIDA COMO BIQUINHA, NO CENTRO DE QUATIS-R.J.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE FAIXA DE PEDESTRE ELEVADA NA RUA DA PALHA NO DISTRITO DE FALCÃO</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE A INSTALE UM REDUTOR DE VELOCIDADE NA RUA JAIME CAETANO DE OLIVEIRA, NO BAIRRO BONDAROWSKY.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE ÁRVORE , NA AVENIDA EUCLIDES ALVES GUIMARÂES COTIA, EM FRENTE AO NÚMERO 310, NO  BAIRRO   CENTRO, EM  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL   E A SECRETARIA COMPETENTE A PODA DE ÁRVORE , NA RUA CAPITÃO ANTÔNIO LOBO, NUMERO 75, NO  BAIRRO   MIRANDÓPOLIS, EM  QUATIS-R.J.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SOLUÇÃO DO ALAGAMENTO EM FRENTE AO GALPÃO DA ARTE MÓVEIS, NA AVENIDA ROBERTO SILVEIRA, NO BAIRRO BARRINHA, EM QUATIS.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECOLOCAÇÃO DA PLACA DE “PROIBIDO ESTACIONAR” QUE SE ENCONTRA CAÍDA NA RUA NOSSA SENHORA DO ROSÁRIO, NO CENTRO DE QUATIS.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>INDICA       AO    EXECUTIVO         MUNICIPAL    E A SECRETARIA COMPETENTE A TROCA DE LÂMPADA, NA RUA AFONSO DE FREITAS LUSTOSA, EM FRENTE AOS NÚMEROS 145 E 195 , BAIRRO NOSSA SENHORA DO ROSÁRIO, QUATIS-R.J.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA HILDA GAMA RODRIGUES.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO “ROSA IDALINA NUNES DE MACEDO” À SENHORA MARTHA LEIS CHIANELLI.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO Á SENHORA  CLEUZA MARIA DE SOUZA.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR BENEDITO BRITO COUTINHO.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO AFONSO SALES MOREIRA DA SILVA.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ALICE DA SILVA ELIAS.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ANA CLARA MOURA GONÇALVES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À ALUNA ANA LUIZA MARTINS ANTÔNIO DE MOURA.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
@@ -4719,1449 +4719,1449 @@
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO NATAN PIRES MENDES GILLY.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO RUAN PABLO AVELAR DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO ALUNO LUÍS GABRIEL DA SILVA AZEVEDO.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR RODRIGO GONÇALVES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PADRE CLÉSIO ALVES VIEIRA.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MIGUEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR HUGO RIGOTTI.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MANOEL FRANCISCO DA SILVA.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO À SERVIDORA PÚBLICA MUNICIPAL SRª. GARDENIA LAMEGO DA SILVA.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA DIONISIA MARIA SILVA DE MATTOS.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO MUNICIPAL SR. ANDERSON HONÓRIO LIMA.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA ROBERTA ADRIANA CAMPOS.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR JOSÉ AUGUSTO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA CÁTIA VALÉRIA DA SILVA</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO ESTADUAL SR. FRANCIS RODRIGUES SANT´ANNA.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA REGINA MARIA DE FREITAS MIRANDA.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SAMUEL ELIAS DE BEM.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO CÉSAR BALTAZAR DA NÓBREGA.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR MARCELO MONTEIRO DOS SANTOS.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf</t>
   </si>
   <si>
     <t>REQUER	MOÇÃO	DE	CONGRATULAÇÃO	À SENHORA ANA CAROLINA DE ARAUJO RIBEIRO.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PEDRO HENRIQUE SANTOS DIAS.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA TAIANE ALVES DOS SANTOS MOREIRA.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA MARIA EDUARDA DE OLIVEIRA LEITE PORTO.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O HORÁRIO DAS SESSÕES ORDINÁRIAS NA CÂMARA MUNICIPAL DE QUATIS – RJ.”</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf</t>
   </si>
   <si>
     <t>“COMPATIBILIZA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE QUATIS COM A NOVA REDAÇÃO DO INCISO XIX DO ART.45 DA LEI ORGÂNICA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O VESTUÁRIO COMPATÍVEL COM O AMBIENTE DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf</t>
   </si>
   <si>
     <t>“COMPATIBILIZA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE QUATIS COM O INCISO VI DO ART.54-A DA LEI ORGÂNICA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O §1º DO ART. 9º DA RESOLUÇÃO 002/2023 QUE REGULAMENTA A CONCESSÃO DE DIÁRIAS PELA CÂMARA MUNICIPAL DE QUATIS – RJ.”</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA “CINE SHOW” NA CÂMARA MUNICIPAL DE QUATIS – RJ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A LEI FEDERAL Nº 14.129/2021, DISPONDO SOBRE PRINCÍPIOS, REGRAS E INSTRUMENTOS PARA O GOVERNO DIGITAL E PARA O AUMENTO DA EFICIÊNCIA PÚBLICA NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS”.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DAR BAIXA DE BENS INTEGRANTES DO PATRIMÔNIO DESTA CASA DE LEIS".</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONSOLIDAÇÃO DAS NORMAS DE HOMENAGEM AO SERVIDOR PÚBLICO, INSTITUI NOVAS HONRARIAS NO ÂMBITO DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf</t>
   </si>
   <si>
     <t>"REGULA O PROCESSO ADMINISTRATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O PROCEDIMENTO AUXILIAR DE CREDENCIAMENTO PARA CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO, NOS TERMOS DOS ARTS. 74, IV, 78, I, E 79 DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS"</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 32 E PARÁGRAFOS DA RESOLUÇÃO Nº 005/2023, QUE REGULAMENTA A APLICAÇÃO DA LEI FEDERAL Nº 14.133/2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS."</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE À SENHORA MARILZA TEIXEIRA GUEDES DA SILVA.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR MARCIO NOGUEIRA MENDONÇA.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA TÂNIA FRANCO ALVES D'ELIAS.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FAUSTINO PINHEIRO AO SENHOR PREFEITO ALUÍSIO MAX ALVES D'ELIAS.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf</t>
   </si>
   <si>
     <t>“CONCEDE MEDALHA PROFESSOR EMÉRITO AO SENHOR JOSÉ ARCANJO DO NASCIMENTO.”</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR ISRAEL WESLEY DA CUNHA".</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR THIAGO SALLES GOMES DA SILVA".</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO QUATIENSE AO SENHOR THIAGO SOUZA PASCHOAL".</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JÚLIO CESAR ALVES DA ROCHA.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE A SENHORA MARIA DAS DORES SILVA SOUZA."</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ANDERSON FRANCO DA SILVA.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ ANTÔNIO DE SOUZA TEIXEIRA JUNIOR.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LEONARDO DA SILVA.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FUNCIONÁRIO PADRÃO AO SENHOR DR. ADVOGADO CÉLIO ALVES NETO.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PATRICK PAULINO CAMPOS."</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOSÉ JORGE DE PAULA."</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR MAIKON LUIS PEREIRA."</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ALEXSSANDER KASUO NOKAI,</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>CONCEDE  TÍTULO DE CIDADÃ QUATIENSE A SENHORA CLAUDIA JULIANA DE OLIVEIRA VICENTE.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA EMPRESÁRIO EMPREENDEDOR AO SENHOR ALEXSANDRO DOS SANTOS GRAZIEL.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR VINICIUS ADALBERTO COSTA SILVA.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf</t>
   </si>
   <si>
     <t>" CONCEDE MEDALHA DE PROFISSIONAL EMÉRITO A SENHORA JOANA D´ARC DA SILVA".</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA FANNY APARECIDA FERNANDES DIAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA TEREZA APARECIDA MENDES DE MORAES.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Quatiense a Senhora Rosângela Reis dos Santos</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PADRE CLÉSIO ALVES VIEIRA.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D?ELIAS, REFERENTE AO EXERCÍCIO DE 2023."</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, JOSÉ LAERTE D?ELIAS, REFERENTE AO EXERCÍCIO DE 2004''.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLEMENTAÇÃO DE PROGRAMAS DE EDUCAÇÃO PARA O TRÂNSITO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DE DISPOSITIVOS DE SEGURANÇA PREVENTIVA, CONHECIDOS COMO “BOTÃO DO PÂNICO”, NAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE ENSINO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>Alex D'Elias, Udson Bombom</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONSTRUÇÃO DE MONUMENTO A BÍBLIA, NA PRAÇA DOUTOR TEIXEIRA BRANDÃO – CENTRO – QUATIS.”</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DA COMERCIALIZAÇÃO, INSTALAÇÃO E USO DE ESCAPAMENTOS ADULTERADOS, EM DESCONFORMIDADE COM AS ESPECIFICAÇÕES DE FÁBRICA, BEM COMO SOBRE A EMISSÃO DE RUÍDOS EXCESSIVOS POR VEÍCULOS AUTOMOTORES, NO MUNICÍPIO DE QUATIS/RJ E ESTABELECE PROCEDIMENTOS, SANÇÕES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONCESSÃO DE SUBSÍDIO TARIFÁRIO NOS SERVIÇOS PÚBLICOS DE TRANSPORTE COLETIVO DE PASSAGEIROS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS/RJ, A SE FILIAR E CELEBRAR PARCERIA COM A UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO DO ESTADO DO RIO DE JANEIRO – UNDIME/RJ, ASSOCIAÇÃO CIVIL SEM FINS LUCRATIVOS, QUE REALIZE ATIVIDADES DE DEFESA EM FAVOR DAS POLÍTICAS PÚBLICAS E INTERESSE DO MUNICÍPIO, E A PAGAR AS RESPECTIVAS ANUIDADES, CONFORME ESPECIFICA.”</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Alex D'Elias, Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DE CARGA HORÁRIA DE TRABALHO PARA SERVIDORES RESPONSÁVEIS LEGAIS DE CRIANÇAS E ADOLESCENTES COM DEFICIÊNCIA E PARA SERVIDORES E TRABALHADORES COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO RESERVADO EM SHOWS, APRESENTAÇÕES ARTÍSTICAS E CULTURAIS, TEATROS, EVENTOS ESPORTIVOS E SIMILARES EM ESPAÇOS PÚBLICOS E PRIVADOS PARA PESSOAS COM DEFICIÊNCIAS OU MOBILIDADE REDUZIDA EM QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>Leandro Sant'Anna, Alex D'Elias, Cabeludo</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DO MANUSEIO, DA UTILIZAÇÃO, DA QUEIMA E DA SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS.’’</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICIPIO DE QUATIS PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 514, de 29 de março de 2006, que dispõe sobre implantação, estrutura, processo de escolha e funcionamento do Conselho Tutelar do Municipal de Quatis.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS AGENTES PÚBLICOS SERVIDORES PÚBLICOS E SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICIPIO DE QUATIS PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER EXECUTIVO DO MUNICÍPIO DE QUATIS PARA A ATUAL LEGISLATURA."</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf</t>
   </si>
   <si>
     <t>" DISPÕE  SOBRE A ATUALIZAÇÃO DOS VENCIMENTOS DOS SERVIDORES EM COMISSÃO DO PODER EXECUTIVO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL Nº 757,DE 04 DE NOVEMBRO DE 2011, E DENOMINA COMO RUA SEBASTIANA MARIA GIL O LOGRADOURO PÚBLICO SITUADO NO LOTEAMENTO CÉU AZUL, NO MUNICÍPIO DE QUATIS-RJ.''</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf</t>
   </si>
   <si>
     <t>'' DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO DE REFERÊNCIA ESPECIALIZADO DE ASSISTÊNCIA SOCIAL - CREAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf</t>
   </si>
   <si>
     <t>" ALTERA A LEI 589 DE 20 DE NOVEMBRO DE 2007, REVOGA A LEI 691 DE 31 DE MARÇO DE 2010 SOBRE O PROGRAMA PRODUTOR MIRIM E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DE ESTABELECIMENTOS DE ENSINOS PÚBLICOS E PRIVADOS DE EDUCAÇÃO BÁSICA E DE RECREAÇÃO INFANTIL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf</t>
   </si>
   <si>
     <t>"PROCEDE À REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O RECONHECIMENTO DO ESTADO DE EMERGÊNCIA CLIMÁTICA E ESTABELECE AS METAS DE NEUTRALIZAÇÃO DAS EMISSÕES DE GASES DE EFEITO ESTUFA EM QUATIS ATÉ 2050.”</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA O CAPUT, AS ALÍNEAS "A", "D", E "E" DO INCISO I, ALÍNEA "C" DO INCISO II E O § 3° E ACRESCENTA AS ALÍNEAS "F" E "G" NO INCISO I E ALÍNEA "D"  E "E" NO INCISO II DO ART. 5° DA LEI N° 737 DE 29 DE ABRIL DE 2011 E ALTERA O ART. 3° DA LEI N° 922 DE 28 DE MARÇO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf</t>
   </si>
   <si>
     <t>" INSTITUI A SEMANA DE CONCIENTIZAÇÃO SOBRE O TRANSTORNO DE DÉFICIT DE ATENÇÃO E HIPERATIVIDADE - TDAH".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS/RJ A “MARCHA PARA JESUS”, A SER REALIZADA ANUALMENTE NO 2º SÁBADO DO MÊS DE SETEMBRO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf</t>
   </si>
   <si>
     <t>‘’INSTITUI O PROGRAMA FARMÁCIA SOLIDÁRIA PARA DOAÇÃO, DISTRIBUIÇÃO OU DESTINAÇÃO ADEQUADA DE MEDICAMENTOS NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.’’</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 99 DA LEI MUNICIPAL N° 520, DE 14 DE JUNHO DE 2006".</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES E DESTINAR CONTRAPARTIDA FÍSICO E FINANCEIRA PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA CONFORME ESTABELECIDO NA LEI FEDERAL Nº 14.620 DE 13 DE JULHO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf</t>
   </si>
   <si>
     <t>“PRORROGA ATÉ 31 DE DEZEMBRO DE 2025 A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf</t>
   </si>
   <si>
     <t>“DECLARA O CARNAVAL DO MUNICÍPIO DE QUATIS/RJ COMO PATRIMÔNIO CULTURAL E TURÍSTICO DE NATUREZA IMATERIAL DA CIDADE DE QUATIS/RJ.”</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA PATRULHA MARIA DA PENHA DA GUARDA CIVIL MUNICIPAL NO MUNICÍPIO DE QUATIS.”</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf</t>
   </si>
   <si>
     <t>“ALTERA O INCISO I DO ART. 6º E O ANEXO ÚNICO DA LEI Nº 1.250/2023 QUE INSTITUI O AUXÍLIO TRANSPORTE PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA CAIXA D´ÁGUA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>Willian Carvalho, Udson Bombom</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ADOÇÃO DO NOVO SÍMBOLO INTERNACIONAL DE ACESSIBILIDADE NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA MUNICIPAL DE VIDEOMONITORAMENTO E SEGURANÇA PÚBLICA URBANA NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE COMBATE À LGBTFOBIA NO MUNICÍPIO DE QUATIS/RJ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf</t>
   </si>
   <si>
     <t>“INSTITUÍ A POLÍTICA MUNICIPAL DE ECONOMIA SOLIDÁRIA DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REGULARIZAÇÃO DO PLANO NACIONAL DE ECONOMIA CIRCULAR NO MUNICÍPIO DE QUATIS, EM CONFORMIDADE COM O DECRETO FEDERAL Nº 12.082/2024 E A LEI MUNICIPAL Nº 823/2014, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE INCENTIVO À PARTICIPAÇÃO POPULAR E AO CONTROLE SOCIAL NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA MEMÓRIA QUILOMBOLA, VOLTADO À VALORIZAÇÃO DOS SABERES E DA HISTÓRIA ORAL DA COMUNIDADE DO QUILOMBO DE SANTANA NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DE COMBATE À VIOLÊNCIA CONTRA A MULHER – AGOSTO LILÁS, NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A IMPLANTAÇÃO DA COLETA SELETIVA SOLIDÁRIA E DA DESTINAÇÃO DOS RESÍDUOS RECICLÁVEIS DESCARTADOS PELOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA ÀS ASSOCIAÇÕES E COOPERATIVAS DE CATADORES DE MATERIAIS RECICLÁVEIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA MUNICIPAL DE RECONHECIMENTO DAS DOENÇAS NÃO VISÍVEIS E REGULAMENTA O USO DO COLAR DE IDENTIFICAÇÃO PARA PESSOAS COM DOENÇAS NÃO VISÍVEIS NO MUNICÍPIO DE QUATIS-RJ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A POLÍTICA MUNICIPAL DE COMBATE À VIOLÊNCIA CONTRA A PESSOA IDOSA NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INCLUSÃO DE MEDIDAS DE PROTEÇÃO À CRIANÇA E AO ADOLESCENTE CONTRA O BULLYING E CYBERBULLYING NAS UNIDADES ESCOLARES PÚBLICAS E PRIVADAS OU SIMILARES DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf</t>
   </si>
   <si>
     <t>"RECONHECE O QUILOMBO DE SANTANA COMO PATRIMÔNIO HISTÓRICO E CULTURAL IMATERIAL DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf</t>
   </si>
   <si>
     <t>‘’CRIA O PROGRAMA MUNICIPAL DE TERAPIA NUTRICIONAL DO ALUNO AUTISTA, NO MUNICÍPIO DE QUATIS- RJ”.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf</t>
   </si>
   <si>
     <t>"DISPÔE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE QUATIS PARA O QUADRIÊNIO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar contratos de gestão com entidades privadas sem fins lucrativos, qualificadas como Organizações Sociais nos termos da Lei Municipal nº 1.275, de 11 de outubro de 2023, para a gestão plena da Assistência Farmacêutica Municipal."</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Nildinho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE O PODER EXECUTIVO SOBRE A REALIZAÇÃO DE EXAMES DE VISTA PELA PREFEITURA DE QUATIS E A DOAÇÃO DE ÓCULOS AOS ALUNOS DA REDE MUNICIPAL DE ENSINO QUE APRESENTAREM PROBLEMAS NA VISÃO."</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf</t>
   </si>
   <si>
     <t>"Fica instituído, no âmbito do Município de Quatis/RJ, o Programa ?Esporte é Mais Saúde?, destinado à promoção da saúde, da qualidade de vida, do lazer, da integração comunitária e da inclusão social por meio da prática regular de atividades físicas e esportivas."</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO ÂMBITO MUNICIPAL DE QUATIS O DIA DA GUARDA MUNICIPAL FEMININA"</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf</t>
   </si>
   <si>
     <t>"ALTERA ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2026, CONSTANTE DA LEI MUNICIPAL N° 1.340, 17 DE JULHO DE 2025".</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O ORDENAMENTO, A MANUTENÇÃO E A REMOÇÃO DE FIAÇÃO E EQUIPAMENTOS INUTILIZADOS EM POSTES DE INFRAESTRUTURA NO MUNICÍPIO DE QUATIS, ESTABELECE NORMAS E DEFINE SANÇÕES PELO DESCUMPRIMENTO."</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA ISAAC MARCONDES SAMPAIO O LOGRADOURO PÚBLICO LOCALIZADO NO BAIRRO JARDIM POLASTRI, NO MUNICÍPIO DE QUATIS  RJ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE PRAÇA DOUTOR DJAIR MACHADO GOMES O ESPAÇO PÚBLICO LOCALIZADO NO BAIRRO JARDIM POLASTRI, NO MUNICÍPIO DE QUATIS  RJ, BEM COMO O LOGRADOURO AO SEU REDOR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf</t>
   </si>
   <si>
     <t>‘’INSTITUI O PROGRAMA MUNICIPAL DE APOIO Á MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE QUATIS RJ’’.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>Udson Bombom, Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE QUATIS/RJ O DIA DA CONSCIENTIZAÇÃO SOBRE AS EXPERIÊNCIAS ADVERSAS NA INFÂNCIA."</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA AO TEXTO DA LEI MUNICIPAL N°520, DE 14 DE JUNHO DE 2006, QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS, PARA INCLUIR OS DISPOSITIVOS QUE INSTITUEM REGRAS PARA A APOSENTADORIA DA PESSOA COM DEFICIÊNCIA NO ÂMBITO DO RPPS MUNICIPAL."</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE APOIO AO TRABALHADOR "MAIS EMPREGO" NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>"CRIA A SEMANA MUNICIPAL DE ENFRENTAMENTO AO RACISMO INSTITUCIONAL NA ADMINISTRAÇÃO PÚBLICA."</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>"INSTITUI A POLÍTICA MUNICIPAL DE APOIO À MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA E FAMILIAR E ESTABELECE SUAS DIRETRIZES DE ATUAÇÃO."</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O RECONHECIMENTO, O TOMBAMENTO E A DECLARAÇÃO DO JONGO E DO TAMBOR CONFECCIONADO PELA COMUNIDADE DO QUILOMBO DE SANTANA COMO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf</t>
   </si>
   <si>
     <t>"CONCEDE ABONO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART.29, VI E O ANEXO IV DA LEI COMPLEMENTAR Nº 030 DE 21 DE DEZEMBRO DE 2022 E O ANEXO II DA LEI COMPLEMENTAR Nº 036 DE 03 DE JULHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 20 DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 27, DE 28 DE NOVEMBRO DE 2022 E A LEI MUNICIPAL Nº 05, DE 28 DE JANEIRO DE 1993 PARA A READEQUAÇÃO DO PROGRAMA DE REGULARIZAÇÃO DE OBRAS E CONSTRUÇÕES IRREGULARES E/OU CLANDESTINAS - PROCIC”.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 036 DE 03 DE JULHO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 035, DE 23 DE JUNHO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>Alex D'Elias, Cabeludo, Leandro Sant'Anna, Marcela, Rogerio Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 06/1993, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE QUATIS, PARA DISPOR SOBRE PENALIDADES ESPECÍFICAS À DISPOSIÇÃO IRREGULAR DE ENTULHOS E RESÍDUOS EM VIAS E LOGRADOUROS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO CÓDIGO DA CIDADANIA FISCAL DO DOMICÍLIO ELETRÔNICO DO CONTRIBUINTE (DeC), O SISTEMA DE PROCURAÇÕES ELETRÕNICAS (e -PROCURAÇÃO), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI N° 74, DE 16 DE DEZEMBRO DE 1994, VISANDO A CRIAÇÃO DO DOMICÍLIO ELETRÕNICO DO CONTRIBUINTE (DeC), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO IV DA LEI COMPLEMENTAR Nº 41/2025 (QUE ALTEROU O ANEXO IV DA LEI COMPLEMENTAR 030/2022 - REFORMA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 20, DE 5 DE NOVEMBRO DE 2021."</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA AO TEXTO DA LEI MUNICIPAL N° 520, DE 14 DE JUNHO DE 2006", QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS, PARA INCLUIR OS DISPOSITIVOS QUE INSTITUEM REGRAS PARA A APOSENTADORIA DA PESSOA COM DEFICIÊNCIA NO ÂMBITO DO RPPS MUNICIPAL".</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA "REFIS - 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CONCESSÃO DE HONRARIAS, HOMENAGENS E CONGÊNERES PELA A CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A RESTITUIÇÃO ANUAL DO SALDO DO DUODÉCIMO DESTINADO AO PODER LEGISLATIVO DO MUNICÍPIO DE QUATIS.”</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 73, SUBSTITUI O PARÁGRAFO ÚNICO PELOS §§1º AO 5º; ALTERA O ART. 73-A E SEUS §§ 1º AO 4º; E ALTERA O ART. 73-B; TODOS DA LEI ORGÂNICA DO MUNICÍPIO DE QUATIS DO ESTADO DO RIO DE JANEIRO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE QUATIS - RJ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI COMPLEMENTAR Nº 002/2025 QUE, ALTERA A LEI COMPLEMENTAR Nº 20, DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6468,51 +6468,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_nominal_n.002.2025_-_lixeiras_no_terreirao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_nominal_n.003.2025_-_reaproveitamento_da_agua_da_biquinha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nominal_007.2025_o_reparo_da_academia_ao_ar_livre_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_nominal_009.2025_a_reforma_e_iluminacao_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/024-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n.025.2025_-_conselho_plano_e_fundo_municipal_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_verbal_026.2025_-_execucao_da_emenda_parlamentar_do_banheiro_na_pc_teixeira_brandao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_verbal_027.2025_-_implementacao_da_lei_19.935.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_verbal_028.2025_-_construcao_de_unidade_basica_de_saude_e_revitalizacao_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_verbal_n.029.2025_-tapa_buraco_na_faustino_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_verbal_n.030.2025_-_limpeza_todos_bueiros.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/camscanner_12-03-2025_11.56.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/camscanner_12-03-2025_11.57.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_verbal_034-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_verbal_035-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_verbal_036-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_verbal_037-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/043-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_verbal_044.2025_-_muros_de_contencao_nas_margens_dos_ribeiroes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_verbal_n.045.2025_-_parceria_prefeitura_cdl.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/camscanner_12-03-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1502/camscanner_12-03-2025_11.581.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_verbal_049-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_nominal_050.2025_a_limpeza_de_bueiro_entupido_localizado_na_rua_capitao_alvim_fonseca_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_nominal_051.2025_solicitacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_nominal_052.2025_a_sinalizacao_de_placas_com_os_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_nominal_053.2025_a_instalacao_de_bebedouro_para_os_guardas_municipais_no_portco_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_nominal_054.2025_a_limpeza_semanal_do_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_nominal__055.2025_aumento_de_profissionais_de_fonoaudiologia_na_casa_da_crianca.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_nominal_056.2025_a_solicitacao_de_tapa-buracos_na_rua_faustino_pinheiro_no_centro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/061-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/062-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/063-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_verbal_n.065.2025_-_quebra_mola_vanderlino_teixeira__leite.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_verbal_n.066.2025_-_quebra_mola_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1503/camscanner_12-03-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1504/camscanner_12-03-2025_12.00.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/073-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1505/camscanner_12-03-2025_12.01.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1506/camscanner_12-03-2025_12.02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_verbal_076-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/camscanner_19-03-2025_09.27.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_verbal_082.2025_-_plano_de_calor.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_verbal_083.2025_-_plano_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_verbal_084.2025_-banheiros_moveis_assessiveis.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_verbal_n.085.2025_-_fralda_geriatrica_na_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_verbal_086-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_verbal_087-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_nominal_088.2025_a_solicitacao_de_tapa-buracos_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/093-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_verbal_094.2025_-_agua_gratuita_em_eventos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_verbal_095.2025_-_pintura_de_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_verbal_096.2025_-_retirada_de_entulho_e_estrutura_de_protecao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/camscanner_12-03-2025_12.05.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/camscanner_12-03-2025_12.06.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/100-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_verbal_n.102.2025_-_manutencao_ventiladores_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_nominal_103.2025_a_solicitacao_de_estudo_para_concessao_de_emprestimo_consignado_em_folha_de_pagamento_a_favor_do_quatis_prev.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/105-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_verbal_106.2025_-_programa_de_educacao_com_bolsa_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_verbal_107.2025_-_pa_prazo_para_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/camscanner_12-03-2025_12.07.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_verbal_110-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_nominal_111.2025_a_limpeza_e_rocada_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_verbal_112.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/camscanner_12-03-2025_12.08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_verbal_no_115.2025_o_reparo_na_cabeceira_da_ponte_situada_na_rua_01_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_verbal_no_116.2025_a_instalacao_de_bracos_de_iluminacao_publica_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_verbal_117.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/camscanner_19-03-2025_09.29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_nominal_no_119.2025_a_elaboracao_e_implementacao_de_um_plano_de_carreira_para_a_guarda_municipal_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_verbal_no_120.2025_a_instalacao_de_bracos_nos_postes_de_iluminacao_publica_na_rua_comendador_miranda_x_estrada_quatis_glicerio_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_verbal_121.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_verbal_n._122.2025_-_programa_de_abatimento_de_passagem_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/camscanner_19-03-2025_09.32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_verbal_126.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_verbal_127.2025_-_divisao_na_piscina_do_projeto_esporte__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_verbal_128.2025_-_asfaltamento_da_rua_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/1302025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/1312025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/1322025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_verbal_no_133.2025_o_aumento_na_frequencia_da_coleta_de_lixo_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_verbal_134.2025_-_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_verbal_135.2025_-_eja_na_e.m._carlos_campos_de_faria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_verbal_no_138.2025_a_limpeza_do_bueiro_na_rua_coronel_alfredo_soares_de_oliveira_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_verbal_no_139.2025_a_implantacao_de_quebra-molas_na_rua_elomir_nogueira_da_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_verbal_141.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_verbal_142.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/143-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_verbal_144.2025_-_inclusao_dos_funcionarios_terceirizados_no_reajuste_saarial.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/camscanner_28-04-2025_09.17_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/1482025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/1492025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_verbal_no_150.2025_a_limpeza_e_retirada_de_entulhos_nos_bairros_barrinha_pilotos_e_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_verbal_no_151.2025_a_disponibilizacao_de_onibus_escolar_para_a_creche_muncipal_professora_conceicao_apareicda_vieira_pena_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_verbal_154.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_verbal_155.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/156-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/157-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_verbal_158.2025_-_acessibilidade_para_as_pessoas_com_deficiencia_visual_nas_comunicacaoes_da_rede_social_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1559/1622025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_verbal_165.2025_-_obra_de_contencao_da_rede_fluvial_da_rua_5..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/camscanner_28-04-2025_09.19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_verbal_169.2025_-_parceria_entre_projeto_esporte__saude_e_gcm.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/camscanner_28-04-2025_09.20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_nominal_no_172.2025_a_elaboracao_de_projeto_para_construcao_de_um_posto_de_saude_no_bairro_pilotos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_nominal_177.2025_-_asfaltamento_na_travessa_hibisco_no_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_nominal_178.2025_-_desgaste_no_solo_na_av._augusto_sverbery.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_verbal_181.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/182-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/camscanner_28-04-2025_09.21.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_verbal_no_185.2025_a_limpeza_e_rocada_na_estrada_quatis-roma_no_bairro_bondarovsky_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_verbal_188.2025_-_prep_e_pep_em_equipamentos_e_projetos_municipais.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/camscanner_28-04-2025_09.23.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_nominal_no_192.2025_o_reparo_de_calcada_danificada_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_verbal_193.2025_-_endometriose_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/camscanner_28-04-2025_09.24.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_verbal_196.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/197-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1697/199.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_verbal_no_200.2025_providencias_para_a_unidade_de_saude_esf_ii_maria_da_gloria_silva_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/203-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/204-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_verbal_n._205.2025_-_amplie_o_atendimento_da_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/camscanner_207-11.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/208.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_verbal_no_210.2025_a_realizacao_do_servico_de_tapa-buraco_na_avenida_roberto_silveira_no_bairro_barrinha_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_verbal_no_211.2025_a_solicitacao_de_servicos_de_tapa-buracos_na_rodovia_rj-159_quatis_floriano.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/2012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/213.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_verbal_214.2025_-_multirao_de_retirada_de_entulhos_e_coopcaq..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1701/218.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/219.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/222-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_verbal_223.2025_-_calcadas_danificadas_pelo_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1704/225.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/indicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/231-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/indicacao_nominal_no_232.2025_as_devidas_providencias_do_terreno_localizado_na_rua_c_loteamento_ceu_azul_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/234.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/indicacao_nominal_no_236.2025_a_recuperacao_de_uma_ambulancia_para_adapta-la_para_uso_exclusivo_da_divisao_de_saude_e_bem-estar_animal_da_secretaria_municipal_de_saude_como_ambulancia_vetr.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/237-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/242.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/243.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/244.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/247-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_verbal_248.2025_-_pactuacao_com_resende_sobre_falcao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/249.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_verbal_250.2025_-_drones_no_combate_ao_desmatamento.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_verbal_251.2025_-_reforma_e_valorizacao_no_cmei.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_nominal_no_256.2025_a_realizacao_de_tapa-buraco_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_verbal_no_257.2025_que_seja_feito_um_estudo_para_implantacao_de_area_de_lazer_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_verbal_no_258.2025_a_realizacao_de_limpeza_e_sinalizacao_para_embarque_e_desembarque_de_onibus_escolares_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_verbal_no_259.2025_a_solicitacao_de_retirada_da_academia_ao_ar_livre_na_avenida_roberto_silveira_na_barrinha.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/260-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_verbal_261.2025_-_qualificacao_aos_profissionais_da_educacao_sobre_identificacao_de_abusos_sexuais_de_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/263.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/264.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_verbal_no_266.2025_a_realizacao_do_servico_de_tapa-buraco_na_rua_joaquim_costa_salgueiro_no_centro_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/267.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/271.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/272-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/273.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_verbal_274.2025_-_vistoria_tecnica_no_esgoto_na_rua_6_n.51_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_verbal_275.2025_-_agentes_de_saude_comunitario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/278.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_verbal_no_279.2025_a_realizacao_de_acoes_educativas_de_combate_ao_bullying_nas_unidades_escolares_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_nominal_no_281.2025_a_realizacao_de_limpeza_urbana_na_avenida_roberto_silveira_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_nominal_no_283.2025_a_solicitacao_de_pintura_de_sinalizacao_de_proibido_estacionar_na_rua_georgeth_barbosa_leite_no_bairro_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/286-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_verbal_287.2025_-_medalha_merito_produtor_rural.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_verbal_288.2025_-_programa_cinema_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_verbal_289.2025_-_curso_de_elaboracao_de_projetos_culturais_e_esportivos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_verbal_290.2025_-_canaleta_na_rua_naldir_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/291.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_verbal_no_292.2025_a_substituicao_de_refletor_queimado_na_entrada_da_feira_da_roca_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_verbal_293.2025_-_alteracao_na_rua_delfim_froes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_verbal_294.2025_-_melhoria_na_infraestrutura_da_servidao_frezolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_verbal_295.2025_-_reativacao_do_conselho_de_promocao_da_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_verbal_296.2025_-_descentralizacao_da_coleta_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/297.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_298-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_verbal_no_xx1.2025_a_retirada_de_entulho_na_rua_desembargador_acacio_aragao_no_bairro_jardim_polastri.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_verbal_no_xx2.2025_a_solicitacao_de_limpeza_geral_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_verba_30_correto.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_verba_302_correto.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/303-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_nominal_no_305.2025_a_realizacao_de_estudo_e_elaboracao_de_projeto_de_construcao_de_uma_escola_municipal_no_bairro_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao__306.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao__poda_de_arvore_n355.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_verbal_29.07.2025_-_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_verbal_29.07.2025_-_servico_de_drenagem_e_manutencao_das_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_verbal_29.07.2025_-_programa_de_transporte_para_familiares_com_pessoas_em_privacao_de_liberdade..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_verbal_31.07.2025_-_programa_de_balcao_municipal_de_emprestimo_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_verbal_31.07.2025_-_sistema_de_protocolo_online.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_verbal_05.08.2025_-_criacao_de_espacos_publicos_multigeracionais_de_acesso_a_informacao_e_novas_tecnologias_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_verbal_05.08.2025_-_implantacao_de_pontos_de_acesso_gratuito_a_internet_em_espacos_publicos_e_turisticos_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_verbal_2025_-_12.08.2025_-_conscientizacao_sobre_o_uso_de_pracas_publicas..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_verbal_2025_-_12.08.2025_-_banheiro_publico_e_ponto_de_hidratacao_no_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_verbal_2025_-_12.08.2025_-_sinalizacao_da_rua_adriano_aprigio.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_verba__placa_de_pare_-12.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/indica__o_verbal_academia_-12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_verbal_no_xx.2025_a_solicitacao_de_veiculo_para_o_departamento_de_fiscalizacoes_da_secretaria_municipal_de_ordem_urbana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_verbal_no_326.2025_a_solicitacao_de_troca_do_refletor_existente_e_a_instalacao_de_mais_refletor_na_quadra_do_bairro_pilotos_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_verbal_lixeiras_no_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_332-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_333-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_334-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao__iluminacao_parque_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/337-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_verbal_no_338.2025_a_instalacao_de_02_refletores_na_avenida_roberto_silveira_no_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao__iluminacao_apae.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1924/1._modelo_de_indicacao_verbal_3_copias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao__lampada_n.100.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao__tampa_de_bueiro_n.45.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_verbal_2025_-_54_-_21.08.2025_-_escola_de_governo_no_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_verbal_2025_-_55_-_28.08.2025_-_atencao_a_lgpd.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_verbal_2025_-_57_-_02.09.2025_-_nucleo_de_apoio_psicologico.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao__tampa_bueiro145jd_ind..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao__rotatoria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_nominal_no_350.2025_a_realizacao_de_servicos_de_limpeza_e_rocada_na_estrada_rj-159_que_da_acesso_ao_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao__calcada_linha_do_trem.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao__terreno_cercado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_verbal_no_354.2025_a_realizacao_de_reforma_e_iluminacao_da_ponte_localizada_na_rua_pedro_monteiro_no_bairro_pilotos_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao__bambuzal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao___qubra_molas_415.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1923/1.__indicacao_verbal_banheiro_quimico_no_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_verbal_2025_-_59_-_04.09.2025_-_acs_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_verbal_2025_-_60_-_09.09.2025_-_mapeamento_cultural.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_verbal_2025_-_61_-_16.09.2025_-_marcacao_para_idosos_por_acs.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_verbal_2025_-_62_-_16.09.2025_-_autorizacao_de_espera_no_interior_da_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao___faixa_255.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_nominal_no_364.2025_viabilidade_de_quebra-molas_na_rua_carlos_hassis_no_poalstri.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_verbal_no_366.2025_retorno_da_guarda_no_sentido_vila.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao__registro_quamat.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao__pedestre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/369-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/370.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/371.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/372.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao__lampada_n.501.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao__lampada_n.74.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao__lampada_n.260.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1922/1._indicacao_verbal__ponto_apoio_taxista_2025..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_verbal.2025_permanencia_da_guarda_ciep.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao___polastri_seg_publica.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao___bancos.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_verbal_2025_-_63_-_384_-_30.09.2025_-_muros_de_contencao.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_verbal_2025_-_64_-_385_-_02.10.2025_-_iluminacao_no_ponto_de_onibus_perto_da_ponte_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_verbal_2025_-_65_-_386_-_02.10.2025_-_pontos_de_paradas_para_caminhoneiros.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_verbal_2025_-_67_-_387_-_09.10.2025_-_abastecimento_de_agua_em_joaquim_leite.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_verbal_2025_-_66_-_388_-_02.10.2025_-_revitalizacao_das_vias_do_jardim_independencia.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao__lampada_n.202.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao__nominal__210_asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao__nominal__270_e_290__asfalto_cedendo.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_verbal_n_.2025_conscientizacao_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_verbal_no_393.2025_instalacao_de_2_iluminarias_na_av_euclides_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_verbal_no_394.2025_sinalizacao_de_pare_no_portico_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao__lampada_n.108.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_verbal_no_396.2025_estudo_da_rua_delfim_froes_ser_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao___qubra_molas_ponte_nova.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_verbal_n_398.2025_-_instalacao_de_uma_elevacao_lombada_com_redutor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_verbal_no_400.2025_construcao_de_calcada_no_jardim_independencia_e_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_verbal_no_401.2025_manutencao_da_rua_georgeth_barbosa_leite_calcada_da_igreja.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_verbal_n_402.2025_-_a_revitalizacao_da_reabertura_da_colonia_de_ferias.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao__nominal__n30.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao___falcao_correta.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_1187_correta.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao__seg_publica_bairros.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_verbal_ponte_do_comendador_miranda.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao__bambuzal_ponte.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_verbal_n_415.2025_-_a_realizacao_de_obras_de_manutencao_na_estrada_quatis-_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_placas_polastri.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_nominal_no_418.2025_tapa-buraco_na_av_euclides_guimaraes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_verbal_n_419.2025_-_a_promover_uma_campanha_municipal_de_multivacinacao..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_verbal__bebedouro_terreirao.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao__faixa_de_pedestre.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao__carga_e_descarga.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao__quebra_molas__sao_benedito.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_verbal_n_429.2025_-_a_solicitacao_de_compras_de_banheiros_quimicos_para_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_verbal_n_430.2025_-_a_construcao_de_banheiros_no_campo_terreirrao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_verbal__prca_do_expedicionario.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao__instalacao_na_av_euclides_a.g.c.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/processo_2025_433_removed.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/processo_2025_434_removed.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/processo_2025_435_removed.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/processo_2025_436_removed.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/processo_2025_437_removed.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/processo_2025_438_removed.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_verbal_no_439.2025_rocada_na_esteada_quatis_-_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_verbal_no_440.2025_rocada_na_ponte_da_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_verbal_no_441.2025_instalacao_de_guarda-corpo_na_rua_da_palha_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_verbal_no_442.2025_iluminacao_no_vestiario_do_campo_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao___sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao__lampada_centro_n.6.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_verbal_2025_-_68_-_446_-_16.10.2025_-_departamento_para_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_verbal_2025_-_69_-_447_-_16.10.2025_-_banco_de_dados_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_verbal_2025_-_70_-_448_-_16.10.2025_-_espaco_de_convivencia_da_pessoa_idosa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_verbal_2025_-_71_-_449_-_23.10.2025_-_implementacao_da_lei_1.341.2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_verbal_2025_-_72_-_450_-_30.10.2025_-__poupatempo_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_verbal_no_452.2025_limpeza_nas_caixas_dagua_das_escolas_e_dos_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_verbal_no_453.2025_tapa-buracos_na_rodovia_rj-159_quatis_x_floriano.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1927/1._modelo_de_indicacao_verbal_natal_solidario.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_verbal_no_455.2025_tapa-buraco_na_ciclovia_da_avenida_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao__rocada_bairros.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_verbal_2025_-_73_-_458_-_04.11.2025_-__limpeza_dos_ribeirao_dos_quatis.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_verbal_2025_-_74_-_459_-_04.11.2025_-__estrutura_para_aplicacao_da_lei_1341.25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_verbal_2025_-_76_-_460_-_27.11.2025_-_pagamento_do_cirac.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_verbal_2025_-_78_-_461_-_02.12.2025_-_acessibilidade_de_taxi_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_verbal_2025_-_79_-_462_-_02.12.2025_-_intensifique_o_controle_dos_fogos_de_artificios.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_verbal_2025_-_80_-_463_-_02.12.2025_-_bebedouro_no_posto_de_saude_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_verbal__prraca_dr.._teixeira_corrigida.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_verbal_2025_-_75_-_466_-_18.11.2025_-__adesao_ao_plano_de_juventude_negra_viva.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_verbal_2025_-_82_-_468_-_11.12.2025_-_aquisicao_de_medicamentos_pela_tabela_cap.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_verbal_no_469.2025_cobertura_da_mina_dagua_no_bairro_agua_espraiada.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_verbal_no_470.2025_aumento_da_coleta_de_lixo_em_falcao.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao____meio_fio__correta_i.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao__limpeza_da_biquinha.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao__banheiro.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao__ponte_madeira.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao____placas_de_sinalizacao.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_verbal_2025_-_81_-_476_-_02.12.2025_-_faixa_elevada_no_distrito_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_verbal_2025_-_83_-_477_-_18.12.2025_-_redutor_de_velocidade_na_rua_jaime_caetano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao__poda_de_arrvore_na_av_euclides_a.g.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_verbal_no_482.2025_alagamento_na_av_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_no_483.2025_recolocacao_da_placa_na_rua_n_sra_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/mocao_rosa_idalina_n_003.2025_-_dona_hilda.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/mocao_n.010.2025_-_rosa_idalina_a_sra_cleuza_maria_de_souza.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/mocao_de_congratulacao_no_013.2025_-_benedito_brito_coutinho.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/mocao_de_congratulacao_n_014.2025_-_paulo_afonso_sales_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1586/mocao_de_congratulacao_n_045.2025_-_rodrigo_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1912/mocao_de_congratulacao_n_046.2025_-_padre_clesio_alves_vieira.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/mocao_de_congratulacao_n_053.2025_-_miguel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1913/mocao_de_congratulacao_n_054.2025_-_hugo_rigotti.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/mocao_de_congratulacao_n_059.2025_-_manoel_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/mocao_servidora_municipal_n_061.2025_-_gardenia_lamego_da_silva-1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/mocao_de_congratulacao_n_063.2025_-_dionisia_maria_silva_de_mattos-1.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1921/mocao_servidor_municipal_n_065.2025_-_anderson_honorio_lima.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_congratulacao_n_069.2025_-_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/mocao_de_congratulacao_n_072.2025_-_jose_augusto_de_oliveira_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1914/mocao_de_congratulacao_n_074.2025_-_catia_valeria_da_silva.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1920/mocao_servidor_estadual_n_076.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/mocao_de_congratulacao_n_081.2025_-_regina_maria_de_freitas_miranda.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/mocao_de_congratulacao_n_082.2025_-_samuel_elias_de_bem.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_congratulacao_n_085.2025_-_paulo_cesar_baltazar_da_nobrega_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1915/mocao_de_congratulacao_n_086.2025_-_marcelo_monteiro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1916/mocao_de_congratulacao_n_087.2025_-_ana_carolina_de_araujo_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/mocao_de_congratulacao_n_088.2025_-_pedro_henrique_santos_dias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1918/mocao_de_congratulacao_n_094.2025_-_taiane_alves_dos_santos_moreira.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1919/mocao_de_congratulacao_n_95.2025_-_maria_eduarda_de_oliveira_leite_porto.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1432/proj.resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/proj.resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1435/proj.resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/proj.resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/proj.resolucao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1632/proj._resol_009-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/proj.resol_no_010.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/proj._resolucao_no_011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_resolucao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1885/projeto_de_resolicao_no_13.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1886/projeto_de_resolucao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1887/projeto_de_resolucao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_de_decreto_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_de_decreto_no002-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_decreto_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_de_decreto_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/projeto_decreto_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/projeto_decreto_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_decreto_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/projeto_decreto_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/projeto_decreto_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_decreto_no010-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_decreto_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_de_decreto_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_decrto_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1733/peojeto_decreto_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/projeto_decreto_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1664/projeto_decreto_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/projeto_decreto_no017-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/proje_decreto_no018-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/projeto_decreto_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1691/projeto_decreto_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/projeto_decreto_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/projeto_decreto_no_023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1739/peojeto_decreto_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_decreto_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/projeto_decreto_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/projeto_de_decreto_no027.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_decreto_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/proj.lei_no_001.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/proj.lei_no_002.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/proj.lei_no_003.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/proj._lei_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/proj._mensagem_003.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/proj.lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/proj._lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/proj._lei_no_011.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/proj.lei_no_012.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/proj._lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/proj._lei_no_014.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/proj.lei_no_015.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/proj._lei_no_016.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/proj.lei_no_017.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1553/proj._lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/proj.lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/proj.lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/proj.lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/proj.lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_de_lei_024-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1600/proj.lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1631/proj.lei_no_026.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/proj.lei_n_027.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/proj.lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/proj.lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/proj.lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/prijeto_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/proj.lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1636/proj.lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/proj.lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1641/proj.lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1642/proj.lei_no_039.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/projeto_de_lei_no_042.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/projeto_lei_no_043.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/projeto_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/projeto_de_lei_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/pojeto_lei_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/projeto_de_lei_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/projeto_lei_no048-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no49-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/proj._lei_no_054_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/proj._lei_no_055_-_loa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/projeto_de_lei_no_056.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_de_lei_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/ldo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/projeto_de_lei_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/projeto_de_lei_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_elei_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1888/projeto_de_lei_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_d_elei_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1446/proj.lei_complementar_002_-_novo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1630/proj._lei_compl._004.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/proj.lei_compl._no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/projeto_lei_complementar_006-2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/lei_compl._007_novo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/proj._lei_compl._008.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_compl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_lei_complementar_no_10-2025_removed.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_lei_complementar_no_11.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_complementar_no_12.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1433/proj.emenda_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1434/proj.emenda_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1436/proj.emenda_003-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/proj._mensagem_001.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/proj._lei_compl._002-2025_substitutivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>