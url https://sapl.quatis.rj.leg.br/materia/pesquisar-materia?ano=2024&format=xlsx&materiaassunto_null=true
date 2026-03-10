--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -54,1399 +54,1399 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_0012024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_0012024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A IMPLANTAÇÃO DO BUEIRO INTELIGENTE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_0042024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_0042024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DO ESGOTO DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_0052024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_0052024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DISPONIBILIZE UM CLÍNICO PEDIATRA AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1319/indicacao_0062024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1319/indicacao_0062024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO REDUTORES DE VELOCIDADE NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_0072024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_0072024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO DA ESTRADA DA ONÇA, LOCALIZADA NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_verbal_021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_verbal_021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A ROÇAGEM E LIMPEZA NAS RUAS AO REDOR DO PONTO TURÍSTICO DE QUATIS "BIQUINHA".</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/</t>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO A MANUTENÇÃO DE CALÇADA NA RUA HUMBERTO AMARAL EM FRENTE À CASA Nº115 NO BAIRRO BONDAROSVSHY.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_0232024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_0232024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A CELERIDADE DA QUESTÃO DISCUTIDA NO PROCESSO 3126/2023, QUE TRATA SOBRE ADICIONAL DE QUALIFICAÇÃO AO SERVIDORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_0242024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_0242024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROMOÇÃO DA IGUALDADE LGBT+.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1325/indicacao_0252024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1325/indicacao_0252024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICPAL SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DA JUVENTUDE.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_0262024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_0262024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NOMEAÇÃO DO CONSELHO MUNICIPAL DE JUVENTUDE.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_0272024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_0272024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A MANUTENÇÃO DA ESTRTUTURA DA SERVIDÃO MANOELINA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_0282024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_0282024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A APLICAÇÃO DA LEI 13.935/2019.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_0392024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_0392024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ATIVAÇÃO DO CONSELHO MUNICIPAL DA PROMOÇÃO DA IGUALDADE RACIAL.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_0402024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_0402024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ESTUDO SOBRE A VIABILIDADE DA CRIAÇÃO DE UM PROGRAMA DE ABATIMENTO DE PASSAGEM, PARA MUNÍCIPES QUE EXERCEM SEUS TRABALHOS EM OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_0492024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_0492024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, UM POSTO DE COLETA DE SANGUE NA CLINICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_0592024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_0592024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A REALIZAÇÃO DE UM CONTRATO COM ESPECIALISTAS EM REMOÇÃO DE ABELHAS PARA O MUNICIPIO.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1331/indicacao_0602024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1331/indicacao_0602024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O PROSSEGUIMENTO DA LEI 1.260/2023 QUE DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA ' ADOTE UM APLACA' E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1332/indicacao_0762024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1332/indicacao_0762024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A EXECUÇÃO DA LEI 13.722/2018, QUE DISPÕE SOBRE NOÇÕES BASICAS DE PRIMEIROS SOCORROS NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_0772024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_0772024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA QUE LIGA O MUNICIPIO AO ASSENTAMENTO IRMÃ DOROTHY,</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1334/indicacao_0782024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1334/indicacao_0782024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A FIXAÇÃO DE UMA EQUIPE MÍNIMA DE ATENDIMENTO, NAS DEPENDÊNCIAS DA SAÚDE MENTAL.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1335/indicacao_0792024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1335/indicacao_0792024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A CRIAÇÃO DE UM PROGRAMA DE INCENTIVO DE VENDAS DE PLANTIOS, PARA PEQUENOS PRODUTORES.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1344/indicacao_0802024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1344/indicacao_0802024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A EXTENSÃO DO ATENDIMENTO COM MEDICAÇÃO SORO, AO POLO DA CLINICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_verbal_089.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_verbal_089.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENIE AGILIZAÇÃO NA FORMAÇÃO DA COMISSÃO DA FARMÁCIA TERAPÊUTICA.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_verbal_090.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_verbal_090.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UMA VISTORIA E SINALIZAÇÃO NO AFUNDAMENTO DE RUA, NA RUA OLAVO DE CASTRO LOBO EM FRENTE A CASA Nº376 NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1345/indicacao_0912024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1345/indicacao_0912024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A RETOMADA DO CONSEGUE NACIONAL DA PROMOÇÃO DA IGUALDADE .</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_0922024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_0922024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O DESMEMBRAMENTO DO PROCESSO Nº3.126/2023.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1347/indicacao_0932024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1347/indicacao_0932024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A CRIAÇÃO DE POLÍTICAS DE ESTUDOS DE INTERESSE DAS JUVENTUDES , PARA QUE ASSIM SEJAM MAIS ASSERTIVAS.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1348/indicacao_0942024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1348/indicacao_0942024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A MANUTENÇÃO DAS ESTRADAS E TRILHAS DAS CACHOEIRAS LOCALIZADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_0992024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_0992024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A AVALIAÇÃO TÉCNICA DAS CONDIÇÕES DA EFICIÊNCIA ENERGÉTICA NAS ESCOLAS.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_1002024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_1002024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO NAS UNIDADES ESCOLARES.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_1012024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_1012024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE REALIZE ESTUDOS PELA SECRETÁRIA DE MEIO AMBIENTE JUNTO AS ENTIDADES DE ENSINO, FORMAS DE AMENIZAR A ALTA TEMPERATURA DENTRO DAS UNIDADES ESCOLARES DE ENSINO.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_1322024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_1322024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROGRAMA DE CADASTRAMENTO DAS LOCALIDADES TURÍSTICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Maria Rosa</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADA A POSSIBILIDADE DE QUEBRA-MOLAS NO BAIRRO JARDIM POLASTRI, NA RUA DESEMBARGADOR ACÁCIO ARAGÃO.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_1402024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_1402024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE UMA EQUIPE MÍNIMA NA ESCOLA MUNICIPAL EDMÉIA, REPARAÇÃO DA ESTRUTURA E AQUISIÇÃO DE APARELHOS DE VENTILADOES.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_1412024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_1412024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROGRAMA QUE CUIDE DIRETAMENTE DA SAÚDE MENTAL DOS SERVIDORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1378/camscanner_28-06-2024_09.28.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1378/camscanner_28-06-2024_09.28.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DAS FAIXAS DE PEDESTRES NA AVENIDA EUCLÍDES ALVES GUIMARÃES COTIA: A PRIMEIRA FICA LOCALIZADA EM FRENTE AO PONTO DE ÔNIBUS PRÓXIMA A LOJA ARTE MÓVEIS, NO CENTRO, E A SEGUNDA EM FRENTE AO PONTO DE ÔNIBUS PRÓXIMA AO PORTAL DA CIDADE, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_1572024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_1572024.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PROGRAMAS DE MEDITAÇÃO NOS GRUPOS ESCOLARES.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_1732024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_1732024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA PRAÇA E BRINQUEDOS LOCALIDADOS NO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_1742024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_1742024.pdf</t>
   </si>
   <si>
     <t>CAPINA E ROÇADA PRÓXIMO AO CAMPO TERREIRÃO NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_1792024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_1792024.pdf</t>
   </si>
   <si>
     <t>PINTURA DE FAIXAS DE PEDESTRES E QUEBRA MOLAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_1832024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_1832024.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE CONSELHO DESPORTIVO, SEGUIDO PELO PLANO MUNICIPAL E FUNDO MUNICIPAL.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_1842024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_1842024.pdf</t>
   </si>
   <si>
     <t>CADASTRAMENTO DE ATLETAS AMADORES E FEDERADOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_1882024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_1882024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA QUE LIGA QUATIS AO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1388/indicacao_1892024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1388/indicacao_1892024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA QUE LIGA QUATIS A RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1389/indicacao_2192024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1389/indicacao_2192024.pdf</t>
   </si>
   <si>
     <t>PINTURA DA FAIXA DE PEDESTRES LOCALIZADA NA AVENIDA A. EUCLIDES GUIMARÃES COTIA.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_1952024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_1952024.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE FAIXAS ELEVADAS, NO MUNICÍPIO DE QUARTIS, NA AVENIDA EUCLIDES GUIMARÃES E NO DISTRIDO DE FALCÃO, PRÓXIMO A RUA DA PALHA.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/indicacao_1982024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/indicacao_1982024.pdf</t>
   </si>
   <si>
     <t>PARCERIAS COM ENTIDADES, PARA TRATAMENTO DE REABILITAÇÃO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/indicacao_1992024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/indicacao_1992024.pdf</t>
   </si>
   <si>
     <t>PROGRAMA QUE AJUDE FAMÍLIAS A VISITAREM FAMÍLIARES DETENTOS.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/indicacao_2002024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/indicacao_2002024.pdf</t>
   </si>
   <si>
     <t>DIVULGAÇÃO NO MUNICÍPIO, DE PROGRAMAS E OFERTAS PARA DOENÇAS SEXUALMENTE TRANSMISSÍVEIS.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_2032024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_2032024.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA ELEVADA EM FRENTE A ESCOLA MUNICIPAL CARLOS CAMPOS DE FARIA, NO DISTRITO DE FALCÃO;</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1395/indicacao_2042024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1395/indicacao_2042024.pdf</t>
   </si>
   <si>
     <t>REFORMA DA UNIDADE BÁSICA DE SAÚDE LOCALIZADA NO DISTRITO DE FALCÃO,</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_2052024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_2052024.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CADEIRAS, NA ÁREA DE ESPERA DA UNIDADE BÁSICA DE SAÚDE NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_2062024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_2062024.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM TFD RURAL NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_2072024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_2072024.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EQUIPE MÍNIMA PARA A ESCOLA MUNICIPAL, CARLOS CAMPOS DE FARIAS NO DISTRITO DE FALCÃO</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_2082024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_2082024.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EQUIPE MÍNIMA PARA UNIDADE BÁSICA DE SAÚDE, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_2092024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_2092024.pdf</t>
   </si>
   <si>
     <t>RETORNO DA AMBULÂNCIA 24 HORAS, NA UNIDADE BÁSICA DE SAÚDE NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_2152024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_2152024.pdf</t>
   </si>
   <si>
     <t>CELEBRAÇÃO DE UM TERMO DE COOPERAÇÃO TÉCNICA COM O MUNICÍPIO DE RESENDE, PARA A REVITALIZAÇÃO E ADEQUAÇÃO DA INFRAESTRUTURA DA RUA DA PALHA.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_2162024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_2162024.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a alteração da infraestrutura viária da Rua Delfim Fróes, em mão única sentido ao centro da cidade.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_2192024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_2192024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA RURAL APÓS O RECANTO 21.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_2202024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_2202024.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ESTRADA RURAL BOM RETIRO.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_2212024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_2212024.pdf</t>
   </si>
   <si>
     <t>AVALIAÇÃO DA NECESSIDADE DE IMPLEMENTAR UM SISTEMA DE IRRIGAÇÃO REGULAR DA ESTRADA BOM RETIRO.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_0802024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_0802024.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXTENSÃO DO ATENDIMENTO COM A MEDICAÇÃO SORO, PARA A CLINICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_2302024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_2302024.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a alteração do itinerário do ônibus escolar a localidade de Joaquim Leite.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a instalação de placas de contato da guarda de trânsito na entrada da cidade.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_2412024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_2412024.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal a desapropriação da área, para a reforma da quadra e parque no bairro Pilotos.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_2452024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_2452024.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal melhorias no bairro Pilotos, como sinalização, instalação de blocos de cimento e aumento na iluminação.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Indica ao executivo municipal, a limpeza das fossas na comunidade do Quilombo de Santana.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Indica ao executivo municipal, a pintura do quebra-molas localizado próximo ao Parque da Cidade.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_2982024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_2982024.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo municipal, que realize um estudo sobre o trânsito de veículos na rua Dom Agnelo Rossi, no bairro São Benedito.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_verbal_305.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_verbal_305.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO A REMOÇÃO DO POSTE DE ENERGIA ELÉTRICA EM FRENTE DA ARTE DA CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_verbal_306.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_verbal_306.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO MANUTENÇÃO DA ILUMINAÇÃO NO CAMPO DO TERREIRÃO.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UE SEJA INSTALADO QUEBRA MOLAS DE INTERTRAVADO NA RUA 23 NO BAIRRO BONDAROVSKY</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1415/indicacao_verbal_309.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1415/indicacao_verbal_309.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO A MANUTENÇÃO DA ILUMINAÇÃO DA PRAÇA TEIXEIRA BRANDÃO</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Casoba da Academia, André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1313/projeto_resolucao_no001-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1313/projeto_resolucao_no001-2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO ÂMBITO DO MUNICÍPIO DE QUATIS O PRÊMIO DO MÉRITO ESPORTIVO ANTÔNIO ALVES CANIL"</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1358/projeto_de_resolucao_n_003-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1358/projeto_de_resolucao_n_003-2024.pdf</t>
   </si>
   <si>
     <t>"CRIA A MEDALHA EM MEMÓRIA COMEMORATIVA JOÃO EVANGELISTA EURICO DA GUARDA CIVIL MUNICIPAL DE QUATIS”.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1343/projeto_resolucao_004.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1343/projeto_resolucao_004.pdf</t>
   </si>
   <si>
     <t>“ATUALIZA O VALOR DE BENEFÍCIO INSTITUÍDO PELA LEI N°784 DE 2012 E ALTERADO PELA LEI N°1.105 DE 2020”</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1369/projeto_de_resolucao_n005-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1369/projeto_de_resolucao_n005-2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA O § 3° DO ART. 9° DA RESOLUÇÃO N°002/2023."</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>Alex D'Elias, André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_resolucao_006-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_resolucao_006-2024.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A APLICAÇÃO DA LEI N°13.709 DE 14 DE AGOSTO DE 2018 - LEI GERAL DE PROTEÇÃO DE DADOS PESSOAIS (LGPD), NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS-RJ."</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Willian Carvalho, Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/projeto_de_resolucao_008-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/projeto_de_resolucao_008-2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A ESCOLA DO LEGISLATIVO PROFESSORA MARIA CECÍLIA, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS-RJ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Willian Carvalho, Alex D'Elias, André Jabuti, Casoba da Academia, Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1409/projeto_de_resolucao_no_09-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1409/projeto_de_resolucao_no_09-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PREMIAÇÃO PROFESSOR E ALUNO NOTA DEZ, DA REDE MUNICIPAL E ESTADUAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1410/projeto_de_resolucao_no_10.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1410/projeto_de_resolucao_no_10.pdf</t>
   </si>
   <si>
     <t>" ALTERA O HORÁRIO DA SESSÕES ORDINÁRIAS NA CÂMARA MUNICIPAL DE QUATIS- RJ".</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1422/projeto_de_resolucao_n_11-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1422/projeto_de_resolucao_n_11-2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA DAE BAIXA DE BENS INTEGRANTES DO PATRIMÔNIO DA CÂMARA MUNICIPAL DE QUATIS".</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1312/projeto_de_decreto__001-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1312/projeto_de_decreto__001-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D’ELIAS, REFERENTE AO EXERCÍCIO DE 2022”.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1309/projeto_de_lei_001-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1309/projeto_de_lei_001-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SUBSTITUIÇÃO DOS SINAIS SONOROS NOS ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS, A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS AOS ALUNOS COM TRANSTORNOS DO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1311/projeto_de_lei_002-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1311/projeto_de_lei_002-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO DO PLANO MUNICIPAL DE GESTÃO INTEGRADA DE_x000D_
  RESÍDUOS SÓLIDOS – PMGIRS E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>Casoba da Academia</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1314/projeto_de_lei_no003-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1314/projeto_de_lei_no003-2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A SEMANA DA SAÚDE BUCAL NAS ESCOLAS E CRECHES DA REDE MUNICIPAL DE EDUCAÇÃO, DESTE MUNICÍPIO"</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1315/projeto_de_lei_n_004-2024-_revisao_salarial_executivo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1315/projeto_de_lei_n_004-2024-_revisao_salarial_executivo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS AGENTES PÚBLICOS, SERVIDORES PÚBLICOS E SUBSÍDIOS DOS AGENTES POLÍTICOS, DO MUNICÍPIO DE QUATIS PARA O ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1341/prpjeto_de_lei_n_005-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1341/prpjeto_de_lei_n_005-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE QUATIS PARA O ANO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1342/projeto_de_lei_n_006-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1342/projeto_de_lei_n_006-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO PARA O ANO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1322/projeto_de_lei_n_007-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1322/projeto_de_lei_n_007-2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 18 E ACRESCENTA OS §3°, §4° E §5° À LEI ORDINÁRIA N° 06 DE 101 DE FEVEREIRO DE 1993 DO MUNICÍPIO DE QUATIS EM CARÁTER TRANSITÓRIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1323/projeto_de_lei_n_008-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1323/projeto_de_lei_n_008-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O USO DO NOME SOCIAL E O RECONHECIMENTO DA IDENTIDADE DE GÊNERO DE PESSOAS TRAVESTIS E TRANSEXUAIS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA, AUTÁRQUICA E FUNDACIONAL DO MUNICÍPIO DE QUATIS-RJ”.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1366/projeto_de_lei_n_009-2024-semana_municipal_de_artes_marciais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1366/projeto_de_lei_n_009-2024-semana_municipal_de_artes_marciais.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA SEMANA MUNICIPAL DE ARTES MARCIAIS DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1353/projeto_de_lei_n_011-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1353/projeto_de_lei_n_011-2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº736 DE 29 DE ABRIL DE 2011, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1359/proojeto_de_lei_n_012-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1359/proojeto_de_lei_n_012-2024.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A POLÍTICA MUNICIPAL ‘VINI JR’ DE COMBATE AO RACISMO EM QUADRAS E CAMPOS ESPORTIVOS DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1360/projeto_de_lei_n_014-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1360/projeto_de_lei_n_014-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1367/projeto_de_lei_n015-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1367/projeto_de_lei_n015-2024.pdf</t>
   </si>
   <si>
     <t>"DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL DE QUATIS A CULTURA HIP HOP E O EVENTO FUSÃO CULTURAL".</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1371/projeto_de_lei_n_016-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1371/projeto_de_lei_n_016-2024.pdf</t>
   </si>
   <si>
     <t>“NOMEAR DE ‘TRAVESSA JOSÉ FRANCISCO OLIVEIRA’, A PRIMEIRA TRAVESSA QUE SE INICIA NA RUA, FREZOLINA DE OLIVEIRA BARROS NO BAIRRO PILOTOS, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1372/projeto_de_lei_n_017-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1372/projeto_de_lei_n_017-2024.pdf</t>
   </si>
   <si>
     <t>“NOMEAR DE ‘TRAVESSA 25 DE NOVEMBRO’, A SEGUNDA TRAVESSA QUE SE INICIA NA RUA, FREZOLINA DE OLIVEIRA BARROS NO BAIRRO PILOTOS, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1368/projeto_de_lei_n018-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1368/projeto_de_lei_n018-2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/projeto_de_lei_n_019-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/projeto_de_lei_n_019-2024.pdf</t>
   </si>
   <si>
     <t>“RECONHECE O WHEELLING “GRAU” E DEMAIS MANOBRAS DE MOTOCICLETAS COMO PRÁTICA ESPORTIVA NO MUNICÍPIO DE QUATIS-RJ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1379/projeto_de_lei_no_020.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1379/projeto_de_lei_no_020.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE QUATIS PARA A LEGISLATURA DE 2025/2028.”</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1380/projeto_de_lei_n_021-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1380/projeto_de_lei_n_021-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ATENDIMENTO PRIORITÁRIO AOS PORTADORES DE FIBROMIALGIA E A INCLUSÃO DO SÍMBOLO MUNDIAL DA FIBROMIALGIA NAS PLACAS E AVISOS DE ATENDIMENTO PRIORITÁRIO NO ÂMBITO DO MUNICÍPIO DE QUATIS-RJ.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/projeto_de_lei_n_015-2024-_patrimonio_cultural.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/projeto_de_lei_n_015-2024-_patrimonio_cultural.pdf</t>
   </si>
   <si>
     <t>"DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL O EVENTO FEIRA DA ROÇA DE QUATIS".</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/projeto_de_lei_023-2024_-_carteira_de_identificacao_da_pessoa_com_deficiencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/projeto_de_lei_023-2024_-_carteira_de_identificacao_da_pessoa_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM DEFICIÊNCIA, DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA E OUTROS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1405/projeto_de_lei_024-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1405/projeto_de_lei_024-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA “DOADORES DO FUTURO” NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIÊNCIAS”.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1407/projeto_de_lei_n_025-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1407/projeto_de_lei_n_025-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O “PROGRAMA DE ORIENTAÇÃO E DE PREVENÇÃO DE ACIDENTES DOMÉSTICOS COM CRIANÇAS” NO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1408/projeto_de_lei_n026-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1408/projeto_de_lei_n026-2024.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1411/projeto_de_lei_n__027-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1411/projeto_de_lei_n__027-2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA O CAPUT, AS ALÍNEAS “A”, “D” E “E” DO INCISO I, ALÍNEA “C” DO INCISO II E O § 3º E ACRESCENTA AS ALÍNEAS “F” E “G” NO INCISO I E ALÍNEAS “D” E “E” NO INCISO II DO ART. 5º DA LEI Nº 737 DE 29 DE ABRIL DE 2011 E ALTERA O ART. 3º DA LEI Nº 922 DE 28 DE MARÇO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1417/projeto_de_lei_n028-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1417/projeto_de_lei_n028-2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA ANEXOS DA LEI  DE DIRETRIZES ORÇAMENTÁRIAS/LDO 2025, CONSTANTE DA LEI MUNICIPAL N° 1301 DE 22 JULHO DE 2024".</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1418/projeto_de_lei_n029-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1418/projeto_de_lei_n029-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE QUATIS PARA O QUADRIÊNIO DE 2022 A 2025"</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1420/projeto_de_lei_n_030-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1420/projeto_de_lei_n_030-2024.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A FEDERAÇÃO INTERESTILOS DE KARATE DO RIO DE JANEIRO- FIKARJ."</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1310/projeto_de_lei_complementar_001-24.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1310/projeto_de_lei_complementar_001-24.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO X DO CÓDIGO AMBIENTAL MUNICIPAL, DA LEI COMPLEMENTAR Nº 28, DE 09 DE DEZEMBRO DE 2022”.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1352/prol.lei_complementar_no_002-2024__anexo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1352/prol.lei_complementar_no_002-2024__anexo.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR Nº 20 DE 05 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1419/projeto_de_lei_complementar_n003-2024_2.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1419/projeto_de_lei_complementar_n003-2024_2.pdf</t>
   </si>
   <si>
     <t>"ATUALIZA A PLANTA GENÉRICA DE VALORES DO MUNICÍPIO DE QUATIS E REGULA A FORMA DE APURAÇÃO DO VALOR VENAL DE IMÓVEIS PARA EFEITO DE LANÇAMENTO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA (IPTU), E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1421/projeto_de_lei_complementar_n004-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1421/projeto_de_lei_complementar_n004-2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA O CÓDIGO TRIBUTÁRIO DO MUNÍCIPIO DE QUATIS, LEI MUNICIPAL N° 74 DE 16 DEZEMBRO DE 1994, REGULANDO, ESPECIALMENTE, NOVA FORMA SOBRE O IMPOSTO DE TRANSMISSÃO INTER VIVOS SOBRE BENS IMÓVEIS E DIREITOS (ITBI), E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1753,67 +1753,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_0012024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_0042024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_0052024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1319/indicacao_0062024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_0072024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_verbal_021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_0232024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_0242024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1325/indicacao_0252024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_0262024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_0272024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_0282024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_0392024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_0402024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_0492024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_0592024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1331/indicacao_0602024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1332/indicacao_0762024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_0772024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1334/indicacao_0782024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1335/indicacao_0792024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1344/indicacao_0802024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_verbal_089.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_verbal_090.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1345/indicacao_0912024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_0922024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1347/indicacao_0932024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1348/indicacao_0942024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_0992024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_1002024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_1012024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_1322024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_1402024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_1412024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1378/camscanner_28-06-2024_09.28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_1572024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_1732024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_1742024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_1792024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_1832024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_1842024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_1882024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1388/indicacao_1892024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1389/indicacao_2192024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_1952024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/indicacao_1982024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/indicacao_1992024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/indicacao_2002024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_2032024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1395/indicacao_2042024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_2052024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_2062024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_2072024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_2082024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_2092024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_2152024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_2162024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_2192024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_2202024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_2212024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_0802024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_2302024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_2412024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_2452024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_2982024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_verbal_305.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_verbal_306.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1415/indicacao_verbal_309.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1313/projeto_resolucao_no001-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1358/projeto_de_resolucao_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1343/projeto_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1369/projeto_de_resolucao_n005-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/projeto_de_resolucao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1409/projeto_de_resolucao_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1410/projeto_de_resolucao_no_10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1422/projeto_de_resolucao_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1312/projeto_de_decreto__001-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1309/projeto_de_lei_001-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1311/projeto_de_lei_002-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1314/projeto_de_lei_no003-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1315/projeto_de_lei_n_004-2024-_revisao_salarial_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1341/prpjeto_de_lei_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1342/projeto_de_lei_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1322/projeto_de_lei_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1323/projeto_de_lei_n_008-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1366/projeto_de_lei_n_009-2024-semana_municipal_de_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1353/projeto_de_lei_n_011-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1359/proojeto_de_lei_n_012-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1360/projeto_de_lei_n_014-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1367/projeto_de_lei_n015-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1371/projeto_de_lei_n_016-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1372/projeto_de_lei_n_017-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1368/projeto_de_lei_n018-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/projeto_de_lei_n_019-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1379/projeto_de_lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1380/projeto_de_lei_n_021-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/projeto_de_lei_n_015-2024-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/projeto_de_lei_023-2024_-_carteira_de_identificacao_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1405/projeto_de_lei_024-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1407/projeto_de_lei_n_025-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1408/projeto_de_lei_n026-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1411/projeto_de_lei_n__027-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1417/projeto_de_lei_n028-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1418/projeto_de_lei_n029-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1420/projeto_de_lei_n_030-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1310/projeto_de_lei_complementar_001-24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1352/prol.lei_complementar_no_002-2024__anexo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1419/projeto_de_lei_complementar_n003-2024_2.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1421/projeto_de_lei_complementar_n004-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_0012024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_0042024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_0052024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1319/indicacao_0062024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_0072024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_verbal_021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_0232024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_0242024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1325/indicacao_0252024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_0262024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_0272024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_0282024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_0392024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_0402024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_0492024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_0592024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1331/indicacao_0602024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1332/indicacao_0762024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_0772024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1334/indicacao_0782024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1335/indicacao_0792024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1344/indicacao_0802024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_verbal_089.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_verbal_090.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1345/indicacao_0912024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_0922024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1347/indicacao_0932024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1348/indicacao_0942024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_0992024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_1002024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_1012024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_1322024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_1402024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_1412024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1378/camscanner_28-06-2024_09.28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_1572024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_1732024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_1742024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_1792024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_1832024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_1842024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_1882024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1388/indicacao_1892024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1389/indicacao_2192024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_1952024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/indicacao_1982024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/indicacao_1992024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/indicacao_2002024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_2032024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1395/indicacao_2042024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_2052024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_2062024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_2072024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_2082024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_2092024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_2152024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_2162024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_2192024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_2202024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_2212024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_0802024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_2302024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_2412024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_2452024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_2982024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_verbal_305.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_verbal_306.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1415/indicacao_verbal_309.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1313/projeto_resolucao_no001-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1358/projeto_de_resolucao_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1343/projeto_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1369/projeto_de_resolucao_n005-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/projeto_de_resolucao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1409/projeto_de_resolucao_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1410/projeto_de_resolucao_no_10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1422/projeto_de_resolucao_n_11-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1312/projeto_de_decreto__001-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1309/projeto_de_lei_001-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1311/projeto_de_lei_002-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1314/projeto_de_lei_no003-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1315/projeto_de_lei_n_004-2024-_revisao_salarial_executivo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1341/prpjeto_de_lei_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1342/projeto_de_lei_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1322/projeto_de_lei_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1323/projeto_de_lei_n_008-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1366/projeto_de_lei_n_009-2024-semana_municipal_de_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1353/projeto_de_lei_n_011-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1359/proojeto_de_lei_n_012-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1360/projeto_de_lei_n_014-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1367/projeto_de_lei_n015-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1371/projeto_de_lei_n_016-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1372/projeto_de_lei_n_017-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1368/projeto_de_lei_n018-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/projeto_de_lei_n_019-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1379/projeto_de_lei_no_020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1380/projeto_de_lei_n_021-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/projeto_de_lei_n_015-2024-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/projeto_de_lei_023-2024_-_carteira_de_identificacao_da_pessoa_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1405/projeto_de_lei_024-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1407/projeto_de_lei_n_025-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1408/projeto_de_lei_n026-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1411/projeto_de_lei_n__027-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1417/projeto_de_lei_n028-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1418/projeto_de_lei_n029-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1420/projeto_de_lei_n_030-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1310/projeto_de_lei_complementar_001-24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1352/prol.lei_complementar_no_002-2024__anexo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1419/projeto_de_lei_complementar_n003-2024_2.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2024/1421/projeto_de_lei_complementar_n004-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>