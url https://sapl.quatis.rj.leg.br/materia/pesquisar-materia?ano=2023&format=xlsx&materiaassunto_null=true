--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -10,1432 +10,2580 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1111" uniqueCount="464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1774" uniqueCount="847">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
-    <t>Autorias/Autor/Nome do Autor</t>
+    <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>André Jabuti</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1240/brnb4220091485f_008218.pdf</t>
   </si>
   <si>
     <t>A presente proposição atende pedidos de moradores, pois atualmente o campo encontra-se em péssimas condições. Sua recuperação proporcionará uma estrutura com acomodações mais adequadas para a prática de atividades físicas e recreativas aos moradores, que passarão a contar com um espaço digno e apropriado para a convivência em comum.</t>
   </si>
   <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacao_verbal_005.2023_-_aplicacao_da_lei_federal_10.639.2003_-_estabelece_a_historia_e_cultura_afrobrasileira_na_rede_de_ensino_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA APLICADA A LEI FEDERAL N. 10.639/2003 NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_verbal_006.2023_-_retorno_do_programa_sacola_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RETOMADO O PROGRAMA MUNICIPAL SACOLA VERDE.</t>
   </si>
   <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacao_verbal_016.2023_-_programa_ou_plano_de_acao_para_sanar_a_problematica_das_estradas_que_dao_acesso_ao_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ELABORADO UM PROGRAMA OU PLANO DE AÇÃO QUE POSSA SANAR AS DIFICULDADES DE ACESSO E TRÂNSITO AO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacao_verbal_017.2023_-_placa_de_identificacao_e_informativa_em_obra_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COBRADA DA EMPRESA A INSTALAÇÃO DE PLACA DE IDENTIFICAÇÃO E INFORMATIVA NO SERVIÇO DE COLOCAÇÃO DOS BLOQUETES NO LARGO DA IGREJA QUILOMBOLA DE SANTANA.</t>
   </si>
   <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacao_verbal_018.2023_-_revitalizacao_da_igreja_historica_do_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ARTICULADO JUNTO AO INSTITUTO DE PATRIMÔNIO HISTÓRICO E ARTÍSTICO NACIONAL - IPHAN A REVITALIZAÇÃO DA IGREJA HISTÓRICA LOCALIZADA NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacao_verbal_024.2023_-_regularizacao_fundiaria_da_regiao_dos_bairros_nsa._sra._rosario_sao_benedito_e_santo_antonio..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM PLANO DE AÇÃO DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacao_verbal_025.2023_-_reativacao_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM REATIVADOS OS CONSELHOS MUNICIPAIS EM QUATIS, BEM COMO A CRIAÇÃO DE OUTROS JÁ INDICADOS POR ESTA CASA.</t>
   </si>
   <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacao_verbal_026.2023_-_associacoes_de_moradores.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTIMULE, ASSESSORE E FOMENTE A CRIAÇÃO DE ASSOCIAÇÃO DE MORADORES EM QUATIS.</t>
   </si>
   <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1241/brnb4220091485f_008217.pdf</t>
   </si>
   <si>
     <t>A presente proposição atende pedidos de moradores, pois atualmente a quadra encontra-se em péssimas condições. Sua recuperação proporcionará uma estrutura com acomodações mais adequadas para a prática de atividades físicas e recreativas aos moradores, que passarão a contar com um espaço digno e apropriado para a convivência em comum.</t>
   </si>
   <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_verbal_037.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DO ENTULHO DA PONTE DA TRAVESSIA QUE LIGA OS BAIRROS CENTRO E SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO ESTUDO TÉCNICO PARA CONSTRUÇÃO DE ÁREAS DE CONTENÇÃO EM QUATIS EM VIRTUDE DAS FORTES CHUVAS</t>
   </si>
   <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacao_verbal_045.2023_-_ampliacao_da_defesa_civil.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA AMPLIADA A EQUIPE DA DEFESA CIVIL MUNICIPAL.</t>
   </si>
   <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacao_verbal_046.2023_-_avaliacao_estrutural_das_pontes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM AVALIADAS AS ESTRUTURAS DAS PONTES EXISTENTES NO MUNICÍPIO APÓS AS FORTES CHUVAS OCORRIDAS NO MÊS DE FEVEREIRO.</t>
   </si>
   <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacao_verbal_047.2023_-_sistema_de_alerta_de_desastres_naturais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UM SISTEMA DE ALERTA DE DESASTRES NATURAIS OU NÃO EM QUATIS.</t>
   </si>
   <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacao_verbal_048.2023_-_galerias_de_aguas_pluviais_e_fluviais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM ALARGADAS E/OU CONSTRUÍDAS GALERIAS DE ÁGUAS PLUVIAIS E FLUVIAIS NOS BAIRROS ÁGUA ESPRAIADA, BOA VISTA E OUTROS PONTOS OBSERVADOS PELA SECRETARIA COMPETENTE.</t>
   </si>
   <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1242/brnb4220091485f_008216.pdf</t>
   </si>
   <si>
     <t>A presente preposição atende a pedido de munícipes que fazem a utilização da passarela que liga os bairros Centro e São Benedito, o acesso é de grande ajuda para que a passagem seja mais rápida dos moradores, com isso solicito que os órgãos competentes façam um estudo de viabilidade para saber qual a melhor opção, uma mureta de proteção ou corrimão para que traga mais segurança dos que necessitam dessa travessia.</t>
   </si>
   <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE GERADORES DE ENERGIA.</t>
   </si>
   <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1282/indica_verbal_055.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REFORMA DA ANTIGA ESTAÇÃO DE TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacao_verbal_056.2023_-_asfalto_ecologicoo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM ESTUDO SOBRE A VIABILIDADE DE UTILIZAÇÃO DE ASFALTO ECOLÓGICO NAS ESTRADAS RURAIS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacao_verbal_057.2023_-_lei_lucas_-_primeiro_socorros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE OFEREÇA CURSOS DE PRIMEIROS SOCORROS AOS SERVIDORES LOTADOS NAS UNIDADES DE ENSINO DA REDE MUNICIPAL DE EDUCAÇÃO, DE ACORDO COM A LEI 13.722/2018 – LEI LUCAS.</t>
   </si>
   <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacao_verbal_058.2023_-_monitoramento_do_plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O MONITORAMENTO E REAVALIAÇÃO DAS METAS DA LEI MUNICIPAL 797/2012 QUE DISPÕE SOBRE O PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_verbal_061.2023_-_ponto_de_hidratacao_no_km_10..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTRUTURE UM PONTO DE HIDRATAÇÃO PRÓXIMO AO QUILÔMETRO 10, SENTIDO RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1072/indicacao_verbal_062.2023_-_ampliacao_de_vagas_destinadas_aos_moradores_de_sao_joaqium_para_fazer_exame_de_sangue_aos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REFORME O POSTO DE SAÚDE NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM, BEM COMO AMPLIE A OFERTA DE VAGAS DESTINADAS AOS MORADORES DO DISTRITO PARA REALIZAÇÃO DE EXAME DE SANGUE.</t>
   </si>
   <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1073/indicacao_verbal_063.2023_-_manutencao_das_estradas_que_dao_acesso_ao_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A MANUTENÇÃO DAS ESTRADAS QUE DÃO ACESSO AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM APÓS CESSAR AS FORTES CHUVAS.</t>
   </si>
   <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacao_verbal_064.2023_-_capina_e_rocada_nas_estradas_em_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A CAPINA E ROÇADA NAS ESTRADAS DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1075/indicacao_verbal_065.2023_-_limpeza_nos_boeiros_do_distrito_de_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA NOS BUEIROS DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_verbal_069.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DESOBSTRUÇÃO DE DOIS BUEIROS NA RUA ANTÔNIO POLASTRI.</t>
   </si>
   <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_verbal_070.2023_-_asfalto_e_sistema_de_escoamento_de_agua_-_alto_paraiso.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ASFALTE E CONSTRUA UM SISTEMA PARA ESCOAMENTO DA ÁGUA NA RUA PROJETADA NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_071.2023_-_agente_comunitario_de_saude_-_alto_paraiso.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UM AGENTE COMUNITÁRIO DE SAÚDE PARA O BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_072.2023_-_artistas_quatienses_no_carvanal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PRIORIZE OS ARTISTAS QUATIENSES NA PROGRAMAÇÃO DO CARNAVAL EM 2024.</t>
   </si>
   <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1253/brnb4220091485f_008215.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido alguns pontos de ônibus não tem a sinalização adequada, conforme a lei os motoristas não podem fazer a parada fora dos locais indicados, por esse motivo peço que seja feito o estudo para que essa adequação seja normalizada para atender os munícipes que necessitam desse transporte.</t>
   </si>
   <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL SECRETARIA DE SAÚDE QUE SEJA FIXADO NOS LOCAIS DE ATENDIMENTO A POPULAÇÃO O INFORMATIVO DO ESTATUTO DO IDOSO.</t>
   </si>
   <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1244/brnb4220091485f_008214.pdf</t>
   </si>
   <si>
     <t>O refeitório da escola encontra se com as portas laterais quebradas, segundo funcionários que trabalham naquela área informaram que tem aparecido muitos animais peçonhentos, cachorros, pássaros e outros que entram pelos acessos podendo trazer riscos aos alunos que precisam utilizar o espaço para fazerem suas refeições. Os banheiros que localiza ao lado de fora do refeitório, precisam de uma reforma para melhor atender aos alunos e funcionários da escola.</t>
   </si>
   <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_096.2023_-_criacao_do_programa_feliz_idade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPALQUE CRIE UM PROGRAMA “FELIZ IDADE” DESTINADO À QUALIDADE DE VIDA NA TERCEIRA IDADE.</t>
   </si>
   <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1245/brnb4220091485f_008213.pdf</t>
   </si>
   <si>
     <t>Essa indicação se faz necessária devido a relatos de moradores que a rede de esgoto que passa em uma manilha dentro do bueiro na rua quando há fortes chuvas essa rede não dá vazão e esse esgoto se espalha nas ruas, trazendo um grande risco a saúde dos moradores que moram nas proximidades.</t>
   </si>
   <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VIABILIZE ATENDIMENTO DE MÉDICO PEDIATRA NA CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADOTE NO MUNICÍPIO UM SISTEMA DE DIVULGAÇÃO DE INFORMAÇÕES E RESPOSTAS VIA APLICATIVO DE MENSAGENS.</t>
   </si>
   <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_104.2023_-_repasse_fiscal_licenca_ambiental_no_municipio..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ARTICULE COM O GOVERNO DO ESTADO NA CONDICIONANTE DE COMPENSAÇÃO FISCAL ÀS EMPRESAS QUE DETÉM LICENÇA AMBIENTAL NO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>106</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_105.2023_-_construcao_de_calcada_e_faixa_de_pedestre_na_rua_victor_marcondes_sampaio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CALÇADA E FAIXA DE PEDESTRE QUE DÊ ACESSO AO PONTO DE ÔNIBUS NA_x000D_
 RUA VICTOR MARCONDES SAMPAIO.</t>
   </si>
   <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_107.2023_-_organizacao_da_ordem_urbana_para_caminhoes_de_grande_porte.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ORGANIZE A LOCOMOÇÃO E PARADA DE CAMINHÕES DE GRANDE PORTE NO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_108.2023_-_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA CAMPANHA DE IDENTIFICAÇÃO, ATUALIZAÇÃO E FOMENTO DE FAZEDORES DE CULTURA DO MUNICÍPIO, CONSTRUINDO UM MAPA CULTURAL DE QUATIS.</t>
   </si>
   <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DO POSTE DE ENERGIA DO BAIRRO PILOTOS NA RUA FRIZOLINA DE BARROS.</t>
   </si>
   <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
     <t>Maria Rosa</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1180/camscanner_15-08-2023_10.12.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL TAMPA DO BUEIRO NA RUA GUIOMAR MARCONDES DE OLIVEIRA, JARDIM POLASTRI</t>
   </si>
   <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
     <t>Casoba da Academia</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1131/indicacao_verbal_120_2023__04_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA CALÇADA NA ESTRADA QUATIS PARADA, NO BAIRRO ALTO PARAÍSO. RUA AO LADO DO CIEP 492. A MESMA SE ENCONTRA COM BURACO.</t>
   </si>
   <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1246/brnb4220091485f_008212.pdf</t>
   </si>
   <si>
     <t>A presente solicitação se faz necessária para que os alunos e servidores tenham mais segurança, devido aos acontecimentos a extensão da escola é muito ampla e por ser um espaço que é muito visível pais e professores estão sentindo inseguros,  com a base da Guarda Municipal no local trará mais conforto e tranquilidade para a população e até mesmo aos moradores dos arredores da escola.</t>
   </si>
   <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1132/indicacao_verbal_123_2023__11_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE CONTRATAÇÃO DE PORTEIRO/SEGURANÇA PARA ATUAR NO CIEP 492 NO NOSSO MUNICÍPIO  E  A POSSIBILIDADE DE CONSTRUÇÃO DE ÁREA COBERTA ENTRE O PORTÃO E O  PRÉDIO DA ESCOLA.</t>
   </si>
   <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_126.2023_-_divulgacao_dos_conselhos_de_direitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A DIVULGAÇÃO DOS CONSELHOS MUNICIPAIS DE DIREITOS JÁ CRIADOS, BEM COMO DA CRIAÇÃO DO CONSELHO MUNICIPAL LGBTI+ EM QUATIS.</t>
   </si>
   <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1133/indicacao_verbal_129_2023__13_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PROGRAMA PARA A RETOMADA DOS JOGOS ESTUDANTIS E A RETOMADA MORAL E CÍVICA NAS ESCOLAS DO MUNÍCIPIO.</t>
   </si>
   <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1134/indicacao_verbal_130_2023__13_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DOS GRÊMIOS ESTUDANTIS NAS ESCOLAS DO MUNÍCIPIO.</t>
   </si>
   <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_131.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ENTRADAS DOS COLÉGIOS.</t>
   </si>
   <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1181/camscanner_15-08-2023_10.10.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DE ÁRVORES NO BAIRRO JARDIM POLASTRI</t>
   </si>
   <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1135/indicacao_verbal_135_2023_18_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRA NO BAIRRO SÃO JOSÉ I.</t>
   </si>
   <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_138.2023_-_acessibilidade_as_pessoas_com_deficiencia_visual..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AS MÍDIAS DIGITAIS UTILIZADAS PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL SEJAM ACESSÍVEIS ÀS PESSOAS COM DEFICIÊNCIA VISUAL POR MEIO DE TEXTOS DESCRITIVOS DE IMAGENS E USO DE LIBRAS ÀS PESSOAS COM DEFICIÊNCIA AUDITIVA.</t>
   </si>
   <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_139.2023_-_reajuste_da_perda_inflacionaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA ESCLARECER À CÂMARA MUNICIPAL DE QUATIS E AOS SERVIDORES E FUNCIONÁRIOS PÚBLICOS MUNICIPAIS SE HÁ VIABILIDADE DE REAJUSTAR A PERDA INFLACIONÁRIA DE SUBSÍDIOS E SALÁRIOS MEDIDA PELO IPCA/IBGE DE 2023.</t>
   </si>
   <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_140.2023_-_criar_comissao_sobre_reforma_tributaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA CRIAR UMA COMISSÃO QUE DISCUTA SOBRE A REFORMA TRIBUTÁRIA DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_141.2023_-_capina_e_rocada_serra_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA REALIZAR A CAPINA, ROÇADA E MANUTENÇÃO NA ESTRADA QUE DÁ ACESSO À SERRA DE FALCÃO.</t>
   </si>
   <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1247/brnb4220091485f_008211.pdf</t>
   </si>
   <si>
     <t>A solicitação se faz necessária devido o espaço onde a população faz uso em atividades físicas a noite, precisa estar bem iluminada para que traga mais segurança ao local e aos moradores próximos.</t>
   </si>
   <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1182/camscanner_15-08-2023_10.15.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DO PRAZO CONCEDIDO CONFORME O DECRETO Nº3.172, DE JANEIRO DE 2023, QUE REGULAMENTA O ART Nº7 DA LEI COMPLEMENTAR MUNICIPAL Nº27 DE 28 DE NOVEMBRO DE 2022</t>
   </si>
   <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1136/indicacao_verbal_149_2023__25_04_2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE CADASTRAMENTO DOS ATLETAS COMPETIDORES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_151.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO TERRENO BALDIO NA RUA NALDIR LARANJEIRA BAPTISTA EM FRENTE A CASA NÚMERO 40 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_152.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL RECAPEAMENTO DO ASFALTO DA RUA GERALDO BALTAR NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_154.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO DO AFUNDAMENTO DE RUA EM FRENTE AO DETRAN NA RUA PROFESSOR PESSOA DE BARROS.</t>
   </si>
   <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_162_2023__02_05_2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A PROVIDÊNCIA DE COMPRA DE APARELHO WI-FI PARA A ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO”.</t>
   </si>
   <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A POSSIBILIDADE DE ESTUDO PARA A  EXPANSÃO DA FEIRA DE ARTESANATO, SENDO UMA FEIRA LIVRE EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_164_2023__02_05_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A POSSIBILIDADE DE DESTINAR A FEIRA LIVRE PARA O FUTURO PARQUE DA CIDADE”.</t>
   </si>
   <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_167_2023__09_05_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  AÇÃO TAPA BURACO, NO BAIRRO JARDIM POLASTRI, PRÓXIMO À IGREJA IMACULADA CONCEIÇÃO.</t>
   </si>
   <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1248/brnb4220091485f_008210.pdf</t>
   </si>
   <si>
     <t>A indicação faz se necessária devido o espaço está sendo utilizado como ponto de descarte de lixos e entulhos, trazendo a população que mora ao redor grandes riscos como aparecimento de animais peçonhentos. Essa área de lazer será muito utilizada pelos moradores e alunos creche CMEI.</t>
   </si>
   <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1249/brnb4220091485f_008209.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido o bairro não ter uma placa sinalizando que naquelas proximidades existe uma Creche Municipal, até mesmos para que os motoristas tenham atenção com a circulação de pessoas.</t>
   </si>
   <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1250/brnb4220091485f_008208.pdf</t>
   </si>
   <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_181.2023_-_grades_na_obra_do_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA LIMPEZA E RETIRADAS DE ENTULHOS NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE GRADES DE PROTEÇÃO COM CADEADOS NOS DISJUNTORES DAS QUADRAS NO MUNICÍPIO E DESIGNAR UM PROFISSIONAL PARA O CONTROLE DOS RESPECTIVOS DISJUNTORES.</t>
   </si>
   <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_185.2023_-_aumento_do_muro_escola_quilombola_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AUMENTE O MURO NO ENTORNO DA ESCOLA MUNICIPAL QUILOMBOLA DE SANTANA IRMÃ ELIZABETH ALVES.</t>
   </si>
   <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_186.2023_-_dedetizacao_escola_quilombola_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA DEDETIZAÇÃO NA ESCOLA MUNICIPAL QUILOMBOLA DE SANTANA IRMÃ ELIZABETH ALVES.</t>
   </si>
   <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1251/brnb4220091485f_008207.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido a solicitação de munícipes que fazem uso de bicicletas e trabalham no comércio em torno da Praça Teixeira Brandão, Centro, estão sem lugar para guardarem e estão utilizando os postes para trancarem.</t>
   </si>
   <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1190/indicacao__191.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL  QUE SEJA FEITA À LIMPEZA DA  REPRESA DO BAIRRO LAVA PÉS NA RUA JAIME CAETANO DE OLIVEIRA.</t>
   </si>
   <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1183/brnb422008c8c8b_002433.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE QUEBRA-MOLAS EM AMBAS AS RUAS QUE PASSAM PELA BIQUINHA INDO EM DIREÇÃO AO BAIRRO PILOTOS: NAS RUAS DELFIM FRÓES, DONA CIRENE E FAUSTINO PINHEIRO, NO CENTRO, QUATIS-RJ</t>
   </si>
   <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_verbal_201.2023_-_construcao_de_areas_de_lazer_em_terrenos_inutilizados..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A CONSTRUÇÃO DE UMA ÁREA DE LAZER NOS TERRENOS DA PREFEITURA MUNICIPAL DE QUATIS NA RUA NALDIR LARANJEIRAS, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1227/indicacao_verbal_202.2023_-_revitalizacao_da_servidao_manoelina_do_rosario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA SERVIDÃO MANOELINA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1228/indicacao_verbal_203.2023_-_rua_do_ceap.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A VIABILIDADE DE PROIBIÇÃO DE TRÂNSITO DE CAMINHÕES NA RUA PREFEITO OSCAR TEIXEIRA DE MENDONÇA.</t>
   </si>
   <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_verbal_204.2023_-_rua_cel_jose_leite.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE FECHAMENTO DA RUA CEL. JOSÉ LEITE, PRÓXIMO À PRAÇA, PARA USO DE LAZER DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1252/brnb4220091485f_008206.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido essa passarela está escura colocando em risco os moradores que utilizam esse acesso à noite para irem e voltarem de seus trabalhos.</t>
   </si>
   <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_verbal_209.2023_-_construcao_de_canaleta.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CANALETA OU VIA PARA ESCOAMENTO DE ÁGUA ENTRE A RUA 5 E 6, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_verbal_210.2023_-_construcao_de_muro_no_bairro_nsr_nas_casinhas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UM MURO DE CONTENÇÃO ENTRE AS RUAS 5 E 6, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_verbal_211.2023_-_revitalizacao_das_ruas_e_e_f_jd_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REVITALIZAÇÃO DAS RUAS E E F DO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_verbal_212.2023_-_revitalizacao_da_rua_6_no_bairro_nsr_nas_casinhas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REVITALIZE A RUA LOCALIZADA ENTRE AS RUAS 5 E 6 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_224_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UM CORRIMÃO NA PONTE NA RJ 179 PRÓXIMO AO SÍTIO DAS ANDORINHAS.</t>
   </si>
   <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1176/brnb422008c8c8b_002432.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE DUAS LÂMPADAS EM VOLTA DO TRAILER DO JERÔNIMO LANCHES, NA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_150.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AÁLISE TÉCNICA DE UMA ÁRVORE DE AMENDOEIRA NA RUA NALDIR LARANJEIRA BAPTISTA EM FRENTE A CASA NÚMERO 40 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_237.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE LUMINARIAS NA ESTRADA QUATIS X GLICÉRIO.</t>
   </si>
   <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_verbal_243.2023_-_fundo_de_participacao_do.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SOLICITE AO MINISTÉRIO DA FAZENDA A PARTICIPAÇÃO NO FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS.</t>
   </si>
   <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_verbal_244.2023_-_guarda_civil_municipal_no_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DISPONHA DE UM GUARDA CIVIL MUNICIPAL AO PRÉDIO DO CONSELHO TUTELAR DE QUATIS.</t>
   </si>
   <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_verbal_245.2023_-_reforma_da_escola_municipal_anesia_alves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REFORME A ESCOLA MUNICIPAL PROF.ª ANÉSIA ALVES DE OLIVEIRA EM RIBEIRÃO DE SÃO JOAQUIM, BEM COMO AVALIE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA AO LADO DA UNIDADE ESCOLAR.</t>
   </si>
   <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_verbal_254.2023_-_maquina_de_lavar_industrial_lavanderia_comunitaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADQUIRE UMA MÁQUINA DE LAVAR INDUSTRIAL PARA A LAVANDERIA COMUNITÁRIA DO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1238/indicacao_verbal_255.2023_-_rede_de_esgoto_na_rua_dom_agnelo_rossi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA REDE DE ESGOTO NA RUA DOM AGNELO ROSSI NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_261_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM PROJETO PARA QUE SEJA FEITO UM PROJETO PARA A RECONSTRUÇÃO DA PISTA DE SKATE NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1239/indicacao_verbal_268.2023_-_oficio_ao_senador_portinho_-_raiox.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UM OFÍCIO ENDEREÇADO AO SENADOR CARLOS PORTINHO PARA AQUISIÇÃO DE UM RAIO X À CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1243/brnb4220091485f_008215.pdf</t>
   </si>
   <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A VISTORIA NO MURO NA RUA SALVADOR BARBOSA LIMA NA CASA 152 NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_284.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A ROÇADA NA CERVIDÃO RUA OLAVO DE CASTRO LOBO AO LADO DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_285.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A ROÇADA E LIMPEZA NA SERVIDÃO ATRÁS DO CEMITÉRIO NA RUA JAIME CAETANO NO BAIRRO LAVA PÉS.</t>
   </si>
   <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_verbal_294.2023_-_rede_fluvial_e_pluvial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A DESOBSTRUÇÃO E AMPLIAÇÃO DA REDE FLUVIAL PRÓXIMO À QUADRA POLIESPORTIVA EM FALCÃO.</t>
   </si>
   <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_verbal_295.2023_-_parque_e_banco_na_rua_da_palha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NO PARQUE, NOS BANCOS E NO ESPAÇO DE CONVIVÊNCIA NA RUA DA PALHA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_verbal_296.2023_-_pracinha_santo_antonio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA PRACINHA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_verbal_297.2023_-_pracinha_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA PRACINHA NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_verbal_298.2023_-_rua_dom_agnelo_rossi_-_estreita.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM ESTUDO SOBRE O TRÂNSITO DE VEÍCULOS NA RUA DOM AGNELO ROSSI, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_verbal_299.2023_-_proibir_caminhoes_na_rua_6.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE PROIBIR TRÁFEGO DE CAMINHÕES NA RUA 06, SERVIDÃO MARCELINA DO ROSÁRIO NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_verbal_300.2023_-_redutor_de_velocidade_na_rua_alfredo_samapaio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE INSTALAR UM REDUTOR DE VELOCIDADE OU PLACA DE ALERTA NA RUA ALFREDO SAMPAIO, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_verbal_301.2023_-_revitalizacao_da_frizolina_de_barros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA RUA FRIZOLINA DE OLIVEIRA BARROS, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_verbal_302.2023_-_reforma_da_jose_souto.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA RUA JOSÉ SOUTO, NO BAIRRO BONDAROWISKY.</t>
   </si>
   <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_313.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADO NO NOSSO MUNICÍPIO A CIPTEA CARTEIRA DE INDENTIFICAÇÃO DA PESSOA COM TRASTORNO DO ESPECTRO AUTISTA.</t>
   </si>
   <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_verbal_314.2023_-_redutores_de_velocidade_na_travessa_b.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INSTALE REDUTORES DE VELOCIDADE E PLACAS DE SINALIZAÇÃO NA TRAVESSA B NO BAIRRO ALTO DAS QUARESEMEIRAS.</t>
   </si>
   <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_verbal_315.2023_-_alto_das_quaresmeiras_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA E CAPINA NO BAIRRO ALTO DAS QUARESMEIRAS PRÓXIMO ÀS MARGENS ENTRE BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_verbal_316.2023_-_alto_das_quaresmeiras_-_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PROJETO DE SANEAMENTO BÁSICO PARA O BAIRRO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_verbal_317.2023_-_programa_grupo_feliz.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DEDICADO PARA O GRUPO DA FELIZ IDADE.</t>
   </si>
   <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_verbal_318.2023_-_abatimento_na_passagem_dos_municipes_que_trabalham_fora.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DE ABATIMENTO NAS PASSAGENS DOS MUNÍCIPES QUE DESEMPENHAM O OFÍCIO NOS MUNICÍPIOS VIZINHOS.</t>
   </si>
   <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_verbal_320.2023_-_programa_de_logistica_de_entrega_de_medicamentos_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DE LOGÍSTICA DE ENTREGA DE MEDICAMENTOS POR MEIO DE MOTOCICLISTAS E CICLISTAS.</t>
   </si>
   <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA Á MANUTENÇÃO NA RUA DE CHÃO ISAC MARCONDES SAMPAIO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_verbal_324.2023_-_levantamento_e_cadastramento_das_entidades_e_organizacoes_nao_governamentais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM LEVANTAMENTO E CADASTRAMENTO DE ENTIDADES, ORGANIZAÇÕES NÃO GOVERNAMENTAIS, ORGANIZAÇÕES CIVIS E CORRELATAS QUE ATUEM NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_verbal_325.2023_-_politica_e_camapnha_contra_o_uso_e_abuso_do_tabagismo_e_alcool.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CAMPANHA E POLÍTICA DE CONTROLE, CONSCIENTIZAÇÃO E PREVENÇÃO AO USO DO TABAGISMO E ÁLCOOL EM TODAS AS FAIXAS ETÁRIAS.</t>
   </si>
   <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INTENSIFICADO A DIVULGAÇÃO DO NOVEMBRO AZUL MÊS EM ALUSÃO AO CANCÊSR DE PRÓSTATA.</t>
   </si>
   <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_343.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A LIMPEZA E ROÇADA DA PRAÇA DO SKINÃO NO CENTRO.</t>
   </si>
   <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_verbal_346.2023_-_conscientizacao_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PROJETO QUE VISE O DESPERTAR DE CONSCIÊNCIA EM RELAÇÃO À IMPORTÂNCIA DOS CONSELHOS MUNICIPAIS DE DIREITOS E A PARTICIPAÇÃO DA SOCIEDADE NO CONTROLE SOCIAL.</t>
   </si>
   <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_verbal_348.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VAGA DE EMBARQUE E DESEMBARQUE DESTINADO A NOVA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_verbal_356.2023_-_manutencao_na_estrada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE MANUTENÇÃO DA ESTRADA SENTIDO AO SÍTIO DO SENHOR VALDEMAR EM DIREÇÃO AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_verbal_357.2023_-_contencao_da_poeira_no_bairro_agua_espraiada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA OBRA VISANDO CONTENÇÃO DA POEIRA LEVANTADA NA ESTRADA NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1307/camara_municipal_de_quatis_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que altere o horário de funcionários que trabalham exposto ao sol.</t>
   </si>
   <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1196/camscanner_16-08-2023_09.09.pdf</t>
   </si>
   <si>
     <t>REQUER AUDIÊNCIA PÚBLICA SOBRE SEGURANÇA NAS ESCOLAS DO MUNICÍPIO DE QUATIS</t>
   </si>
   <si>
+    <t>1191</t>
+  </si>
+  <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/camscanner_16-08-2023_08.45.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO VITOR DA SILVA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1194</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1194/camscanner_16-08-2023_08.48.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR GUILHERME CORRÊA MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1198/camscanner_17-08-2023_08.25.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR JOBSON MANOEL FIDELIS DE OLIVEIRA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1199/camscanner_17-08-2023_08.26.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR FELIPE AUGUSTO LEOPOLDINO MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1193/camscanner_16-08-2023_08.48_1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR ARILDO ALVES DE LIMA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1192/camscanner_16-08-2023_08.50.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CARLOS AUGUSTO SILVA MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1195/camscanner_16-08-2023_09.08.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO VITOR DA SILVA PELO SEU EMPENHO E DEDICAÇÃO COM O MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
+    <t>1269</t>
+  </si>
+  <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO PASTOR LUCIANO DE SOUZA VILELA.</t>
   </si>
   <si>
+    <t>1268</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_313.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR ANDERSON DE OLIVEIRA GONÇALVES.</t>
   </si>
   <si>
+    <t>1053</t>
+  </si>
+  <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1053/projeto_de_resolucao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA CONCESSÃO DE DIÁRIAS PARA VEREADORES E/OU SERVIDORES, OS PROCEDIMENTOS DE INSCRIÇÕES EM CURSOS DE APERFEIÇOAMENTO, DISPONIBILIZAÇÃO DOS MEIOS DE TRANSPORTE, ESTADIA E RESSARCIMENTO DE CUSTOS COM ESTACIONAMENTO E PEDÁGIOS, ALÉM DA UTILIZAÇÃO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1095/projeto_de_resolucao_003-2023_diarias.pdf</t>
   </si>
   <si>
     <t>“REVISA A REGULAMENTAÇÃO DA CONCESSÃO DE DIÁRIAS PARA VEREADORES E/OU SERVIDORES, OS PROCEDIMENTOS DE INSCRIÇÕES EM CURSOS DE APERFEIÇOAMENTO, DISPONIBILIZAÇÃO DOS MEIOS DE TRANSPORTES, ESTADIA E RESSARCIMENTO DE CUSTOS COM ESTACIONAMENTO E PEDÁGIOS, ALÉM DA UTILIZAÇÃO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE QUATIS”.</t>
   </si>
   <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>"ALTERA O HORÁRIO DAS SESSÕES NA CÂMARA MUNICIPAL DE QUATIS".</t>
   </si>
   <si>
+    <t>1221</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_resolucao_no_005-2023_banco_de_ideias_legislativas.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O BANCO DE IDEIAS LEGISLATIVAS NO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_resolucao_no_007-2023_mocoes_25_de_novembro.pdf</t>
   </si>
   <si>
     <t>“INSTITUI MOÇÕES COMEMORATIVAS”.</t>
   </si>
   <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>Fernando Maninho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1258/projeto_de_resolucao_no_008-2023_galeria_de_fotos_ex-vereadores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA GALERIA DE FOTOS DOS EX-VEREADORES QUE REPRESENTARAM QUATIS, RIBEIRÃO DE SÃO JOAQUIM E FALCÃO DESDE A 3ª LEGISLATURA DE BARRA MANSA (1841 - 1845), ATÉ A 42ª LEGISLATURA (1989 - 1992)".</t>
   </si>
   <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_resolucao_no_009-2023_vantagens_e_adicionais_-_servidores.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A LEI COMPLEMENTAR Nº 037/2023 REFERENTE ÀS VANTAGENS E ADICIONAIS AOS SERVIDORES ESTÁVEIS DO LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1285/regimento_interno_-_resolucao_no_005_de_2020.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A APLICAÇÃO DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_no_011-2023_regulamentacao_da_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA O ACESSO À INFORMAÇÃO PÚBLICA PELO CIDADÃO (LEI FEDERAL Nº 12.527/2011), NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, CRIA NORMAS DE PROCEDIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1076</t>
+  </si>
+  <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1076/projeto_de_decreto_legislativo_n_001_de_2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D'ELIAS, REFERENTE AO EXERCÍCIO DE 2021".</t>
   </si>
   <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_n_002_-2023_ivone_barbosa_bento.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA PROFESSOR EMÉRITO, À SENHORA IVONE BARBOSA BENTO.</t>
   </si>
   <si>
+    <t>1152</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_n_003_-2023_luis_claudio_nunes_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIS CLAUDIO NUNES COSTA.</t>
   </si>
   <si>
+    <t>1153</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_n_004_-2023_wilian_xavier_alves_dos_santos.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR WILIAN XAVIER ALVES DOS SANTOS.</t>
   </si>
   <si>
+    <t>1154</t>
+  </si>
+  <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ISRAEL WESLEY DA CUNHA.</t>
   </si>
   <si>
+    <t>1155</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_n_007_-2023_edilson_rodrigues_de_sousa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR EDILSON RODRIGUES DE SOUSA.</t>
   </si>
   <si>
+    <t>1157</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_n_008_-2023_joana_silva_de_melo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA JOANA SILVA DE MELO.</t>
   </si>
   <si>
+    <t>1156</t>
+  </si>
+  <si>
     <t>DJ Denilson</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_n_010_-2023_cristiane_de_andrade_lima.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA CRISTIANE DE ANDRADE LIMA.</t>
   </si>
   <si>
+    <t>1158</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_n_011_-2023_andreia_oliveira_do_nascimento.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA ANDRÉIA OLIVEIRA DO NASCIMENTO.</t>
   </si>
   <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_n_014_-2023_cristina_silva_carreira.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA CRISTIANA SILVA CARREIRA.</t>
   </si>
   <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_n_015_-2023_valter_de_almeida.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA EMPRESÁRIO EMPREENDEDOR AO SENHOR VALTER DE ALMEIDA.</t>
   </si>
   <si>
+    <t>1161</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_n_016_-2023_francisco_de_azevedo_franco.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FAUSTINO PINHEIRO, AO SENHOR FRANCISCO DE AZEVEDO FRANCO.</t>
   </si>
   <si>
+    <t>1162</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_n_017_-2023_pablo_da_silva_alves.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PABLO DA SILVA ALVES.</t>
   </si>
   <si>
+    <t>1163</t>
+  </si>
+  <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ EDUARDO CARNEIRO DA SILVA SOUZA LIMA.</t>
   </si>
   <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_n_019_-2023_luiz_carlos_rocha.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ CARLOS ROCHA.</t>
   </si>
   <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_n_020_-2023_fanny_aparecida_fernandes_dias.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA FANNY APARECIDA FERNANDES DIAS.</t>
   </si>
   <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_decreto_legislativo_n_021_-2023_renan_marassi_magalhaes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR RENAN MARASSI MAGALHÃES.</t>
   </si>
   <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_decreto_legislativo_n_022_-2023_symmy_larrat_brito_de_carvalho.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA SYMMY LARRAT BRITO DE CARVALHO.</t>
   </si>
   <si>
+    <t>1168</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_decreto_legislativo_n_023_-2023_rosangela_reis_dos_santos.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FUNCIONÁRIA PADRÃO À SENHORA ROSÂNGELA REIS DOS SANTOS.</t>
   </si>
   <si>
+    <t>1169</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_decreto_legislativo_n_024_-2023_heitor_jose_pena_machado.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR HEITOR JOSÉ PENA MACHADO.</t>
   </si>
   <si>
+    <t>1170</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_decreto_legislativo_n_025_-2023_andre_de_souza_nascimento.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ANDRÉ DE SOUZA NASCIMENTO.</t>
   </si>
   <si>
+    <t>1171</t>
+  </si>
+  <si>
     <t>Nildinho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_decreto_legislativo_n_026_-2023_ademilton_giovani_andrade_silva.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ADEMILTON GIOVANI ANDRADE SILVA.</t>
   </si>
   <si>
+    <t>1172</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_n_028_-2023_jose_jorge_de_paula.pdf</t>
   </si>
   <si>
     <t>"CONCEDE MEDALHA PROFISSIONAL EMÉRITO AO SENHOR JOSÉ JORGE DE PAULA"</t>
   </si>
   <si>
+    <t>1173</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_n_029_-2023_paulo_moreira_cabral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PAULO MOREIRA CABRAL.</t>
   </si>
   <si>
+    <t>1067</t>
+  </si>
+  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_004-2023_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O AUXÍLIO TRANSPORTE PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1054</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_lei_no_005-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O DIREITO DE ATENDIMENTO PREFERENCIAL DA PESSOA COM DEFICIÊNCIA NO ÂMBITO MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
+    <t>1066</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_006-2023_travessa_tortorella.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “TRAVESSA DR. FELIPPE JEREMIAS TORTORELLA”, À TRAVESSA EXISTENTE NA ESTRADA QUATIS X FLORIANO, LOCALIZADA NA 2º ENTRADA APÓS A ANTIGA CLÍNICA CLIVAPA, ENTRE OS NÚMEROS 2571 E 2581, BAIRRO BARRINHA”.</t>
   </si>
   <si>
+    <t>1099</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_007-2023.pdf</t>
   </si>
   <si>
     <t>“NOMEAR DE “PASSARELA CICILIA DA SILVA ALCANTARA” A PASSARELA QUE LIGA OS BAIRROS JARDIM INDEPENDÊNCIA E SANTA BÁRBARA, DESSE MUNICÍPIO DE QUATIS”.</t>
   </si>
   <si>
+    <t>1097</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1097/projeto_de_lei_no_011-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O USO DO NOME SOCIAL E RECONHECIMENTO DA IDENTIDADE DE GÊNERO DE PESSOAS TRANS E TRAVESTIS DO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA AUTÁRQUICA E FUNDACIONAL DO MUNICÍPIO DE QUATIS-RJ”.</t>
   </si>
   <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1096/projeto_de_lei_no_012-2023_-_adote_uma_placa.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA ADOTE UMA PLACA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1098</t>
+  </si>
+  <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1098/ldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1106</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1106/projeto_de_lei_no_016-2023_rua_maria_aparecida_da_silva.pdf</t>
   </si>
   <si>
     <t>DENOMINAR  DE RUA MARIA APARECIDA DA SILVA, A RUA 3, DO BAIRRO SANTO ANTÔNIO DESSE MUNICÍPIO DE QUATIS/RJ.</t>
   </si>
   <si>
+    <t>1100</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_017-2023_semana_da_paz.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA PELA CULTURA DA PAZ NAS ESCOLAS DE QUATIS”.</t>
   </si>
   <si>
+    <t>1101</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_018-2023_hino_nacional.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DE PROCLAMAÇÃO DO HINO NACIONAL E MUNICIPAL E HASTEAMENTO DAS RESPECTIVAS ESCOLAS DA REDE DE ENSINO DO MUNICÍPIO E DISTRITOS DE QUATIS”.</t>
   </si>
   <si>
+    <t>1104</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_no_019-2023_revisao_geral_dos_vencimentos_dos_servidores_-_pmq.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO PODER EXECUTIVO PARA O ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1102</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_020-2023_revisao_geral_dos_subsidios_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE QUATIS PARA O ANO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1103</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_no_021-2023_revisao_geral_dos_vencimentos_dos_servidores_-_cmq.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO PARA O ANO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1107</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_024-2023_altera_a_lei_no_630-2008.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 630/2008 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1148</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_no_025-2023_politica_de_atencao_obstetrica.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DE MEDIDAS DE INFORMAÇÃO À GESTANTE E PARTURIENTE SOBRE A POLÍTICA NACIONAL DE ATENÇÃO OBSTÉTRICA E NEONATAL, VISANDO A PROTEÇÃO DESTAS CONTRA A VIOLÊNCIA OBSTÉTRICA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1149</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_no_026-2023_rua_h_-_santa_barbara.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE RUA MARIA SALVINA VILARINHO, A RUA H, NO BAIRRO SANTA BARBARA, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
+    <t>1150</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_no_027-2023_rua_j_-_santa_barbara.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE RUA GREICE ÂNGELA DE OLIVEIRA E SILVA, A RUA J, NO BAIRRO SANTA BARBARA, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
+    <t>1256</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_no_028-2023_rua_celio_nora_ferreita.pdf</t>
   </si>
   <si>
     <t>"NOMEAR DE CÉLIO NÓRA FERREIRA, A RUA SEM SAÍDA QUE SE INICIA NA RUA DOUTOR JORGE LISBÔA, CENTRO, DESSE MUNICÍPIO DE QUATIS/RJ."</t>
   </si>
   <si>
+    <t>1130</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1130/projeto_de_lei_no_030-2023_conselho_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1142</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1142/projeto_de_lei_municipal_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N.º 514, DE 29 DE MARÇO DE 2006, VISANDO ADEQUAR A GRATIFICAÇÃO PERCEBIDA PELOS CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_no_032-2023_praca_jose_pereira_da_rocha.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE PRAÇA JOSÉ PEREIRA DA ROCHA, A PRAÇA SITUADA NO PARQUE MUNICIPAL ELEOZINA MARCONDES LOCALIZADA NO BAIRRO POLASTRI."</t>
   </si>
   <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1145/projeto_de_lei_no_033-2023_semana_da_africa_em_quatis.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA "SEMANA DA ÁFRICA EM QUATIS."</t>
   </si>
   <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1143/projeto_de_lei_no_034-2023_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2022.pdf</t>
   </si>
   <si>
     <t>"PROCEDER A REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_no_035-2023_procede_a_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2023.pdf</t>
   </si>
   <si>
     <t>"PROCEDER A REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_no_036-2023_organizacoes_sociais.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINS ECONÔMICOS COMO ORGANIZAÇÕES SOCIAIS NOS TERMOS DA LEI FEDERAL Nº 9.637 DE 15 DE MAIO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1147</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_no_037-2023_aquisicao_de_imovel_para_zen.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS, ATRAVÉS DO PODER EXECUTIVO MUNICIPAL ADQUIRIR BEM IMÓVEL, MEDIANTE COMPRA, PARA A AMPLIAÇÃO DA ZONA ESPECIAL DE NEGÓCIOS – ZEN, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_no_038-2023_politica_municipal_de_educacao_ambiental_-_pmea.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO ÂMBITO DO MUNICÍPIO DE QUATIS/RJ, A POLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL DENOMINADA “PMEA”, DANDO PROVIDÊNCIAS CORRELATAS”.</t>
   </si>
   <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_no_039-2023_quadra_esportiva_-_rosangela_rita.pdf</t>
   </si>
   <si>
     <t>“NOMEIA DE QUADRA ESPORTIVA MUNICIPAL ROSÂNGELA RITA DA CUNHA AVELAR, A QUADRA ESPORTIVA SITUADA NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM, DO MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1220/projeto_de_lei_no_040-2023_reserva_particular_do_patrimonio_natural_-_rppn.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA DE INCENTIVO A CRIAÇÃO DE RESERVA PARTICULAR DO PATRIMÔNIO NATURAL - RPPN, ESTABELECENDO ESTÍMULO E INCENTIVO À SUA IMPLEMENTAÇÃO".</t>
   </si>
   <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_no_042-2023_loa.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_no_043-2023_parque_municipal_jose_pereira.pdf</t>
   </si>
   <si>
     <t>“NOMEIA DE PARQUE MUNICIPAL JOSÉ PEREIRA DA ROCHA, O COMPLEXO PÚBLICO E RECREATIVO SITUADO NO BAIRRO JARDIM POLASTRI DO MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
+    <t>1261</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_no_044-2023_semana_escolar_de_combate_a_violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA SEMANA ESCOLAR DE COMBATE À VIOLÊNCIA CONTRA A MULHER E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>Alex D'Elias_x000D_
-Fernando Maninho</t>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>Alex D'Elias, Fernando Maninho</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_no_045-2023_dia_da_juventude_crista.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O DIA MUNICIPAL DA JUVENTUDE CRISTÃ NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE QUATIS."</t>
   </si>
   <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1257/projeto_de_lei_no_050-2023_parcerias_publico_privadas.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1262</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei_no_051-2023_altera_as_leis_municipais_no_006_de_10_de_fevereiro_de_1993.pdf</t>
   </si>
   <si>
     <t>“ALTERA AS LEIS MUNICIPAIS Nº 006, DE  10 DE FEVEREIRO DE 1993 E Nº 1.102, DE 19 DE DEZEMBRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_052-2023_altera_a_lei_municipal_no_750-2011_-_conselho_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 750, DE 27 DE JUNHO DE 2011, QUE VERSA SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, ESPECIALMENTE QUANTO À REORGANIZAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DO FUNDO MUNICIPAL PARA A INFÂNCIA E ADOLESCÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_053-2023_vencimento_profissionais_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>“DISPÕE ACERCA DA CRIAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR NOS VENCIMENTOS DOS PROFISSIONAIS DE ENFERMAGEM DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1272</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_054-2023_nome_do_autor.pdf</t>
   </si>
   <si>
     <t>“DETERMINA QUE TODA LEI DE INICIATIVA DESTA CASA LEGISLATIVA, APÓS SANCIONADA E PUBLICADA, PASSE A CONSTAR O NOME DO VEREADOR AUTOR DO PROJETO”.</t>
   </si>
   <si>
+    <t>1274</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_no_055-2023_altera_anexos_da_ldo-2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS/LDO 2024, CONSTANTE DA LEI MUNICIPAL Nº 1.263 DE 21 DE JULHO DE 2023”.</t>
   </si>
   <si>
+    <t>1275</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_no_056-2023_alteracao_da_redacao_do_2o_do_art.8o_da_lei_1246-2022.pdf</t>
   </si>
   <si>
     <t>“ALTERAÇÃO DA REDAÇÃO DO §2º DO ARTIGO 8º DA LEI MUNICIPAL Nº 1.246 DE 16 DE DEZEMBRO DE 2022”.</t>
   </si>
   <si>
+    <t>1276</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_no_057-2023_revisao_do_plano_plurianual_-_quadrienio_2022-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022-2025 PARA O PERÍODO 2024-2025”.</t>
   </si>
   <si>
+    <t>1049</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_complementar_001-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ADEQUAÇÃO LEGAL DO PARQUE NATURAL MUNICIPAL HORTO DOS QUATIS, CRIADO PRELIMINARMENTE PELO DECRETO MUNICIPAL Nº 2.526/2016, CONFORME DETERMINAÇÃO DA LEI ORGÂNICA MUNICIPAL”.</t>
   </si>
   <si>
+    <t>1050</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_complementar_002-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ADEQUAÇÃO LEGAL DO REFÚGIO DE VIDA SILVESTRE DE QUATIS, CRIADO PRELIMINARMENTE PELO DECRETO MUNICIPAL Nº 2.319/2012, CONFORME DETERMINAÇÃO DA LEI ORGÂNICA MUNICIPAL”.</t>
   </si>
   <si>
+    <t>1080</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_complementar_003-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA, ACRESCENTA E REVOGA DISPOSITIVOS DA LEI COMPLEMENTAR N° 028, DE 09 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1105</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1105/projeto_de_lei_complementar_004-2023_reestruturacao_do_quatisprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO ORGANIZACIONAL DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS – QUATIS PREV, REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 520 DE 14 DE JUNHO DE 2006 E SUAS RESPECTIVAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1108</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1108/projeto_de_lei_complementar_pecunia.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 21, DE 15 DE SETEMBRO DE 2022, A FIM DE POSSIBILITAR A APLICAÇÃO DO INSTITUTO DA SUBSTITUIÇÃO, BEM COMO A CONVERSÃO DE FÉRIAS EM PECÚNIA AOS SERVIDORES PÚBLICOS MUNICIPAIS”.</t>
   </si>
   <si>
+    <t>1128</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1128/projeto_de_lei_complementar_006-2023_altera_a_lei_complementar_no_030-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR Nº 030 DE 21 DE DEZEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1129</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1129/projeto_de_lei_complementar_007-2023_dispoe_sobre_vantagens_e_adicionais_aos_servidores_estaveis_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE VANTAGENS E ADICIONAIS AOS SERVIDORES ESTÁVEIS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1263</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_complementar_008-2023_transporte_coletivo.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS – RJ A CONCEDER OS SERVIÇOS PÚBLICOS DE TRANSPORTE COLETIVO, URBANO E RURAL, DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>1273</t>
+  </si>
+  <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_009-2023__codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA OS ARTIGOS 21-A E 21-B À LEI COMPLEMENTAR Nº 06 DE 10 DE FEVEREIRO DE 1993 QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE QUATIS EM CARÁTER TRANSITÓRIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>1224</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1224/substitutivo_no_001-2023_ao_projeto_de_lei_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 514, DE 29 DE MARÇO DE 2006, FIXANDO E ADEQUANDO A REMUNERAÇÃO PERCEBIDA PELOS CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1798,5787 +2946,5787 @@
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2">
-[...6 lines deleted...]
-        <v>1</v>
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H22" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H32" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H33" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H38" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H39" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>165</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H40" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>169</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H41" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>173</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H42" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>177</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H44" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>185</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H45" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>189</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>190</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H46" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H47" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>190</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H48" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>202</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>18</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H49" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>205</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>190</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H50" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>190</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H51" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>55</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H52" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>185</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H53" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>190</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H54" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>226</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H55" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H56" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>234</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H57" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>238</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>18</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H58" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>241</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>242</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H59" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>246</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>185</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H60" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>250</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>190</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H61" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>254</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H62" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>257</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>55</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H63" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>262</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>55</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H64" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>190</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H65" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>269</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>270</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>190</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H66" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>273</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>190</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H67" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>276</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>277</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>190</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H68" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>281</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H69" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>285</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H70" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>288</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>289</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H71" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>291</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>292</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H72" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>295</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>190</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H73" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>299</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H74" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>302</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>303</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H75" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>306</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>307</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H76" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>310</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>311</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>55</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H77" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>314</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>315</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>185</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H78" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>318</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>319</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>18</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H79" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>322</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>323</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>18</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H80" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>326</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>327</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>18</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H81" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>330</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>331</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H82" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>334</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>335</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H83" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>338</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>339</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H84" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>342</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>343</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H85" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>346</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>347</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H86" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>350</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>351</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>18</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H87" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>354</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>355</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>55</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H88" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>358</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>359</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>185</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H89" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>362</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>363</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>55</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H90" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>366</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>367</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>55</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H91" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>370</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>371</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H92" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>374</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>375</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H93" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>378</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>379</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H94" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>382</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>383</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H95" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>386</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>387</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H96" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>390</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>391</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>55</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H97" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>394</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>395</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H98" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>398</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>399</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H99" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>401</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>402</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>55</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H100" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>404</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>405</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>55</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H101" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>408</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>409</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>55</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H102" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>412</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>413</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H103" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>416</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>417</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>18</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H104" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>420</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>421</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H105" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>424</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>425</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H106" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>428</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>429</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>18</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H107" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>432</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>433</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H108" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>436</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>437</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H109" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>441</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H110" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>444</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>445</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H111" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>448</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>449</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>55</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H112" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>452</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>453</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H113" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>456</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>457</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H114" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>460</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>461</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H115" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>464</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>465</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H116" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>468</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>469</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H117" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>472</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>473</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>18</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H118" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>476</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>477</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>55</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H119" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>479</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>480</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" t="s">
+        <v>18</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H120" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>483</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>484</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>18</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H121" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>487</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>488</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" t="s">
+        <v>55</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H122" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>490</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>491</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" t="s">
+        <v>55</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H123" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>494</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>495</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H124" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>498</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>499</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>55</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H125" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>502</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>503</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H126" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>506</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>507</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H127" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>510</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>511</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H128" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>514</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>515</v>
+      </c>
+      <c r="D129" t="s">
+        <v>516</v>
+      </c>
+      <c r="E129" t="s">
+        <v>517</v>
+      </c>
+      <c r="F129" t="s">
+        <v>185</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H129" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>520</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>46</v>
+      </c>
+      <c r="D130" t="s">
+        <v>521</v>
+      </c>
+      <c r="E130" t="s">
+        <v>522</v>
+      </c>
+      <c r="F130" t="s">
+        <v>185</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H130" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>525</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>50</v>
+      </c>
+      <c r="D131" t="s">
+        <v>521</v>
+      </c>
+      <c r="E131" t="s">
+        <v>522</v>
+      </c>
+      <c r="F131" t="s">
+        <v>185</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H131" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>528</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>529</v>
+      </c>
+      <c r="D132" t="s">
+        <v>521</v>
+      </c>
+      <c r="E132" t="s">
+        <v>522</v>
+      </c>
+      <c r="F132" t="s">
+        <v>185</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H132" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>532</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>533</v>
+      </c>
+      <c r="D133" t="s">
+        <v>521</v>
+      </c>
+      <c r="E133" t="s">
+        <v>522</v>
+      </c>
+      <c r="F133" t="s">
+        <v>185</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H133" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>536</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>537</v>
+      </c>
+      <c r="D134" t="s">
+        <v>521</v>
+      </c>
+      <c r="E134" t="s">
+        <v>522</v>
+      </c>
+      <c r="F134" t="s">
+        <v>185</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H134" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>540</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>541</v>
+      </c>
+      <c r="D135" t="s">
+        <v>521</v>
+      </c>
+      <c r="E135" t="s">
+        <v>522</v>
+      </c>
+      <c r="F135" t="s">
+        <v>185</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H135" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>544</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>545</v>
+      </c>
+      <c r="D136" t="s">
+        <v>521</v>
+      </c>
+      <c r="E136" t="s">
+        <v>522</v>
+      </c>
+      <c r="F136" t="s">
+        <v>185</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H136" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>548</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>126</v>
+      </c>
+      <c r="D137" t="s">
+        <v>521</v>
+      </c>
+      <c r="E137" t="s">
+        <v>522</v>
+      </c>
+      <c r="F137" t="s">
+        <v>55</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H137" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>550</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>130</v>
+      </c>
+      <c r="D138" t="s">
+        <v>521</v>
+      </c>
+      <c r="E138" t="s">
+        <v>522</v>
+      </c>
+      <c r="F138" t="s">
+        <v>55</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H138" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>553</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>10</v>
       </c>
-      <c r="G2" s="1" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="D139" t="s">
+        <v>554</v>
+      </c>
+      <c r="E139" t="s">
+        <v>555</v>
+      </c>
+      <c r="F139" t="s">
+        <v>556</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H139" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>559</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>560</v>
+      </c>
+      <c r="D140" t="s">
+        <v>554</v>
+      </c>
+      <c r="E140" t="s">
+        <v>555</v>
+      </c>
+      <c r="F140" t="s">
+        <v>556</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H140" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>563</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>564</v>
+      </c>
+      <c r="D141" t="s">
+        <v>554</v>
+      </c>
+      <c r="E141" t="s">
+        <v>555</v>
+      </c>
+      <c r="F141" t="s">
+        <v>556</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H141" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>566</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" t="s">
+        <v>554</v>
+      </c>
+      <c r="E142" t="s">
+        <v>555</v>
+      </c>
+      <c r="F142" t="s">
+        <v>55</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H142" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>569</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>570</v>
+      </c>
+      <c r="D143" t="s">
+        <v>554</v>
+      </c>
+      <c r="E143" t="s">
+        <v>555</v>
+      </c>
+      <c r="F143" t="s">
+        <v>556</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H143" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>573</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>574</v>
+      </c>
+      <c r="D144" t="s">
+        <v>554</v>
+      </c>
+      <c r="E144" t="s">
+        <v>555</v>
+      </c>
+      <c r="F144" t="s">
+        <v>575</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H144" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>578</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>579</v>
+      </c>
+      <c r="D145" t="s">
+        <v>554</v>
+      </c>
+      <c r="E145" t="s">
+        <v>555</v>
+      </c>
+      <c r="F145" t="s">
+        <v>556</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H145" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>582</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>583</v>
+      </c>
+      <c r="D146" t="s">
+        <v>554</v>
+      </c>
+      <c r="E146" t="s">
+        <v>555</v>
+      </c>
+      <c r="F146" t="s">
+        <v>556</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H146" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>586</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>587</v>
+      </c>
+      <c r="D147" t="s">
+        <v>554</v>
+      </c>
+      <c r="E147" t="s">
+        <v>555</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H147" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>590</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
+        <v>591</v>
+      </c>
+      <c r="E148" t="s">
+        <v>592</v>
+      </c>
+      <c r="F148" t="s">
+        <v>593</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H148" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>596</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>597</v>
+      </c>
+      <c r="D149" t="s">
+        <v>591</v>
+      </c>
+      <c r="E149" t="s">
+        <v>592</v>
+      </c>
+      <c r="F149" t="s">
+        <v>575</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H149" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>600</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>560</v>
+      </c>
+      <c r="D150" t="s">
+        <v>591</v>
+      </c>
+      <c r="E150" t="s">
+        <v>592</v>
+      </c>
+      <c r="F150" t="s">
+        <v>575</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H150" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>603</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>564</v>
+      </c>
+      <c r="D151" t="s">
+        <v>591</v>
+      </c>
+      <c r="E151" t="s">
+        <v>592</v>
+      </c>
+      <c r="F151" t="s">
+        <v>575</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H151" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>606</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>22</v>
+      </c>
+      <c r="D152" t="s">
+        <v>591</v>
+      </c>
+      <c r="E152" t="s">
+        <v>592</v>
+      </c>
+      <c r="F152" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="1" t="s">
-[...22 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G152" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H152" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>608</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>570</v>
+      </c>
+      <c r="D153" t="s">
+        <v>591</v>
+      </c>
+      <c r="E153" t="s">
+        <v>592</v>
+      </c>
+      <c r="F153" t="s">
         <v>13</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H4" t="s">
+      <c r="G153" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H153" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>611</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>574</v>
+      </c>
+      <c r="D154" t="s">
+        <v>591</v>
+      </c>
+      <c r="E154" t="s">
+        <v>592</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H154" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>614</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>583</v>
+      </c>
+      <c r="D155" t="s">
+        <v>591</v>
+      </c>
+      <c r="E155" t="s">
+        <v>592</v>
+      </c>
+      <c r="F155" t="s">
+        <v>615</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H155" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>618</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>587</v>
+      </c>
+      <c r="D156" t="s">
+        <v>591</v>
+      </c>
+      <c r="E156" t="s">
+        <v>592</v>
+      </c>
+      <c r="F156" t="s">
+        <v>615</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H156" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>621</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>622</v>
+      </c>
+      <c r="D157" t="s">
+        <v>591</v>
+      </c>
+      <c r="E157" t="s">
+        <v>592</v>
+      </c>
+      <c r="F157" t="s">
+        <v>185</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H157" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>625</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>626</v>
+      </c>
+      <c r="D158" t="s">
+        <v>591</v>
+      </c>
+      <c r="E158" t="s">
+        <v>592</v>
+      </c>
+      <c r="F158" t="s">
+        <v>190</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H158" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>629</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>26</v>
+      </c>
+      <c r="D159" t="s">
+        <v>591</v>
+      </c>
+      <c r="E159" t="s">
+        <v>592</v>
+      </c>
+      <c r="F159" t="s">
+        <v>55</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H159" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>632</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>30</v>
+      </c>
+      <c r="D160" t="s">
+        <v>591</v>
+      </c>
+      <c r="E160" t="s">
+        <v>592</v>
+      </c>
+      <c r="F160" t="s">
+        <v>55</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H160" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>635</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>34</v>
+      </c>
+      <c r="D161" t="s">
+        <v>591</v>
+      </c>
+      <c r="E161" t="s">
+        <v>592</v>
+      </c>
+      <c r="F161" t="s">
+        <v>55</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H161" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>637</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>638</v>
+      </c>
+      <c r="D162" t="s">
+        <v>591</v>
+      </c>
+      <c r="E162" t="s">
+        <v>592</v>
+      </c>
+      <c r="F162" t="s">
+        <v>55</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H162" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>641</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>642</v>
+      </c>
+      <c r="D163" t="s">
+        <v>591</v>
+      </c>
+      <c r="E163" t="s">
+        <v>592</v>
+      </c>
+      <c r="F163" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H163" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>645</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>646</v>
+      </c>
+      <c r="D164" t="s">
+        <v>591</v>
+      </c>
+      <c r="E164" t="s">
+        <v>592</v>
+      </c>
+      <c r="F164" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H164" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>649</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>650</v>
+      </c>
+      <c r="D165" t="s">
+        <v>591</v>
+      </c>
+      <c r="E165" t="s">
+        <v>592</v>
+      </c>
+      <c r="F165" t="s">
+        <v>18</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H165" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>653</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>515</v>
+      </c>
+      <c r="D166" t="s">
+        <v>591</v>
+      </c>
+      <c r="E166" t="s">
+        <v>592</v>
+      </c>
+      <c r="F166" t="s">
+        <v>18</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H166" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>656</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>38</v>
+      </c>
+      <c r="D167" t="s">
+        <v>591</v>
+      </c>
+      <c r="E167" t="s">
+        <v>592</v>
+      </c>
+      <c r="F167" t="s">
+        <v>190</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H167" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>659</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>42</v>
+      </c>
+      <c r="D168" t="s">
+        <v>591</v>
+      </c>
+      <c r="E168" t="s">
+        <v>592</v>
+      </c>
+      <c r="F168" t="s">
+        <v>190</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H168" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>662</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>46</v>
+      </c>
+      <c r="D169" t="s">
+        <v>591</v>
+      </c>
+      <c r="E169" t="s">
+        <v>592</v>
+      </c>
+      <c r="F169" t="s">
+        <v>663</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H169" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>666</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>529</v>
+      </c>
+      <c r="D170" t="s">
+        <v>591</v>
+      </c>
+      <c r="E170" t="s">
+        <v>592</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H170" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>669</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>533</v>
+      </c>
+      <c r="D171" t="s">
+        <v>591</v>
+      </c>
+      <c r="E171" t="s">
+        <v>592</v>
+      </c>
+      <c r="F171" t="s">
+        <v>190</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H171" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>672</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>564</v>
+      </c>
+      <c r="D172" t="s">
+        <v>673</v>
+      </c>
+      <c r="E172" t="s">
+        <v>674</v>
+      </c>
+      <c r="F172" t="s">
+        <v>556</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H172" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>677</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
         <v>17</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="D173" t="s">
+        <v>673</v>
+      </c>
+      <c r="E173" t="s">
+        <v>674</v>
+      </c>
+      <c r="F173" t="s">
+        <v>55</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H173" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>680</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>22</v>
+      </c>
+      <c r="D174" t="s">
+        <v>673</v>
+      </c>
+      <c r="E174" t="s">
+        <v>674</v>
+      </c>
+      <c r="F174" t="s">
+        <v>575</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H174" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>683</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>570</v>
+      </c>
+      <c r="D175" t="s">
+        <v>673</v>
+      </c>
+      <c r="E175" t="s">
+        <v>674</v>
+      </c>
+      <c r="F175" t="s">
+        <v>55</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H175" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>686</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>587</v>
+      </c>
+      <c r="D176" t="s">
+        <v>673</v>
+      </c>
+      <c r="E176" t="s">
+        <v>674</v>
+      </c>
+      <c r="F176" t="s">
         <v>18</v>
       </c>
-      <c r="H5" t="s">
-[...10 lines deleted...]
-      <c r="C6">
+      <c r="G176" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H176" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>689</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>690</v>
+      </c>
+      <c r="D177" t="s">
+        <v>673</v>
+      </c>
+      <c r="E177" t="s">
+        <v>674</v>
+      </c>
+      <c r="F177" t="s">
+        <v>18</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H177" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>693</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>622</v>
+      </c>
+      <c r="D178" t="s">
+        <v>673</v>
+      </c>
+      <c r="E178" t="s">
+        <v>674</v>
+      </c>
+      <c r="F178" t="s">
+        <v>694</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H178" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>697</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>26</v>
+      </c>
+      <c r="D179" t="s">
+        <v>673</v>
+      </c>
+      <c r="E179" t="s">
+        <v>674</v>
+      </c>
+      <c r="F179" t="s">
+        <v>55</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H179" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>700</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>30</v>
+      </c>
+      <c r="D180" t="s">
+        <v>673</v>
+      </c>
+      <c r="E180" t="s">
+        <v>674</v>
+      </c>
+      <c r="F180" t="s">
+        <v>190</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H180" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>703</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>34</v>
+      </c>
+      <c r="D181" t="s">
+        <v>673</v>
+      </c>
+      <c r="E181" t="s">
+        <v>674</v>
+      </c>
+      <c r="F181" t="s">
+        <v>190</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H181" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>706</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>638</v>
+      </c>
+      <c r="D182" t="s">
+        <v>673</v>
+      </c>
+      <c r="E182" t="s">
+        <v>674</v>
+      </c>
+      <c r="F182" t="s">
+        <v>694</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H182" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>709</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>642</v>
+      </c>
+      <c r="D183" t="s">
+        <v>673</v>
+      </c>
+      <c r="E183" t="s">
+        <v>674</v>
+      </c>
+      <c r="F183" t="s">
+        <v>556</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H183" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>712</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>646</v>
+      </c>
+      <c r="D184" t="s">
+        <v>673</v>
+      </c>
+      <c r="E184" t="s">
+        <v>674</v>
+      </c>
+      <c r="F184" t="s">
+        <v>556</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H184" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>715</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>38</v>
+      </c>
+      <c r="D185" t="s">
+        <v>673</v>
+      </c>
+      <c r="E185" t="s">
+        <v>674</v>
+      </c>
+      <c r="F185" t="s">
+        <v>694</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H185" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>718</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>42</v>
+      </c>
+      <c r="D186" t="s">
+        <v>673</v>
+      </c>
+      <c r="E186" t="s">
+        <v>674</v>
+      </c>
+      <c r="F186" t="s">
+        <v>55</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H186" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>721</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>46</v>
+      </c>
+      <c r="D187" t="s">
+        <v>673</v>
+      </c>
+      <c r="E187" t="s">
+        <v>674</v>
+      </c>
+      <c r="F187" t="s">
+        <v>55</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H187" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>724</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>50</v>
+      </c>
+      <c r="D188" t="s">
+        <v>673</v>
+      </c>
+      <c r="E188" t="s">
+        <v>674</v>
+      </c>
+      <c r="F188" t="s">
+        <v>55</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H188" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>727</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>529</v>
+      </c>
+      <c r="D189" t="s">
+        <v>673</v>
+      </c>
+      <c r="E189" t="s">
+        <v>674</v>
+      </c>
+      <c r="F189" t="s">
+        <v>55</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H189" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>730</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>537</v>
+      </c>
+      <c r="D190" t="s">
+        <v>673</v>
+      </c>
+      <c r="E190" t="s">
+        <v>674</v>
+      </c>
+      <c r="F190" t="s">
+        <v>694</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H190" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>733</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>541</v>
+      </c>
+      <c r="D191" t="s">
+        <v>673</v>
+      </c>
+      <c r="E191" t="s">
+        <v>674</v>
+      </c>
+      <c r="F191" t="s">
+        <v>694</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H191" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>736</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>737</v>
+      </c>
+      <c r="D192" t="s">
+        <v>673</v>
+      </c>
+      <c r="E192" t="s">
+        <v>674</v>
+      </c>
+      <c r="F192" t="s">
+        <v>663</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H192" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>740</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>741</v>
+      </c>
+      <c r="D193" t="s">
+        <v>673</v>
+      </c>
+      <c r="E193" t="s">
+        <v>674</v>
+      </c>
+      <c r="F193" t="s">
+        <v>18</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H193" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>744</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>745</v>
+      </c>
+      <c r="D194" t="s">
+        <v>673</v>
+      </c>
+      <c r="E194" t="s">
+        <v>674</v>
+      </c>
+      <c r="F194" t="s">
+        <v>694</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H194" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>748</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>749</v>
+      </c>
+      <c r="D195" t="s">
+        <v>673</v>
+      </c>
+      <c r="E195" t="s">
+        <v>674</v>
+      </c>
+      <c r="F195" t="s">
+        <v>694</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H195" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>752</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>753</v>
+      </c>
+      <c r="D196" t="s">
+        <v>673</v>
+      </c>
+      <c r="E196" t="s">
+        <v>674</v>
+      </c>
+      <c r="F196" t="s">
+        <v>694</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H196" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>756</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>54</v>
+      </c>
+      <c r="D197" t="s">
+        <v>673</v>
+      </c>
+      <c r="E197" t="s">
+        <v>674</v>
+      </c>
+      <c r="F197" t="s">
+        <v>694</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H197" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>759</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>760</v>
+      </c>
+      <c r="D198" t="s">
+        <v>673</v>
+      </c>
+      <c r="E198" t="s">
+        <v>674</v>
+      </c>
+      <c r="F198" t="s">
+        <v>694</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H198" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>763</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>764</v>
+      </c>
+      <c r="D199" t="s">
+        <v>673</v>
+      </c>
+      <c r="E199" t="s">
+        <v>674</v>
+      </c>
+      <c r="F199" t="s">
+        <v>190</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H199" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>767</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>768</v>
+      </c>
+      <c r="D200" t="s">
+        <v>673</v>
+      </c>
+      <c r="E200" t="s">
+        <v>674</v>
+      </c>
+      <c r="F200" t="s">
+        <v>694</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H200" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>771</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>772</v>
+      </c>
+      <c r="D201" t="s">
+        <v>673</v>
+      </c>
+      <c r="E201" t="s">
+        <v>674</v>
+      </c>
+      <c r="F201" t="s">
+        <v>694</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H201" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>775</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>776</v>
+      </c>
+      <c r="D202" t="s">
+        <v>673</v>
+      </c>
+      <c r="E202" t="s">
+        <v>674</v>
+      </c>
+      <c r="F202" t="s">
+        <v>663</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H202" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>779</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>59</v>
+      </c>
+      <c r="D203" t="s">
+        <v>673</v>
+      </c>
+      <c r="E203" t="s">
+        <v>674</v>
+      </c>
+      <c r="F203" t="s">
+        <v>556</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H203" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>782</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>63</v>
+      </c>
+      <c r="D204" t="s">
+        <v>673</v>
+      </c>
+      <c r="E204" t="s">
+        <v>674</v>
+      </c>
+      <c r="F204" t="s">
+        <v>783</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H204" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>786</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>787</v>
+      </c>
+      <c r="D205" t="s">
+        <v>673</v>
+      </c>
+      <c r="E205" t="s">
+        <v>674</v>
+      </c>
+      <c r="F205" t="s">
+        <v>694</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H205" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>790</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>545</v>
+      </c>
+      <c r="D206" t="s">
+        <v>673</v>
+      </c>
+      <c r="E206" t="s">
+        <v>674</v>
+      </c>
+      <c r="F206" t="s">
+        <v>694</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H206" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>793</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>794</v>
+      </c>
+      <c r="D207" t="s">
+        <v>673</v>
+      </c>
+      <c r="E207" t="s">
+        <v>674</v>
+      </c>
+      <c r="F207" t="s">
+        <v>694</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H207" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>797</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>798</v>
+      </c>
+      <c r="D208" t="s">
+        <v>673</v>
+      </c>
+      <c r="E208" t="s">
+        <v>674</v>
+      </c>
+      <c r="F208" t="s">
+        <v>694</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H208" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>801</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>83</v>
+      </c>
+      <c r="D209" t="s">
+        <v>673</v>
+      </c>
+      <c r="E209" t="s">
+        <v>674</v>
+      </c>
+      <c r="F209" t="s">
+        <v>18</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H209" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>804</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>86</v>
+      </c>
+      <c r="D210" t="s">
+        <v>673</v>
+      </c>
+      <c r="E210" t="s">
+        <v>674</v>
+      </c>
+      <c r="F210" t="s">
+        <v>694</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H210" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>807</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>90</v>
+      </c>
+      <c r="D211" t="s">
+        <v>673</v>
+      </c>
+      <c r="E211" t="s">
+        <v>674</v>
+      </c>
+      <c r="F211" t="s">
+        <v>694</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H211" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>810</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>94</v>
+      </c>
+      <c r="D212" t="s">
+        <v>673</v>
+      </c>
+      <c r="E212" t="s">
+        <v>674</v>
+      </c>
+      <c r="F212" t="s">
+        <v>694</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H212" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>813</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>10</v>
+      </c>
+      <c r="D213" t="s">
+        <v>814</v>
+      </c>
+      <c r="E213" t="s">
+        <v>815</v>
+      </c>
+      <c r="F213" t="s">
+        <v>694</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H213" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>818</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>597</v>
+      </c>
+      <c r="D214" t="s">
+        <v>814</v>
+      </c>
+      <c r="E214" t="s">
+        <v>815</v>
+      </c>
+      <c r="F214" t="s">
+        <v>694</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H214" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>821</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>560</v>
+      </c>
+      <c r="D215" t="s">
+        <v>814</v>
+      </c>
+      <c r="E215" t="s">
+        <v>815</v>
+      </c>
+      <c r="F215" t="s">
+        <v>694</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H215" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>824</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>564</v>
+      </c>
+      <c r="D216" t="s">
+        <v>814</v>
+      </c>
+      <c r="E216" t="s">
+        <v>815</v>
+      </c>
+      <c r="F216" t="s">
+        <v>694</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H216" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>827</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...22 lines deleted...]
-      <c r="C7">
+      <c r="D217" t="s">
+        <v>814</v>
+      </c>
+      <c r="E217" t="s">
+        <v>815</v>
+      </c>
+      <c r="F217" t="s">
+        <v>694</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H217" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>830</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>22</v>
+      </c>
+      <c r="D218" t="s">
+        <v>814</v>
+      </c>
+      <c r="E218" t="s">
+        <v>815</v>
+      </c>
+      <c r="F218" t="s">
+        <v>556</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H218" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>833</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>570</v>
+      </c>
+      <c r="D219" t="s">
+        <v>814</v>
+      </c>
+      <c r="E219" t="s">
+        <v>815</v>
+      </c>
+      <c r="F219" t="s">
+        <v>556</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H219" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>836</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>574</v>
+      </c>
+      <c r="D220" t="s">
+        <v>814</v>
+      </c>
+      <c r="E220" t="s">
+        <v>815</v>
+      </c>
+      <c r="F220" t="s">
+        <v>694</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H220" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>839</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>579</v>
+      </c>
+      <c r="D221" t="s">
+        <v>814</v>
+      </c>
+      <c r="E221" t="s">
+        <v>815</v>
+      </c>
+      <c r="F221" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...5565 lines deleted...]
-      </c>
       <c r="G221" s="1" t="s">
-        <v>458</v>
+        <v>840</v>
       </c>
       <c r="H221" t="s">
-        <v>459</v>
+        <v>841</v>
       </c>
     </row>
     <row r="222" spans="1:8">
-      <c r="A222">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="A222" t="s">
+        <v>842</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>579</v>
       </c>
       <c r="D222" t="s">
-        <v>460</v>
+        <v>843</v>
       </c>
       <c r="E222" t="s">
-        <v>461</v>
+        <v>844</v>
       </c>
       <c r="F222" t="s">
-        <v>368</v>
+        <v>694</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>462</v>
+        <v>845</v>
       </c>
       <c r="H222" t="s">
-        <v>463</v>
+        <v>846</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>