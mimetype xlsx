--- v1 (2025-12-04)
+++ v2 (2026-03-10)
@@ -54,2545 +54,2545 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1240/brnb4220091485f_008218.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1240/brnb4220091485f_008218.pdf</t>
   </si>
   <si>
     <t>A presente proposição atende pedidos de moradores, pois atualmente o campo encontra-se em péssimas condições. Sua recuperação proporcionará uma estrutura com acomodações mais adequadas para a prática de atividades físicas e recreativas aos moradores, que passarão a contar com um espaço digno e apropriado para a convivência em comum.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacao_verbal_005.2023_-_aplicacao_da_lei_federal_10.639.2003_-_estabelece_a_historia_e_cultura_afrobrasileira_na_rede_de_ensino_municipal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacao_verbal_005.2023_-_aplicacao_da_lei_federal_10.639.2003_-_estabelece_a_historia_e_cultura_afrobrasileira_na_rede_de_ensino_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA APLICADA A LEI FEDERAL N. 10.639/2003 NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_verbal_006.2023_-_retorno_do_programa_sacola_verde.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_verbal_006.2023_-_retorno_do_programa_sacola_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RETOMADO O PROGRAMA MUNICIPAL SACOLA VERDE.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacao_verbal_016.2023_-_programa_ou_plano_de_acao_para_sanar_a_problematica_das_estradas_que_dao_acesso_ao_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacao_verbal_016.2023_-_programa_ou_plano_de_acao_para_sanar_a_problematica_das_estradas_que_dao_acesso_ao_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ELABORADO UM PROGRAMA OU PLANO DE AÇÃO QUE POSSA SANAR AS DIFICULDADES DE ACESSO E TRÂNSITO AO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacao_verbal_017.2023_-_placa_de_identificacao_e_informativa_em_obra_no_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacao_verbal_017.2023_-_placa_de_identificacao_e_informativa_em_obra_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COBRADA DA EMPRESA A INSTALAÇÃO DE PLACA DE IDENTIFICAÇÃO E INFORMATIVA NO SERVIÇO DE COLOCAÇÃO DOS BLOQUETES NO LARGO DA IGREJA QUILOMBOLA DE SANTANA.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacao_verbal_018.2023_-_revitalizacao_da_igreja_historica_do_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacao_verbal_018.2023_-_revitalizacao_da_igreja_historica_do_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ARTICULADO JUNTO AO INSTITUTO DE PATRIMÔNIO HISTÓRICO E ARTÍSTICO NACIONAL - IPHAN A REVITALIZAÇÃO DA IGREJA HISTÓRICA LOCALIZADA NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacao_verbal_024.2023_-_regularizacao_fundiaria_da_regiao_dos_bairros_nsa._sra._rosario_sao_benedito_e_santo_antonio..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacao_verbal_024.2023_-_regularizacao_fundiaria_da_regiao_dos_bairros_nsa._sra._rosario_sao_benedito_e_santo_antonio..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UM PLANO DE AÇÃO DE REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacao_verbal_025.2023_-_reativacao_dos_conselhos_municipais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacao_verbal_025.2023_-_reativacao_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM REATIVADOS OS CONSELHOS MUNICIPAIS EM QUATIS, BEM COMO A CRIAÇÃO DE OUTROS JÁ INDICADOS POR ESTA CASA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacao_verbal_026.2023_-_associacoes_de_moradores.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacao_verbal_026.2023_-_associacoes_de_moradores.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTIMULE, ASSESSORE E FOMENTE A CRIAÇÃO DE ASSOCIAÇÃO DE MORADORES EM QUATIS.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1241/brnb4220091485f_008217.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1241/brnb4220091485f_008217.pdf</t>
   </si>
   <si>
     <t>A presente proposição atende pedidos de moradores, pois atualmente a quadra encontra-se em péssimas condições. Sua recuperação proporcionará uma estrutura com acomodações mais adequadas para a prática de atividades físicas e recreativas aos moradores, que passarão a contar com um espaço digno e apropriado para a convivência em comum.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_verbal_037.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_verbal_037.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DO ENTULHO DA PONTE DA TRAVESSIA QUE LIGA OS BAIRROS CENTRO E SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/</t>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO ESTUDO TÉCNICO PARA CONSTRUÇÃO DE ÁREAS DE CONTENÇÃO EM QUATIS EM VIRTUDE DAS FORTES CHUVAS</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacao_verbal_045.2023_-_ampliacao_da_defesa_civil.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacao_verbal_045.2023_-_ampliacao_da_defesa_civil.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA AMPLIADA A EQUIPE DA DEFESA CIVIL MUNICIPAL.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacao_verbal_046.2023_-_avaliacao_estrutural_das_pontes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacao_verbal_046.2023_-_avaliacao_estrutural_das_pontes.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM AVALIADAS AS ESTRUTURAS DAS PONTES EXISTENTES NO MUNICÍPIO APÓS AS FORTES CHUVAS OCORRIDAS NO MÊS DE FEVEREIRO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacao_verbal_047.2023_-_sistema_de_alerta_de_desastres_naturais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacao_verbal_047.2023_-_sistema_de_alerta_de_desastres_naturais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UM SISTEMA DE ALERTA DE DESASTRES NATURAIS OU NÃO EM QUATIS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacao_verbal_048.2023_-_galerias_de_aguas_pluviais_e_fluviais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacao_verbal_048.2023_-_galerias_de_aguas_pluviais_e_fluviais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM ALARGADAS E/OU CONSTRUÍDAS GALERIAS DE ÁGUAS PLUVIAIS E FLUVIAIS NOS BAIRROS ÁGUA ESPRAIADA, BOA VISTA E OUTROS PONTOS OBSERVADOS PELA SECRETARIA COMPETENTE.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1242/brnb4220091485f_008216.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1242/brnb4220091485f_008216.pdf</t>
   </si>
   <si>
     <t>A presente preposição atende a pedido de munícipes que fazem a utilização da passarela que liga os bairros Centro e São Benedito, o acesso é de grande ajuda para que a passagem seja mais rápida dos moradores, com isso solicito que os órgãos competentes façam um estudo de viabilidade para saber qual a melhor opção, uma mureta de proteção ou corrimão para que traga mais segurança dos que necessitam dessa travessia.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE GERADORES DE ENERGIA.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1282/indica_verbal_055.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1282/indica_verbal_055.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REFORMA DA ANTIGA ESTAÇÃO DE TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacao_verbal_056.2023_-_asfalto_ecologicoo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacao_verbal_056.2023_-_asfalto_ecologicoo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM ESTUDO SOBRE A VIABILIDADE DE UTILIZAÇÃO DE ASFALTO ECOLÓGICO NAS ESTRADAS RURAIS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacao_verbal_057.2023_-_lei_lucas_-_primeiro_socorros.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacao_verbal_057.2023_-_lei_lucas_-_primeiro_socorros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE OFEREÇA CURSOS DE PRIMEIROS SOCORROS AOS SERVIDORES LOTADOS NAS UNIDADES DE ENSINO DA REDE MUNICIPAL DE EDUCAÇÃO, DE ACORDO COM A LEI 13.722/2018 – LEI LUCAS.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacao_verbal_058.2023_-_monitoramento_do_plano_municipal_de_cultura.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacao_verbal_058.2023_-_monitoramento_do_plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O MONITORAMENTO E REAVALIAÇÃO DAS METAS DA LEI MUNICIPAL 797/2012 QUE DISPÕE SOBRE O PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_verbal_061.2023_-_ponto_de_hidratacao_no_km_10..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_verbal_061.2023_-_ponto_de_hidratacao_no_km_10..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTRUTURE UM PONTO DE HIDRATAÇÃO PRÓXIMO AO QUILÔMETRO 10, SENTIDO RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1072/indicacao_verbal_062.2023_-_ampliacao_de_vagas_destinadas_aos_moradores_de_sao_joaqium_para_fazer_exame_de_sangue_aos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1072/indicacao_verbal_062.2023_-_ampliacao_de_vagas_destinadas_aos_moradores_de_sao_joaqium_para_fazer_exame_de_sangue_aos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REFORME O POSTO DE SAÚDE NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM, BEM COMO AMPLIE A OFERTA DE VAGAS DESTINADAS AOS MORADORES DO DISTRITO PARA REALIZAÇÃO DE EXAME DE SANGUE.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1073/indicacao_verbal_063.2023_-_manutencao_das_estradas_que_dao_acesso_ao_ribeirao_de_sao_joaquim.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1073/indicacao_verbal_063.2023_-_manutencao_das_estradas_que_dao_acesso_ao_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A MANUTENÇÃO DAS ESTRADAS QUE DÃO ACESSO AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM APÓS CESSAR AS FORTES CHUVAS.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacao_verbal_064.2023_-_capina_e_rocada_nas_estradas_em_ribeirao_de_sao_joaquim.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacao_verbal_064.2023_-_capina_e_rocada_nas_estradas_em_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A CAPINA E ROÇADA NAS ESTRADAS DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1075/indicacao_verbal_065.2023_-_limpeza_nos_boeiros_do_distrito_de_ribeirao_de_sao_joaquim.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1075/indicacao_verbal_065.2023_-_limpeza_nos_boeiros_do_distrito_de_ribeirao_de_sao_joaquim.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA NOS BUEIROS DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_verbal_069.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_verbal_069.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DESOBSTRUÇÃO DE DOIS BUEIROS NA RUA ANTÔNIO POLASTRI.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_verbal_070.2023_-_asfalto_e_sistema_de_escoamento_de_agua_-_alto_paraiso.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_verbal_070.2023_-_asfalto_e_sistema_de_escoamento_de_agua_-_alto_paraiso.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ASFALTE E CONSTRUA UM SISTEMA PARA ESCOAMENTO DA ÁGUA NA RUA PROJETADA NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_071.2023_-_agente_comunitario_de_saude_-_alto_paraiso.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_071.2023_-_agente_comunitario_de_saude_-_alto_paraiso.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UM AGENTE COMUNITÁRIO DE SAÚDE PARA O BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_072.2023_-_artistas_quatienses_no_carvanal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_072.2023_-_artistas_quatienses_no_carvanal.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PRIORIZE OS ARTISTAS QUATIENSES NA PROGRAMAÇÃO DO CARNAVAL EM 2024.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1253/brnb4220091485f_008215.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1253/brnb4220091485f_008215.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido alguns pontos de ônibus não tem a sinalização adequada, conforme a lei os motoristas não podem fazer a parada fora dos locais indicados, por esse motivo peço que seja feito o estudo para que essa adequação seja normalizada para atender os munícipes que necessitam desse transporte.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL SECRETARIA DE SAÚDE QUE SEJA FIXADO NOS LOCAIS DE ATENDIMENTO A POPULAÇÃO O INFORMATIVO DO ESTATUTO DO IDOSO.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1244/brnb4220091485f_008214.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1244/brnb4220091485f_008214.pdf</t>
   </si>
   <si>
     <t>O refeitório da escola encontra se com as portas laterais quebradas, segundo funcionários que trabalham naquela área informaram que tem aparecido muitos animais peçonhentos, cachorros, pássaros e outros que entram pelos acessos podendo trazer riscos aos alunos que precisam utilizar o espaço para fazerem suas refeições. Os banheiros que localiza ao lado de fora do refeitório, precisam de uma reforma para melhor atender aos alunos e funcionários da escola.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_096.2023_-_criacao_do_programa_feliz_idade.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_096.2023_-_criacao_do_programa_feliz_idade.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPALQUE CRIE UM PROGRAMA “FELIZ IDADE” DESTINADO À QUALIDADE DE VIDA NA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1245/brnb4220091485f_008213.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1245/brnb4220091485f_008213.pdf</t>
   </si>
   <si>
     <t>Essa indicação se faz necessária devido a relatos de moradores que a rede de esgoto que passa em uma manilha dentro do bueiro na rua quando há fortes chuvas essa rede não dá vazão e esse esgoto se espalha nas ruas, trazendo um grande risco a saúde dos moradores que moram nas proximidades.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VIABILIZE ATENDIMENTO DE MÉDICO PEDIATRA NA CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADOTE NO MUNICÍPIO UM SISTEMA DE DIVULGAÇÃO DE INFORMAÇÕES E RESPOSTAS VIA APLICATIVO DE MENSAGENS.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_104.2023_-_repasse_fiscal_licenca_ambiental_no_municipio..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_104.2023_-_repasse_fiscal_licenca_ambiental_no_municipio..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ARTICULE COM O GOVERNO DO ESTADO NA CONDICIONANTE DE COMPENSAÇÃO FISCAL ÀS EMPRESAS QUE DETÉM LICENÇA AMBIENTAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_105.2023_-_construcao_de_calcada_e_faixa_de_pedestre_na_rua_victor_marcondes_sampaio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_105.2023_-_construcao_de_calcada_e_faixa_de_pedestre_na_rua_victor_marcondes_sampaio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CALÇADA E FAIXA DE PEDESTRE QUE DÊ ACESSO AO PONTO DE ÔNIBUS NA_x000D_
 RUA VICTOR MARCONDES SAMPAIO.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_107.2023_-_organizacao_da_ordem_urbana_para_caminhoes_de_grande_porte.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_107.2023_-_organizacao_da_ordem_urbana_para_caminhoes_de_grande_porte.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ORGANIZE A LOCOMOÇÃO E PARADA DE CAMINHÕES DE GRANDE PORTE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_108.2023_-_lei_paulo_gustavo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_108.2023_-_lei_paulo_gustavo.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA CAMPANHA DE IDENTIFICAÇÃO, ATUALIZAÇÃO E FOMENTO DE FAZEDORES DE CULTURA DO MUNICÍPIO, CONSTRUINDO UM MAPA CULTURAL DE QUATIS.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DO POSTE DE ENERGIA DO BAIRRO PILOTOS NA RUA FRIZOLINA DE BARROS.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Maria Rosa</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1180/camscanner_15-08-2023_10.12.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1180/camscanner_15-08-2023_10.12.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL TAMPA DO BUEIRO NA RUA GUIOMAR MARCONDES DE OLIVEIRA, JARDIM POLASTRI</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Casoba da Academia</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1131/indicacao_verbal_120_2023__04_04_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1131/indicacao_verbal_120_2023__04_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA CALÇADA NA ESTRADA QUATIS PARADA, NO BAIRRO ALTO PARAÍSO. RUA AO LADO DO CIEP 492. A MESMA SE ENCONTRA COM BURACO.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1246/brnb4220091485f_008212.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1246/brnb4220091485f_008212.pdf</t>
   </si>
   <si>
     <t>A presente solicitação se faz necessária para que os alunos e servidores tenham mais segurança, devido aos acontecimentos a extensão da escola é muito ampla e por ser um espaço que é muito visível pais e professores estão sentindo inseguros,  com a base da Guarda Municipal no local trará mais conforto e tranquilidade para a população e até mesmo aos moradores dos arredores da escola.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1132/indicacao_verbal_123_2023__11_04_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1132/indicacao_verbal_123_2023__11_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE CONTRATAÇÃO DE PORTEIRO/SEGURANÇA PARA ATUAR NO CIEP 492 NO NOSSO MUNICÍPIO  E  A POSSIBILIDADE DE CONSTRUÇÃO DE ÁREA COBERTA ENTRE O PORTÃO E O  PRÉDIO DA ESCOLA.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_126.2023_-_divulgacao_dos_conselhos_de_direitos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_126.2023_-_divulgacao_dos_conselhos_de_direitos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A DIVULGAÇÃO DOS CONSELHOS MUNICIPAIS DE DIREITOS JÁ CRIADOS, BEM COMO DA CRIAÇÃO DO CONSELHO MUNICIPAL LGBTI+ EM QUATIS.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1133/indicacao_verbal_129_2023__13_04_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1133/indicacao_verbal_129_2023__13_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PROGRAMA PARA A RETOMADA DOS JOGOS ESTUDANTIS E A RETOMADA MORAL E CÍVICA NAS ESCOLAS DO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1134/indicacao_verbal_130_2023__13_04_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1134/indicacao_verbal_130_2023__13_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DOS GRÊMIOS ESTUDANTIS NAS ESCOLAS DO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_131.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_131.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ENTRADAS DOS COLÉGIOS.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1181/camscanner_15-08-2023_10.10.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1181/camscanner_15-08-2023_10.10.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DE ÁRVORES NO BAIRRO JARDIM POLASTRI</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1135/indicacao_verbal_135_2023_18_04_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1135/indicacao_verbal_135_2023_18_04_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRA NO BAIRRO SÃO JOSÉ I.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_138.2023_-_acessibilidade_as_pessoas_com_deficiencia_visual..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_138.2023_-_acessibilidade_as_pessoas_com_deficiencia_visual..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AS MÍDIAS DIGITAIS UTILIZADAS PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL SEJAM ACESSÍVEIS ÀS PESSOAS COM DEFICIÊNCIA VISUAL POR MEIO DE TEXTOS DESCRITIVOS DE IMAGENS E USO DE LIBRAS ÀS PESSOAS COM DEFICIÊNCIA AUDITIVA.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_139.2023_-_reajuste_da_perda_inflacionaria.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_139.2023_-_reajuste_da_perda_inflacionaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA ESCLARECER À CÂMARA MUNICIPAL DE QUATIS E AOS SERVIDORES E FUNCIONÁRIOS PÚBLICOS MUNICIPAIS SE HÁ VIABILIDADE DE REAJUSTAR A PERDA INFLACIONÁRIA DE SUBSÍDIOS E SALÁRIOS MEDIDA PELO IPCA/IBGE DE 2023.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_140.2023_-_criar_comissao_sobre_reforma_tributaria.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_140.2023_-_criar_comissao_sobre_reforma_tributaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA CRIAR UMA COMISSÃO QUE DISCUTA SOBRE A REFORMA TRIBUTÁRIA DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_141.2023_-_capina_e_rocada_serra_de_falcao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_141.2023_-_capina_e_rocada_serra_de_falcao.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE POSSA REALIZAR A CAPINA, ROÇADA E MANUTENÇÃO NA ESTRADA QUE DÁ ACESSO À SERRA DE FALCÃO.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1247/brnb4220091485f_008211.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1247/brnb4220091485f_008211.pdf</t>
   </si>
   <si>
     <t>A solicitação se faz necessária devido o espaço onde a população faz uso em atividades físicas a noite, precisa estar bem iluminada para que traga mais segurança ao local e aos moradores próximos.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1182/camscanner_15-08-2023_10.15.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1182/camscanner_15-08-2023_10.15.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PRORROGAÇÃO DO PRAZO CONCEDIDO CONFORME O DECRETO Nº3.172, DE JANEIRO DE 2023, QUE REGULAMENTA O ART Nº7 DA LEI COMPLEMENTAR MUNICIPAL Nº27 DE 28 DE NOVEMBRO DE 2022</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1136/indicacao_verbal_149_2023__25_04_2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1136/indicacao_verbal_149_2023__25_04_2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE CADASTRAMENTO DOS ATLETAS COMPETIDORES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_151.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_151.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO TERRENO BALDIO NA RUA NALDIR LARANJEIRA BAPTISTA EM FRENTE A CASA NÚMERO 40 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_152.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_152.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL RECAPEAMENTO DO ASFALTO DA RUA GERALDO BALTAR NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_154.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_154.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO DO AFUNDAMENTO DE RUA EM FRENTE AO DETRAN NA RUA PROFESSOR PESSOA DE BARROS.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_162_2023__02_05_2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_162_2023__02_05_2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A PROVIDÊNCIA DE COMPRA DE APARELHO WI-FI PARA A ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO”.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A POSSIBILIDADE DE ESTUDO PARA A  EXPANSÃO DA FEIRA DE ARTESANATO, SENDO UMA FEIRA LIVRE EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_164_2023__02_05_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_164_2023__02_05_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL “A POSSIBILIDADE DE DESTINAR A FEIRA LIVRE PARA O FUTURO PARQUE DA CIDADE”.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_167_2023__09_05_2023_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_167_2023__09_05_2023_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  AÇÃO TAPA BURACO, NO BAIRRO JARDIM POLASTRI, PRÓXIMO À IGREJA IMACULADA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1248/brnb4220091485f_008210.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1248/brnb4220091485f_008210.pdf</t>
   </si>
   <si>
     <t>A indicação faz se necessária devido o espaço está sendo utilizado como ponto de descarte de lixos e entulhos, trazendo a população que mora ao redor grandes riscos como aparecimento de animais peçonhentos. Essa área de lazer será muito utilizada pelos moradores e alunos creche CMEI.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1249/brnb4220091485f_008209.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1249/brnb4220091485f_008209.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido o bairro não ter uma placa sinalizando que naquelas proximidades existe uma Creche Municipal, até mesmos para que os motoristas tenham atenção com a circulação de pessoas.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1250/brnb4220091485f_008208.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1250/brnb4220091485f_008208.pdf</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_181.2023_-_grades_na_obra_do_mirandopolis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_181.2023_-_grades_na_obra_do_mirandopolis.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA LIMPEZA E RETIRADAS DE ENTULHOS NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE GRADES DE PROTEÇÃO COM CADEADOS NOS DISJUNTORES DAS QUADRAS NO MUNICÍPIO E DESIGNAR UM PROFISSIONAL PARA O CONTROLE DOS RESPECTIVOS DISJUNTORES.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_185.2023_-_aumento_do_muro_escola_quilombola_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_185.2023_-_aumento_do_muro_escola_quilombola_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AUMENTE O MURO NO ENTORNO DA ESCOLA MUNICIPAL QUILOMBOLA DE SANTANA IRMÃ ELIZABETH ALVES.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_186.2023_-_dedetizacao_escola_quilombola_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_186.2023_-_dedetizacao_escola_quilombola_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA DEDETIZAÇÃO NA ESCOLA MUNICIPAL QUILOMBOLA DE SANTANA IRMÃ ELIZABETH ALVES.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1251/brnb4220091485f_008207.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1251/brnb4220091485f_008207.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido a solicitação de munícipes que fazem uso de bicicletas e trabalham no comércio em torno da Praça Teixeira Brandão, Centro, estão sem lugar para guardarem e estão utilizando os postes para trancarem.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1190/indicacao__191.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1190/indicacao__191.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO  MUNICIPAL  QUE SEJA FEITA À LIMPEZA DA  REPRESA DO BAIRRO LAVA PÉS NA RUA JAIME CAETANO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1183/brnb422008c8c8b_002433.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1183/brnb422008c8c8b_002433.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE QUEBRA-MOLAS EM AMBAS AS RUAS QUE PASSAM PELA BIQUINHA INDO EM DIREÇÃO AO BAIRRO PILOTOS: NAS RUAS DELFIM FRÓES, DONA CIRENE E FAUSTINO PINHEIRO, NO CENTRO, QUATIS-RJ</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_verbal_201.2023_-_construcao_de_areas_de_lazer_em_terrenos_inutilizados..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_verbal_201.2023_-_construcao_de_areas_de_lazer_em_terrenos_inutilizados..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A CONSTRUÇÃO DE UMA ÁREA DE LAZER NOS TERRENOS DA PREFEITURA MUNICIPAL DE QUATIS NA RUA NALDIR LARANJEIRAS, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1227/indicacao_verbal_202.2023_-_revitalizacao_da_servidao_manoelina_do_rosario.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1227/indicacao_verbal_202.2023_-_revitalizacao_da_servidao_manoelina_do_rosario.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA SERVIDÃO MANOELINA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1228/indicacao_verbal_203.2023_-_rua_do_ceap.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1228/indicacao_verbal_203.2023_-_rua_do_ceap.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A VIABILIDADE DE PROIBIÇÃO DE TRÂNSITO DE CAMINHÕES NA RUA PREFEITO OSCAR TEIXEIRA DE MENDONÇA.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_verbal_204.2023_-_rua_cel_jose_leite.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_verbal_204.2023_-_rua_cel_jose_leite.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE FECHAMENTO DA RUA CEL. JOSÉ LEITE, PRÓXIMO À PRAÇA, PARA USO DE LAZER DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1252/brnb4220091485f_008206.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1252/brnb4220091485f_008206.pdf</t>
   </si>
   <si>
     <t>A indicação se faz necessária devido essa passarela está escura colocando em risco os moradores que utilizam esse acesso à noite para irem e voltarem de seus trabalhos.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_verbal_209.2023_-_construcao_de_canaleta.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_verbal_209.2023_-_construcao_de_canaleta.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA CANALETA OU VIA PARA ESCOAMENTO DE ÁGUA ENTRE A RUA 5 E 6, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_verbal_210.2023_-_construcao_de_muro_no_bairro_nsr_nas_casinhas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_verbal_210.2023_-_construcao_de_muro_no_bairro_nsr_nas_casinhas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UM MURO DE CONTENÇÃO ENTRE AS RUAS 5 E 6, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_verbal_211.2023_-_revitalizacao_das_ruas_e_e_f_jd_independencia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_verbal_211.2023_-_revitalizacao_das_ruas_e_e_f_jd_independencia.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A REVITALIZAÇÃO DAS RUAS E E F DO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_verbal_212.2023_-_revitalizacao_da_rua_6_no_bairro_nsr_nas_casinhas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_verbal_212.2023_-_revitalizacao_da_rua_6_no_bairro_nsr_nas_casinhas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REVITALIZE A RUA LOCALIZADA ENTRE AS RUAS 5 E 6 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_224_2.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_224_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UM CORRIMÃO NA PONTE NA RJ 179 PRÓXIMO AO SÍTIO DAS ANDORINHAS.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1176/brnb422008c8c8b_002432.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1176/brnb422008c8c8b_002432.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE DUAS LÂMPADAS EM VOLTA DO TRAILER DO JERÔNIMO LANCHES, NA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_150.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_150.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AÁLISE TÉCNICA DE UMA ÁRVORE DE AMENDOEIRA NA RUA NALDIR LARANJEIRA BAPTISTA EM FRENTE A CASA NÚMERO 40 NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_237.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_237.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE LUMINARIAS NA ESTRADA QUATIS X GLICÉRIO.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_verbal_243.2023_-_fundo_de_participacao_do.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_verbal_243.2023_-_fundo_de_participacao_do.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SOLICITE AO MINISTÉRIO DA FAZENDA A PARTICIPAÇÃO NO FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_verbal_244.2023_-_guarda_civil_municipal_no_conselho_tutelar.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_verbal_244.2023_-_guarda_civil_municipal_no_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DISPONHA DE UM GUARDA CIVIL MUNICIPAL AO PRÉDIO DO CONSELHO TUTELAR DE QUATIS.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_verbal_245.2023_-_reforma_da_escola_municipal_anesia_alves_de_oliveira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_verbal_245.2023_-_reforma_da_escola_municipal_anesia_alves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REFORME A ESCOLA MUNICIPAL PROF.ª ANÉSIA ALVES DE OLIVEIRA EM RIBEIRÃO DE SÃO JOAQUIM, BEM COMO AVALIE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA AO LADO DA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_verbal_254.2023_-_maquina_de_lavar_industrial_lavanderia_comunitaria.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_verbal_254.2023_-_maquina_de_lavar_industrial_lavanderia_comunitaria.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ADQUIRE UMA MÁQUINA DE LAVAR INDUSTRIAL PARA A LAVANDERIA COMUNITÁRIA DO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1238/indicacao_verbal_255.2023_-_rede_de_esgoto_na_rua_dom_agnelo_rossi.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1238/indicacao_verbal_255.2023_-_rede_de_esgoto_na_rua_dom_agnelo_rossi.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSTRUA UMA REDE DE ESGOTO NA RUA DOM AGNELO ROSSI NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_261_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_261_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM PROJETO PARA QUE SEJA FEITO UM PROJETO PARA A RECONSTRUÇÃO DA PISTA DE SKATE NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1239/indicacao_verbal_268.2023_-_oficio_ao_senador_portinho_-_raiox.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1239/indicacao_verbal_268.2023_-_oficio_ao_senador_portinho_-_raiox.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UM OFÍCIO ENDEREÇADO AO SENADOR CARLOS PORTINHO PARA AQUISIÇÃO DE UM RAIO X À CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1243/brnb4220091485f_008215.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1243/brnb4220091485f_008215.pdf</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A VISTORIA NO MURO NA RUA SALVADOR BARBOSA LIMA NA CASA 152 NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_284.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_284.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A ROÇADA NA CERVIDÃO RUA OLAVO DE CASTRO LOBO AO LADO DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_285.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_285.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A ROÇADA E LIMPEZA NA SERVIDÃO ATRÁS DO CEMITÉRIO NA RUA JAIME CAETANO NO BAIRRO LAVA PÉS.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_verbal_294.2023_-_rede_fluvial_e_pluvial.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_verbal_294.2023_-_rede_fluvial_e_pluvial.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A DESOBSTRUÇÃO E AMPLIAÇÃO DA REDE FLUVIAL PRÓXIMO À QUADRA POLIESPORTIVA EM FALCÃO.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_verbal_295.2023_-_parque_e_banco_na_rua_da_palha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_verbal_295.2023_-_parque_e_banco_na_rua_da_palha.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NO PARQUE, NOS BANCOS E NO ESPAÇO DE CONVIVÊNCIA NA RUA DA PALHA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_verbal_296.2023_-_pracinha_santo_antonio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_verbal_296.2023_-_pracinha_santo_antonio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA PRACINHA NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_verbal_297.2023_-_pracinha_pilotos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_verbal_297.2023_-_pracinha_pilotos.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA PRACINHA NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_verbal_298.2023_-_rua_dom_agnelo_rossi_-_estreita.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_verbal_298.2023_-_rua_dom_agnelo_rossi_-_estreita.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM ESTUDO SOBRE O TRÂNSITO DE VEÍCULOS NA RUA DOM AGNELO ROSSI, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_verbal_299.2023_-_proibir_caminhoes_na_rua_6.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_verbal_299.2023_-_proibir_caminhoes_na_rua_6.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE PROIBIR TRÁFEGO DE CAMINHÕES NA RUA 06, SERVIDÃO MARCELINA DO ROSÁRIO NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_verbal_300.2023_-_redutor_de_velocidade_na_rua_alfredo_samapaio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_verbal_300.2023_-_redutor_de_velocidade_na_rua_alfredo_samapaio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE INSTALAR UM REDUTOR DE VELOCIDADE OU PLACA DE ALERTA NA RUA ALFREDO SAMPAIO, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_verbal_301.2023_-_revitalizacao_da_frizolina_de_barros.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_verbal_301.2023_-_revitalizacao_da_frizolina_de_barros.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A REVITALIZAÇÃO DA RUA FRIZOLINA DE OLIVEIRA BARROS, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_verbal_302.2023_-_reforma_da_jose_souto.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_verbal_302.2023_-_reforma_da_jose_souto.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA REFORMA NA RUA JOSÉ SOUTO, NO BAIRRO BONDAROWISKY.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_313.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_313.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADO NO NOSSO MUNICÍPIO A CIPTEA CARTEIRA DE INDENTIFICAÇÃO DA PESSOA COM TRASTORNO DO ESPECTRO AUTISTA.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_verbal_314.2023_-_redutores_de_velocidade_na_travessa_b.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_verbal_314.2023_-_redutores_de_velocidade_na_travessa_b.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INSTALE REDUTORES DE VELOCIDADE E PLACAS DE SINALIZAÇÃO NA TRAVESSA B NO BAIRRO ALTO DAS QUARESEMEIRAS.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_verbal_315.2023_-_alto_das_quaresmeiras_-_limpeza_e_rocada.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_verbal_315.2023_-_alto_das_quaresmeiras_-_limpeza_e_rocada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A LIMPEZA E CAPINA NO BAIRRO ALTO DAS QUARESMEIRAS PRÓXIMO ÀS MARGENS ENTRE BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_verbal_316.2023_-_alto_das_quaresmeiras_-_saneamento_basico.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_verbal_316.2023_-_alto_das_quaresmeiras_-_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PROJETO DE SANEAMENTO BÁSICO PARA O BAIRRO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_verbal_317.2023_-_programa_grupo_feliz.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_verbal_317.2023_-_programa_grupo_feliz.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DEDICADO PARA O GRUPO DA FELIZ IDADE.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_verbal_318.2023_-_abatimento_na_passagem_dos_municipes_que_trabalham_fora.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_verbal_318.2023_-_abatimento_na_passagem_dos_municipes_que_trabalham_fora.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DE ABATIMENTO NAS PASSAGENS DOS MUNÍCIPES QUE DESEMPENHAM O OFÍCIO NOS MUNICÍPIOS VIZINHOS.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_verbal_320.2023_-_programa_de_logistica_de_entrega_de_medicamentos_.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_verbal_320.2023_-_programa_de_logistica_de_entrega_de_medicamentos_.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM PROGRAMA DE LOGÍSTICA DE ENTREGA DE MEDICAMENTOS POR MEIO DE MOTOCICLISTAS E CICLISTAS.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA Á MANUTENÇÃO NA RUA DE CHÃO ISAC MARCONDES SAMPAIO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_verbal_324.2023_-_levantamento_e_cadastramento_das_entidades_e_organizacoes_nao_governamentais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_verbal_324.2023_-_levantamento_e_cadastramento_das_entidades_e_organizacoes_nao_governamentais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM LEVANTAMENTO E CADASTRAMENTO DE ENTIDADES, ORGANIZAÇÕES NÃO GOVERNAMENTAIS, ORGANIZAÇÕES CIVIS E CORRELATAS QUE ATUEM NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_verbal_325.2023_-_politica_e_camapnha_contra_o_uso_e_abuso_do_tabagismo_e_alcool.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_verbal_325.2023_-_politica_e_camapnha_contra_o_uso_e_abuso_do_tabagismo_e_alcool.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA CAMPANHA E POLÍTICA DE CONTROLE, CONSCIENTIZAÇÃO E PREVENÇÃO AO USO DO TABAGISMO E ÁLCOOL EM TODAS AS FAIXAS ETÁRIAS.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INTENSIFICADO A DIVULGAÇÃO DO NOVEMBRO AZUL MÊS EM ALUSÃO AO CANCÊSR DE PRÓSTATA.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_343.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_343.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A LIMPEZA E ROÇADA DA PRAÇA DO SKINÃO NO CENTRO.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_verbal_346.2023_-_conscientizacao_dos_conselhos_municipais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_verbal_346.2023_-_conscientizacao_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ELABORE UM PROJETO QUE VISE O DESPERTAR DE CONSCIÊNCIA EM RELAÇÃO À IMPORTÂNCIA DOS CONSELHOS MUNICIPAIS DE DIREITOS E A PARTICIPAÇÃO DA SOCIEDADE NO CONTROLE SOCIAL.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_verbal_348.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_verbal_348.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VAGA DE EMBARQUE E DESEMBARQUE DESTINADO A NOVA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_verbal_356.2023_-_manutencao_na_estrada.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_verbal_356.2023_-_manutencao_na_estrada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE MANUTENÇÃO DA ESTRADA SENTIDO AO SÍTIO DO SENHOR VALDEMAR EM DIREÇÃO AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_verbal_357.2023_-_contencao_da_poeira_no_bairro_agua_espraiada.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_verbal_357.2023_-_contencao_da_poeira_no_bairro_agua_espraiada.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA OBRA VISANDO CONTENÇÃO DA POEIRA LEVANTADA NA ESTRADA NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1307/camara_municipal_de_quatis_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1307/camara_municipal_de_quatis_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que altere o horário de funcionários que trabalham exposto ao sol.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1196/camscanner_16-08-2023_09.09.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1196/camscanner_16-08-2023_09.09.pdf</t>
   </si>
   <si>
     <t>REQUER AUDIÊNCIA PÚBLICA SOBRE SEGURANÇA NAS ESCOLAS DO MUNICÍPIO DE QUATIS</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/camscanner_16-08-2023_08.45.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/camscanner_16-08-2023_08.45.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO VITOR DA SILVA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1194/camscanner_16-08-2023_08.48.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1194/camscanner_16-08-2023_08.48.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR GUILHERME CORRÊA MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1198/camscanner_17-08-2023_08.25.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1198/camscanner_17-08-2023_08.25.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR JOBSON MANOEL FIDELIS DE OLIVEIRA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1199/camscanner_17-08-2023_08.26.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1199/camscanner_17-08-2023_08.26.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR FELIPE AUGUSTO LEOPOLDINO MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1193/camscanner_16-08-2023_08.48_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1193/camscanner_16-08-2023_08.48_1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR ARILDO ALVES DE LIMA PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1192/camscanner_16-08-2023_08.50.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1192/camscanner_16-08-2023_08.50.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CARLOS AUGUSTO SILVA MATTOS PELO DESFILE DO BLOCO "BERÇO DO SAMBA"</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1195/camscanner_16-08-2023_09.08.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1195/camscanner_16-08-2023_09.08.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR PAULO VITOR DA SILVA PELO SEU EMPENHO E DEDICAÇÃO COM O MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO PASTOR LUCIANO DE SOUZA VILELA.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_313.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_313.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR ANDERSON DE OLIVEIRA GONÇALVES.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1053/projeto_de_resolucao_no_001-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1053/projeto_de_resolucao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA CONCESSÃO DE DIÁRIAS PARA VEREADORES E/OU SERVIDORES, OS PROCEDIMENTOS DE INSCRIÇÕES EM CURSOS DE APERFEIÇOAMENTO, DISPONIBILIZAÇÃO DOS MEIOS DE TRANSPORTE, ESTADIA E RESSARCIMENTO DE CUSTOS COM ESTACIONAMENTO E PEDÁGIOS, ALÉM DA UTILIZAÇÃO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1095/projeto_de_resolucao_003-2023_diarias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1095/projeto_de_resolucao_003-2023_diarias.pdf</t>
   </si>
   <si>
     <t>“REVISA A REGULAMENTAÇÃO DA CONCESSÃO DE DIÁRIAS PARA VEREADORES E/OU SERVIDORES, OS PROCEDIMENTOS DE INSCRIÇÕES EM CURSOS DE APERFEIÇOAMENTO, DISPONIBILIZAÇÃO DOS MEIOS DE TRANSPORTES, ESTADIA E RESSARCIMENTO DE CUSTOS COM ESTACIONAMENTO E PEDÁGIOS, ALÉM DA UTILIZAÇÃO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE QUATIS”.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>"ALTERA O HORÁRIO DAS SESSÕES NA CÂMARA MUNICIPAL DE QUATIS".</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_resolucao_no_005-2023_banco_de_ideias_legislativas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_resolucao_no_005-2023_banco_de_ideias_legislativas.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O BANCO DE IDEIAS LEGISLATIVAS NO MUNICÍPIO DE QUATIS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_resolucao_no_007-2023_mocoes_25_de_novembro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_resolucao_no_007-2023_mocoes_25_de_novembro.pdf</t>
   </si>
   <si>
     <t>“INSTITUI MOÇÕES COMEMORATIVAS”.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1258/projeto_de_resolucao_no_008-2023_galeria_de_fotos_ex-vereadores.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1258/projeto_de_resolucao_no_008-2023_galeria_de_fotos_ex-vereadores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA GALERIA DE FOTOS DOS EX-VEREADORES QUE REPRESENTARAM QUATIS, RIBEIRÃO DE SÃO JOAQUIM E FALCÃO DESDE A 3ª LEGISLATURA DE BARRA MANSA (1841 - 1845), ATÉ A 42ª LEGISLATURA (1989 - 1992)".</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_resolucao_no_009-2023_vantagens_e_adicionais_-_servidores.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_resolucao_no_009-2023_vantagens_e_adicionais_-_servidores.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A LEI COMPLEMENTAR Nº 037/2023 REFERENTE ÀS VANTAGENS E ADICIONAIS AOS SERVIDORES ESTÁVEIS DO LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1285/regimento_interno_-_resolucao_no_005_de_2020.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1285/regimento_interno_-_resolucao_no_005_de_2020.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A APLICAÇÃO DA LEI FEDERAL Nº 14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA MUNICIPAL DE QUATIS.”</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_no_011-2023_regulamentacao_da_lei_de_acesso_a_informacao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_no_011-2023_regulamentacao_da_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA O ACESSO À INFORMAÇÃO PÚBLICA PELO CIDADÃO (LEI FEDERAL Nº 12.527/2011), NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, CRIA NORMAS DE PROCEDIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1076/projeto_de_decreto_legislativo_n_001_de_2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1076/projeto_de_decreto_legislativo_n_001_de_2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, ALUÍSIO MAX ALVES D'ELIAS, REFERENTE AO EXERCÍCIO DE 2021".</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_n_002_-2023_ivone_barbosa_bento.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_n_002_-2023_ivone_barbosa_bento.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA PROFESSOR EMÉRITO, À SENHORA IVONE BARBOSA BENTO.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_n_003_-2023_luis_claudio_nunes_costa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_n_003_-2023_luis_claudio_nunes_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIS CLAUDIO NUNES COSTA.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_n_004_-2023_wilian_xavier_alves_dos_santos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_n_004_-2023_wilian_xavier_alves_dos_santos.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR WILIAN XAVIER ALVES DOS SANTOS.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ISRAEL WESLEY DA CUNHA.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_n_007_-2023_edilson_rodrigues_de_sousa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_n_007_-2023_edilson_rodrigues_de_sousa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR EDILSON RODRIGUES DE SOUSA.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_n_008_-2023_joana_silva_de_melo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_n_008_-2023_joana_silva_de_melo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA JOANA SILVA DE MELO.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>DJ Denilson</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_n_010_-2023_cristiane_de_andrade_lima.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_n_010_-2023_cristiane_de_andrade_lima.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA CRISTIANE DE ANDRADE LIMA.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_n_011_-2023_andreia_oliveira_do_nascimento.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_n_011_-2023_andreia_oliveira_do_nascimento.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA ANDRÉIA OLIVEIRA DO NASCIMENTO.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_n_014_-2023_cristina_silva_carreira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_n_014_-2023_cristina_silva_carreira.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA CRISTIANA SILVA CARREIRA.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_n_015_-2023_valter_de_almeida.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_n_015_-2023_valter_de_almeida.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA EMPRESÁRIO EMPREENDEDOR AO SENHOR VALTER DE ALMEIDA.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_n_016_-2023_francisco_de_azevedo_franco.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_n_016_-2023_francisco_de_azevedo_franco.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FAUSTINO PINHEIRO, AO SENHOR FRANCISCO DE AZEVEDO FRANCO.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_n_017_-2023_pablo_da_silva_alves.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_n_017_-2023_pablo_da_silva_alves.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PABLO DA SILVA ALVES.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ EDUARDO CARNEIRO DA SILVA SOUZA LIMA.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_n_019_-2023_luiz_carlos_rocha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_n_019_-2023_luiz_carlos_rocha.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ CARLOS ROCHA.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_n_020_-2023_fanny_aparecida_fernandes_dias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_n_020_-2023_fanny_aparecida_fernandes_dias.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA FANNY APARECIDA FERNANDES DIAS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_decreto_legislativo_n_021_-2023_renan_marassi_magalhaes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_decreto_legislativo_n_021_-2023_renan_marassi_magalhaes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR RENAN MARASSI MAGALHÃES.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_decreto_legislativo_n_022_-2023_symmy_larrat_brito_de_carvalho.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_decreto_legislativo_n_022_-2023_symmy_larrat_brito_de_carvalho.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ QUATIENSE A SENHORA SYMMY LARRAT BRITO DE CARVALHO.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_decreto_legislativo_n_023_-2023_rosangela_reis_dos_santos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_decreto_legislativo_n_023_-2023_rosangela_reis_dos_santos.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA FUNCIONÁRIA PADRÃO À SENHORA ROSÂNGELA REIS DOS SANTOS.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_decreto_legislativo_n_024_-2023_heitor_jose_pena_machado.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_decreto_legislativo_n_024_-2023_heitor_jose_pena_machado.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR HEITOR JOSÉ PENA MACHADO.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_decreto_legislativo_n_025_-2023_andre_de_souza_nascimento.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_decreto_legislativo_n_025_-2023_andre_de_souza_nascimento.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ANDRÉ DE SOUZA NASCIMENTO.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>Nildinho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_decreto_legislativo_n_026_-2023_ademilton_giovani_andrade_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_decreto_legislativo_n_026_-2023_ademilton_giovani_andrade_silva.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ADEMILTON GIOVANI ANDRADE SILVA.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_n_028_-2023_jose_jorge_de_paula.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_n_028_-2023_jose_jorge_de_paula.pdf</t>
   </si>
   <si>
     <t>"CONCEDE MEDALHA PROFISSIONAL EMÉRITO AO SENHOR JOSÉ JORGE DE PAULA"</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_n_029_-2023_paulo_moreira_cabral.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_n_029_-2023_paulo_moreira_cabral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO QUATIENSE AO SENHOR PAULO MOREIRA CABRAL.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_004-2023_auxilio_transporte.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_004-2023_auxilio_transporte.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O AUXÍLIO TRANSPORTE PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_lei_no_005-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_lei_no_005-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O DIREITO DE ATENDIMENTO PREFERENCIAL DA PESSOA COM DEFICIÊNCIA NO ÂMBITO MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_006-2023_travessa_tortorella.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_006-2023_travessa_tortorella.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “TRAVESSA DR. FELIPPE JEREMIAS TORTORELLA”, À TRAVESSA EXISTENTE NA ESTRADA QUATIS X FLORIANO, LOCALIZADA NA 2º ENTRADA APÓS A ANTIGA CLÍNICA CLIVAPA, ENTRE OS NÚMEROS 2571 E 2581, BAIRRO BARRINHA”.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_007-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_007-2023.pdf</t>
   </si>
   <si>
     <t>“NOMEAR DE “PASSARELA CICILIA DA SILVA ALCANTARA” A PASSARELA QUE LIGA OS BAIRROS JARDIM INDEPENDÊNCIA E SANTA BÁRBARA, DESSE MUNICÍPIO DE QUATIS”.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1097/projeto_de_lei_no_011-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1097/projeto_de_lei_no_011-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O USO DO NOME SOCIAL E RECONHECIMENTO DA IDENTIDADE DE GÊNERO DE PESSOAS TRANS E TRAVESTIS DO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA AUTÁRQUICA E FUNDACIONAL DO MUNICÍPIO DE QUATIS-RJ”.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1096/projeto_de_lei_no_012-2023_-_adote_uma_placa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1096/projeto_de_lei_no_012-2023_-_adote_uma_placa.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA ADOTE UMA PLACA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1098/ldo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1098/ldo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1106/projeto_de_lei_no_016-2023_rua_maria_aparecida_da_silva.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1106/projeto_de_lei_no_016-2023_rua_maria_aparecida_da_silva.pdf</t>
   </si>
   <si>
     <t>DENOMINAR  DE RUA MARIA APARECIDA DA SILVA, A RUA 3, DO BAIRRO SANTO ANTÔNIO DESSE MUNICÍPIO DE QUATIS/RJ.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_017-2023_semana_da_paz.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_017-2023_semana_da_paz.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA PELA CULTURA DA PAZ NAS ESCOLAS DE QUATIS”.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_018-2023_hino_nacional.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_018-2023_hino_nacional.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DE PROCLAMAÇÃO DO HINO NACIONAL E MUNICIPAL E HASTEAMENTO DAS RESPECTIVAS ESCOLAS DA REDE DE ENSINO DO MUNICÍPIO E DISTRITOS DE QUATIS”.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_no_019-2023_revisao_geral_dos_vencimentos_dos_servidores_-_pmq.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_no_019-2023_revisao_geral_dos_vencimentos_dos_servidores_-_pmq.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO PODER EXECUTIVO PARA O ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_020-2023_revisao_geral_dos_subsidios_dos_vereadores.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_020-2023_revisao_geral_dos_subsidios_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE QUATIS PARA O ANO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_no_021-2023_revisao_geral_dos_vencimentos_dos_servidores_-_cmq.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_no_021-2023_revisao_geral_dos_vencimentos_dos_servidores_-_cmq.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL DOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO PARA O ANO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_024-2023_altera_a_lei_no_630-2008.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_024-2023_altera_a_lei_no_630-2008.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 630/2008 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_no_025-2023_politica_de_atencao_obstetrica.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_no_025-2023_politica_de_atencao_obstetrica.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DE MEDIDAS DE INFORMAÇÃO À GESTANTE E PARTURIENTE SOBRE A POLÍTICA NACIONAL DE ATENÇÃO OBSTÉTRICA E NEONATAL, VISANDO A PROTEÇÃO DESTAS CONTRA A VIOLÊNCIA OBSTÉTRICA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_no_026-2023_rua_h_-_santa_barbara.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_no_026-2023_rua_h_-_santa_barbara.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE RUA MARIA SALVINA VILARINHO, A RUA H, NO BAIRRO SANTA BARBARA, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_no_027-2023_rua_j_-_santa_barbara.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_no_027-2023_rua_j_-_santa_barbara.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE RUA GREICE ÂNGELA DE OLIVEIRA E SILVA, A RUA J, NO BAIRRO SANTA BARBARA, DESSE MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_no_028-2023_rua_celio_nora_ferreita.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_no_028-2023_rua_celio_nora_ferreita.pdf</t>
   </si>
   <si>
     <t>"NOMEAR DE CÉLIO NÓRA FERREIRA, A RUA SEM SAÍDA QUE SE INICIA NA RUA DOUTOR JORGE LISBÔA, CENTRO, DESSE MUNICÍPIO DE QUATIS/RJ."</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1130/projeto_de_lei_no_030-2023_conselho_municipal_de_turismo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1130/projeto_de_lei_no_030-2023_conselho_municipal_de_turismo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1142/projeto_de_lei_municipal_no_031-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1142/projeto_de_lei_municipal_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N.º 514, DE 29 DE MARÇO DE 2006, VISANDO ADEQUAR A GRATIFICAÇÃO PERCEBIDA PELOS CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_no_032-2023_praca_jose_pereira_da_rocha.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_no_032-2023_praca_jose_pereira_da_rocha.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE PRAÇA JOSÉ PEREIRA DA ROCHA, A PRAÇA SITUADA NO PARQUE MUNICIPAL ELEOZINA MARCONDES LOCALIZADA NO BAIRRO POLASTRI."</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1145/projeto_de_lei_no_033-2023_semana_da_africa_em_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1145/projeto_de_lei_no_033-2023_semana_da_africa_em_quatis.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA "SEMANA DA ÁFRICA EM QUATIS."</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1143/projeto_de_lei_no_034-2023_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1143/projeto_de_lei_no_034-2023_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2022.pdf</t>
   </si>
   <si>
     <t>"PROCEDER A REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_no_035-2023_procede_a_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_no_035-2023_procede_a_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2023.pdf</t>
   </si>
   <si>
     <t>"PROCEDER A REVISÃO DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO PARA O ANO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_no_036-2023_organizacoes_sociais.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_no_036-2023_organizacoes_sociais.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINS ECONÔMICOS COMO ORGANIZAÇÕES SOCIAIS NOS TERMOS DA LEI FEDERAL Nº 9.637 DE 15 DE MAIO DE 1998 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_no_037-2023_aquisicao_de_imovel_para_zen.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_no_037-2023_aquisicao_de_imovel_para_zen.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS, ATRAVÉS DO PODER EXECUTIVO MUNICIPAL ADQUIRIR BEM IMÓVEL, MEDIANTE COMPRA, PARA A AMPLIAÇÃO DA ZONA ESPECIAL DE NEGÓCIOS – ZEN, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_no_038-2023_politica_municipal_de_educacao_ambiental_-_pmea.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_no_038-2023_politica_municipal_de_educacao_ambiental_-_pmea.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO ÂMBITO DO MUNICÍPIO DE QUATIS/RJ, A POLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL DENOMINADA “PMEA”, DANDO PROVIDÊNCIAS CORRELATAS”.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_no_039-2023_quadra_esportiva_-_rosangela_rita.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_no_039-2023_quadra_esportiva_-_rosangela_rita.pdf</t>
   </si>
   <si>
     <t>“NOMEIA DE QUADRA ESPORTIVA MUNICIPAL ROSÂNGELA RITA DA CUNHA AVELAR, A QUADRA ESPORTIVA SITUADA NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM, DO MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1220/projeto_de_lei_no_040-2023_reserva_particular_do_patrimonio_natural_-_rppn.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1220/projeto_de_lei_no_040-2023_reserva_particular_do_patrimonio_natural_-_rppn.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA DE INCENTIVO A CRIAÇÃO DE RESERVA PARTICULAR DO PATRIMÔNIO NATURAL - RPPN, ESTABELECENDO ESTÍMULO E INCENTIVO À SUA IMPLEMENTAÇÃO".</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_no_042-2023_loa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_no_042-2023_loa.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_no_043-2023_parque_municipal_jose_pereira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_no_043-2023_parque_municipal_jose_pereira.pdf</t>
   </si>
   <si>
     <t>“NOMEIA DE PARQUE MUNICIPAL JOSÉ PEREIRA DA ROCHA, O COMPLEXO PÚBLICO E RECREATIVO SITUADO NO BAIRRO JARDIM POLASTRI DO MUNICÍPIO DE QUATIS/RJ”.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_no_044-2023_semana_escolar_de_combate_a_violencia_contra_a_mulher.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_no_044-2023_semana_escolar_de_combate_a_violencia_contra_a_mulher.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA SEMANA ESCOLAR DE COMBATE À VIOLÊNCIA CONTRA A MULHER E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>Alex D'Elias, Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_no_045-2023_dia_da_juventude_crista.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_no_045-2023_dia_da_juventude_crista.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O DIA MUNICIPAL DA JUVENTUDE CRISTÃ NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE QUATIS."</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1257/projeto_de_lei_no_050-2023_parcerias_publico_privadas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1257/projeto_de_lei_no_050-2023_parcerias_publico_privadas.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei_no_051-2023_altera_as_leis_municipais_no_006_de_10_de_fevereiro_de_1993.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei_no_051-2023_altera_as_leis_municipais_no_006_de_10_de_fevereiro_de_1993.pdf</t>
   </si>
   <si>
     <t>“ALTERA AS LEIS MUNICIPAIS Nº 006, DE  10 DE FEVEREIRO DE 1993 E Nº 1.102, DE 19 DE DEZEMBRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_052-2023_altera_a_lei_municipal_no_750-2011_-_conselho_da_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_052-2023_altera_a_lei_municipal_no_750-2011_-_conselho_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 750, DE 27 DE JUNHO DE 2011, QUE VERSA SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, ESPECIALMENTE QUANTO À REORGANIZAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DO FUNDO MUNICIPAL PARA A INFÂNCIA E ADOLESCÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_053-2023_vencimento_profissionais_da_enfermagem.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_053-2023_vencimento_profissionais_da_enfermagem.pdf</t>
   </si>
   <si>
     <t>“DISPÕE ACERCA DA CRIAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR NOS VENCIMENTOS DOS PROFISSIONAIS DE ENFERMAGEM DO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_054-2023_nome_do_autor.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_054-2023_nome_do_autor.pdf</t>
   </si>
   <si>
     <t>“DETERMINA QUE TODA LEI DE INICIATIVA DESTA CASA LEGISLATIVA, APÓS SANCIONADA E PUBLICADA, PASSE A CONSTAR O NOME DO VEREADOR AUTOR DO PROJETO”.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_no_055-2023_altera_anexos_da_ldo-2024.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_no_055-2023_altera_anexos_da_ldo-2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS/LDO 2024, CONSTANTE DA LEI MUNICIPAL Nº 1.263 DE 21 DE JULHO DE 2023”.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_no_056-2023_alteracao_da_redacao_do_2o_do_art.8o_da_lei_1246-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_no_056-2023_alteracao_da_redacao_do_2o_do_art.8o_da_lei_1246-2022.pdf</t>
   </si>
   <si>
     <t>“ALTERAÇÃO DA REDAÇÃO DO §2º DO ARTIGO 8º DA LEI MUNICIPAL Nº 1.246 DE 16 DE DEZEMBRO DE 2022”.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_no_057-2023_revisao_do_plano_plurianual_-_quadrienio_2022-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_no_057-2023_revisao_do_plano_plurianual_-_quadrienio_2022-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022-2025 PARA O PERÍODO 2024-2025”.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_complementar_001-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_complementar_001-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ADEQUAÇÃO LEGAL DO PARQUE NATURAL MUNICIPAL HORTO DOS QUATIS, CRIADO PRELIMINARMENTE PELO DECRETO MUNICIPAL Nº 2.526/2016, CONFORME DETERMINAÇÃO DA LEI ORGÂNICA MUNICIPAL”.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_complementar_002-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_complementar_002-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ADEQUAÇÃO LEGAL DO REFÚGIO DE VIDA SILVESTRE DE QUATIS, CRIADO PRELIMINARMENTE PELO DECRETO MUNICIPAL Nº 2.319/2012, CONFORME DETERMINAÇÃO DA LEI ORGÂNICA MUNICIPAL”.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_complementar_003-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_complementar_003-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA, ACRESCENTA E REVOGA DISPOSITIVOS DA LEI COMPLEMENTAR N° 028, DE 09 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1105/projeto_de_lei_complementar_004-2023_reestruturacao_do_quatisprev.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1105/projeto_de_lei_complementar_004-2023_reestruturacao_do_quatisprev.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO ORGANIZACIONAL DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE QUATIS – QUATIS PREV, REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 520 DE 14 DE JUNHO DE 2006 E SUAS RESPECTIVAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1108/projeto_de_lei_complementar_pecunia.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1108/projeto_de_lei_complementar_pecunia.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 21, DE 15 DE SETEMBRO DE 2022, A FIM DE POSSIBILITAR A APLICAÇÃO DO INSTITUTO DA SUBSTITUIÇÃO, BEM COMO A CONVERSÃO DE FÉRIAS EM PECÚNIA AOS SERVIDORES PÚBLICOS MUNICIPAIS”.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1128/projeto_de_lei_complementar_006-2023_altera_a_lei_complementar_no_030-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1128/projeto_de_lei_complementar_006-2023_altera_a_lei_complementar_no_030-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR Nº 030 DE 21 DE DEZEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1129/projeto_de_lei_complementar_007-2023_dispoe_sobre_vantagens_e_adicionais_aos_servidores_estaveis_do_poder_legislativo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1129/projeto_de_lei_complementar_007-2023_dispoe_sobre_vantagens_e_adicionais_aos_servidores_estaveis_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE VANTAGENS E ADICIONAIS AOS SERVIDORES ESTÁVEIS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_complementar_008-2023_transporte_coletivo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_complementar_008-2023_transporte_coletivo.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE QUATIS – RJ A CONCEDER OS SERVIÇOS PÚBLICOS DE TRANSPORTE COLETIVO, URBANO E RURAL, DE PASSAGEIROS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_009-2023__codigo_de_posturas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_009-2023__codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA OS ARTIGOS 21-A E 21-B À LEI COMPLEMENTAR Nº 06 DE 10 DE FEVEREIRO DE 1993 QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE QUATIS EM CARÁTER TRANSITÓRIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1224/substitutivo_no_001-2023_ao_projeto_de_lei_no_031-2023.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1224/substitutivo_no_001-2023_ao_projeto_de_lei_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 514, DE 29 DE MARÇO DE 2006, FIXANDO E ADEQUANDO A REMUNERAÇÃO PERCEBIDA PELOS CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2899,67 +2899,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1240/brnb4220091485f_008218.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacao_verbal_005.2023_-_aplicacao_da_lei_federal_10.639.2003_-_estabelece_a_historia_e_cultura_afrobrasileira_na_rede_de_ensino_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_verbal_006.2023_-_retorno_do_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacao_verbal_016.2023_-_programa_ou_plano_de_acao_para_sanar_a_problematica_das_estradas_que_dao_acesso_ao_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacao_verbal_017.2023_-_placa_de_identificacao_e_informativa_em_obra_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacao_verbal_018.2023_-_revitalizacao_da_igreja_historica_do_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacao_verbal_024.2023_-_regularizacao_fundiaria_da_regiao_dos_bairros_nsa._sra._rosario_sao_benedito_e_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacao_verbal_025.2023_-_reativacao_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacao_verbal_026.2023_-_associacoes_de_moradores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1241/brnb4220091485f_008217.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_verbal_037.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacao_verbal_045.2023_-_ampliacao_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacao_verbal_046.2023_-_avaliacao_estrutural_das_pontes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacao_verbal_047.2023_-_sistema_de_alerta_de_desastres_naturais.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacao_verbal_048.2023_-_galerias_de_aguas_pluviais_e_fluviais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1242/brnb4220091485f_008216.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1282/indica_verbal_055.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacao_verbal_056.2023_-_asfalto_ecologicoo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacao_verbal_057.2023_-_lei_lucas_-_primeiro_socorros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacao_verbal_058.2023_-_monitoramento_do_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_verbal_061.2023_-_ponto_de_hidratacao_no_km_10..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1072/indicacao_verbal_062.2023_-_ampliacao_de_vagas_destinadas_aos_moradores_de_sao_joaqium_para_fazer_exame_de_sangue_aos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1073/indicacao_verbal_063.2023_-_manutencao_das_estradas_que_dao_acesso_ao_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacao_verbal_064.2023_-_capina_e_rocada_nas_estradas_em_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1075/indicacao_verbal_065.2023_-_limpeza_nos_boeiros_do_distrito_de_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_verbal_069.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_verbal_070.2023_-_asfalto_e_sistema_de_escoamento_de_agua_-_alto_paraiso.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_071.2023_-_agente_comunitario_de_saude_-_alto_paraiso.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_072.2023_-_artistas_quatienses_no_carvanal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1253/brnb4220091485f_008215.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1244/brnb4220091485f_008214.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_096.2023_-_criacao_do_programa_feliz_idade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1245/brnb4220091485f_008213.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_104.2023_-_repasse_fiscal_licenca_ambiental_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_105.2023_-_construcao_de_calcada_e_faixa_de_pedestre_na_rua_victor_marcondes_sampaio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_107.2023_-_organizacao_da_ordem_urbana_para_caminhoes_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_108.2023_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1180/camscanner_15-08-2023_10.12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1131/indicacao_verbal_120_2023__04_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1246/brnb4220091485f_008212.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1132/indicacao_verbal_123_2023__11_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_126.2023_-_divulgacao_dos_conselhos_de_direitos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1133/indicacao_verbal_129_2023__13_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1134/indicacao_verbal_130_2023__13_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1181/camscanner_15-08-2023_10.10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1135/indicacao_verbal_135_2023_18_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_138.2023_-_acessibilidade_as_pessoas_com_deficiencia_visual..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_139.2023_-_reajuste_da_perda_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_140.2023_-_criar_comissao_sobre_reforma_tributaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_141.2023_-_capina_e_rocada_serra_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1247/brnb4220091485f_008211.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1182/camscanner_15-08-2023_10.15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1136/indicacao_verbal_149_2023__25_04_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_162_2023__02_05_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_164_2023__02_05_2023_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_167_2023__09_05_2023_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1248/brnb4220091485f_008210.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1249/brnb4220091485f_008209.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1250/brnb4220091485f_008208.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_181.2023_-_grades_na_obra_do_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_185.2023_-_aumento_do_muro_escola_quilombola_de_santana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_186.2023_-_dedetizacao_escola_quilombola_de_santana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1251/brnb4220091485f_008207.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1190/indicacao__191.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1183/brnb422008c8c8b_002433.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_verbal_201.2023_-_construcao_de_areas_de_lazer_em_terrenos_inutilizados..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1227/indicacao_verbal_202.2023_-_revitalizacao_da_servidao_manoelina_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1228/indicacao_verbal_203.2023_-_rua_do_ceap.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_verbal_204.2023_-_rua_cel_jose_leite.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1252/brnb4220091485f_008206.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_verbal_209.2023_-_construcao_de_canaleta.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_verbal_210.2023_-_construcao_de_muro_no_bairro_nsr_nas_casinhas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_verbal_211.2023_-_revitalizacao_das_ruas_e_e_f_jd_independencia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_verbal_212.2023_-_revitalizacao_da_rua_6_no_bairro_nsr_nas_casinhas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_224_2.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1176/brnb422008c8c8b_002432.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_237.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_verbal_243.2023_-_fundo_de_participacao_do.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_verbal_244.2023_-_guarda_civil_municipal_no_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_verbal_245.2023_-_reforma_da_escola_municipal_anesia_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_verbal_254.2023_-_maquina_de_lavar_industrial_lavanderia_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1238/indicacao_verbal_255.2023_-_rede_de_esgoto_na_rua_dom_agnelo_rossi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_261_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1239/indicacao_verbal_268.2023_-_oficio_ao_senador_portinho_-_raiox.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1243/brnb4220091485f_008215.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_284.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_285.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_verbal_294.2023_-_rede_fluvial_e_pluvial.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_verbal_295.2023_-_parque_e_banco_na_rua_da_palha.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_verbal_296.2023_-_pracinha_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_verbal_297.2023_-_pracinha_pilotos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_verbal_298.2023_-_rua_dom_agnelo_rossi_-_estreita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_verbal_299.2023_-_proibir_caminhoes_na_rua_6.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_verbal_300.2023_-_redutor_de_velocidade_na_rua_alfredo_samapaio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_verbal_301.2023_-_revitalizacao_da_frizolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_verbal_302.2023_-_reforma_da_jose_souto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_313.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_verbal_314.2023_-_redutores_de_velocidade_na_travessa_b.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_verbal_315.2023_-_alto_das_quaresmeiras_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_verbal_316.2023_-_alto_das_quaresmeiras_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_verbal_317.2023_-_programa_grupo_feliz.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_verbal_318.2023_-_abatimento_na_passagem_dos_municipes_que_trabalham_fora.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_verbal_320.2023_-_programa_de_logistica_de_entrega_de_medicamentos_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_verbal_324.2023_-_levantamento_e_cadastramento_das_entidades_e_organizacoes_nao_governamentais.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_verbal_325.2023_-_politica_e_camapnha_contra_o_uso_e_abuso_do_tabagismo_e_alcool.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_343.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_verbal_346.2023_-_conscientizacao_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_verbal_348.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_verbal_356.2023_-_manutencao_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_verbal_357.2023_-_contencao_da_poeira_no_bairro_agua_espraiada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1307/camara_municipal_de_quatis_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1196/camscanner_16-08-2023_09.09.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/camscanner_16-08-2023_08.45.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1194/camscanner_16-08-2023_08.48.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1198/camscanner_17-08-2023_08.25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1199/camscanner_17-08-2023_08.26.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1193/camscanner_16-08-2023_08.48_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1192/camscanner_16-08-2023_08.50.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1195/camscanner_16-08-2023_09.08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_313.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1053/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1095/projeto_de_resolucao_003-2023_diarias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_resolucao_no_005-2023_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_resolucao_no_007-2023_mocoes_25_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1258/projeto_de_resolucao_no_008-2023_galeria_de_fotos_ex-vereadores.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_resolucao_no_009-2023_vantagens_e_adicionais_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1285/regimento_interno_-_resolucao_no_005_de_2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_no_011-2023_regulamentacao_da_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1076/projeto_de_decreto_legislativo_n_001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_n_002_-2023_ivone_barbosa_bento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_n_003_-2023_luis_claudio_nunes_costa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_n_004_-2023_wilian_xavier_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_n_007_-2023_edilson_rodrigues_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_n_008_-2023_joana_silva_de_melo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_n_010_-2023_cristiane_de_andrade_lima.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_n_011_-2023_andreia_oliveira_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_n_014_-2023_cristina_silva_carreira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_n_015_-2023_valter_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_n_016_-2023_francisco_de_azevedo_franco.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_n_017_-2023_pablo_da_silva_alves.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_n_019_-2023_luiz_carlos_rocha.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_n_020_-2023_fanny_aparecida_fernandes_dias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_decreto_legislativo_n_021_-2023_renan_marassi_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_decreto_legislativo_n_022_-2023_symmy_larrat_brito_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_decreto_legislativo_n_023_-2023_rosangela_reis_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_decreto_legislativo_n_024_-2023_heitor_jose_pena_machado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_decreto_legislativo_n_025_-2023_andre_de_souza_nascimento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_decreto_legislativo_n_026_-2023_ademilton_giovani_andrade_silva.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_n_028_-2023_jose_jorge_de_paula.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_n_029_-2023_paulo_moreira_cabral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_004-2023_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_lei_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_006-2023_travessa_tortorella.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1097/projeto_de_lei_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1096/projeto_de_lei_no_012-2023_-_adote_uma_placa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1098/ldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1106/projeto_de_lei_no_016-2023_rua_maria_aparecida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_017-2023_semana_da_paz.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_018-2023_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_no_019-2023_revisao_geral_dos_vencimentos_dos_servidores_-_pmq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_020-2023_revisao_geral_dos_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_no_021-2023_revisao_geral_dos_vencimentos_dos_servidores_-_cmq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_024-2023_altera_a_lei_no_630-2008.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_no_025-2023_politica_de_atencao_obstetrica.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_no_026-2023_rua_h_-_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_no_027-2023_rua_j_-_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_no_028-2023_rua_celio_nora_ferreita.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1130/projeto_de_lei_no_030-2023_conselho_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1142/projeto_de_lei_municipal_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_no_032-2023_praca_jose_pereira_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1145/projeto_de_lei_no_033-2023_semana_da_africa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1143/projeto_de_lei_no_034-2023_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_no_035-2023_procede_a_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_no_036-2023_organizacoes_sociais.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_no_037-2023_aquisicao_de_imovel_para_zen.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_no_038-2023_politica_municipal_de_educacao_ambiental_-_pmea.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_no_039-2023_quadra_esportiva_-_rosangela_rita.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1220/projeto_de_lei_no_040-2023_reserva_particular_do_patrimonio_natural_-_rppn.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_no_042-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_no_043-2023_parque_municipal_jose_pereira.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_no_044-2023_semana_escolar_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_no_045-2023_dia_da_juventude_crista.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1257/projeto_de_lei_no_050-2023_parcerias_publico_privadas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei_no_051-2023_altera_as_leis_municipais_no_006_de_10_de_fevereiro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_052-2023_altera_a_lei_municipal_no_750-2011_-_conselho_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_053-2023_vencimento_profissionais_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_054-2023_nome_do_autor.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_no_055-2023_altera_anexos_da_ldo-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_no_056-2023_alteracao_da_redacao_do_2o_do_art.8o_da_lei_1246-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_no_057-2023_revisao_do_plano_plurianual_-_quadrienio_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_complementar_001-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_complementar_002-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_complementar_003-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1105/projeto_de_lei_complementar_004-2023_reestruturacao_do_quatisprev.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1108/projeto_de_lei_complementar_pecunia.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1128/projeto_de_lei_complementar_006-2023_altera_a_lei_complementar_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1129/projeto_de_lei_complementar_007-2023_dispoe_sobre_vantagens_e_adicionais_aos_servidores_estaveis_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_complementar_008-2023_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_009-2023__codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1224/substitutivo_no_001-2023_ao_projeto_de_lei_no_031-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1240/brnb4220091485f_008218.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1051/indicacao_verbal_005.2023_-_aplicacao_da_lei_federal_10.639.2003_-_estabelece_a_historia_e_cultura_afrobrasileira_na_rede_de_ensino_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_verbal_006.2023_-_retorno_do_programa_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1055/indicacao_verbal_016.2023_-_programa_ou_plano_de_acao_para_sanar_a_problematica_das_estradas_que_dao_acesso_ao_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1056/indicacao_verbal_017.2023_-_placa_de_identificacao_e_informativa_em_obra_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1057/indicacao_verbal_018.2023_-_revitalizacao_da_igreja_historica_do_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1058/indicacao_verbal_024.2023_-_regularizacao_fundiaria_da_regiao_dos_bairros_nsa._sra._rosario_sao_benedito_e_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1059/indicacao_verbal_025.2023_-_reativacao_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1060/indicacao_verbal_026.2023_-_associacoes_de_moradores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1241/brnb4220091485f_008217.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_verbal_037.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1062/indicacao_verbal_045.2023_-_ampliacao_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1063/indicacao_verbal_046.2023_-_avaliacao_estrutural_das_pontes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1064/indicacao_verbal_047.2023_-_sistema_de_alerta_de_desastres_naturais.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1065/indicacao_verbal_048.2023_-_galerias_de_aguas_pluviais_e_fluviais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1242/brnb4220091485f_008216.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1282/indica_verbal_055.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1068/indicacao_verbal_056.2023_-_asfalto_ecologicoo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1069/indicacao_verbal_057.2023_-_lei_lucas_-_primeiro_socorros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1070/indicacao_verbal_058.2023_-_monitoramento_do_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_verbal_061.2023_-_ponto_de_hidratacao_no_km_10..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1072/indicacao_verbal_062.2023_-_ampliacao_de_vagas_destinadas_aos_moradores_de_sao_joaqium_para_fazer_exame_de_sangue_aos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1073/indicacao_verbal_063.2023_-_manutencao_das_estradas_que_dao_acesso_ao_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1074/indicacao_verbal_064.2023_-_capina_e_rocada_nas_estradas_em_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1075/indicacao_verbal_065.2023_-_limpeza_nos_boeiros_do_distrito_de_ribeirao_de_sao_joaquim.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1281/indicacao_verbal_069.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_verbal_070.2023_-_asfalto_e_sistema_de_escoamento_de_agua_-_alto_paraiso.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1110/indicacao_verbal_071.2023_-_agente_comunitario_de_saude_-_alto_paraiso.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1111/indicacao_verbal_072.2023_-_artistas_quatienses_no_carvanal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1253/brnb4220091485f_008215.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1244/brnb4220091485f_008214.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1112/indicacao_verbal_096.2023_-_criacao_do_programa_feliz_idade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1245/brnb4220091485f_008213.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1113/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1115/indicacao_verbal_103.2023_-_sistema_de_informacao_de_debitos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1116/indicacao_verbal_104.2023_-_repasse_fiscal_licenca_ambiental_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1117/indicacao_verbal_105.2023_-_construcao_de_calcada_e_faixa_de_pedestre_na_rua_victor_marcondes_sampaio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1118/indicacao_verbal_107.2023_-_organizacao_da_ordem_urbana_para_caminhoes_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1119/indicacao_verbal_108.2023_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1180/camscanner_15-08-2023_10.12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1131/indicacao_verbal_120_2023__04_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1246/brnb4220091485f_008212.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1132/indicacao_verbal_123_2023__11_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1120/indicacao_verbal_126.2023_-_divulgacao_dos_conselhos_de_direitos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1133/indicacao_verbal_129_2023__13_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1134/indicacao_verbal_130_2023__13_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1181/camscanner_15-08-2023_10.10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1135/indicacao_verbal_135_2023_18_04_2023_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1121/indicacao_verbal_138.2023_-_acessibilidade_as_pessoas_com_deficiencia_visual..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1122/indicacao_verbal_139.2023_-_reajuste_da_perda_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1123/indicacao_verbal_140.2023_-_criar_comissao_sobre_reforma_tributaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1124/indicacao_verbal_141.2023_-_capina_e_rocada_serra_de_falcao.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1247/brnb4220091485f_008211.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1182/camscanner_15-08-2023_10.15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1136/indicacao_verbal_149_2023__25_04_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1188/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1186/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1137/indicacao_verbal_162_2023__02_05_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1139/indicacao_verbal_164_2023__02_05_2023_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_verbal_167_2023__09_05_2023_.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1248/brnb4220091485f_008210.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1249/brnb4220091485f_008209.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1250/brnb4220091485f_008208.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1125/indicacao_verbal_181.2023_-_grades_na_obra_do_mirandopolis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1126/indicacao_verbal_185.2023_-_aumento_do_muro_escola_quilombola_de_santana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1127/indicacao_verbal_186.2023_-_dedetizacao_escola_quilombola_de_santana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1251/brnb4220091485f_008207.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1190/indicacao__191.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1183/brnb422008c8c8b_002433.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_verbal_201.2023_-_construcao_de_areas_de_lazer_em_terrenos_inutilizados..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1227/indicacao_verbal_202.2023_-_revitalizacao_da_servidao_manoelina_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1228/indicacao_verbal_203.2023_-_rua_do_ceap.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_verbal_204.2023_-_rua_cel_jose_leite.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1252/brnb4220091485f_008206.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_verbal_209.2023_-_construcao_de_canaleta.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_verbal_210.2023_-_construcao_de_muro_no_bairro_nsr_nas_casinhas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_verbal_211.2023_-_revitalizacao_das_ruas_e_e_f_jd_independencia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_verbal_212.2023_-_revitalizacao_da_rua_6_no_bairro_nsr_nas_casinhas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1339/indicacao_224_2.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1176/brnb422008c8c8b_002432.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1187/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1338/indicacao_237.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_verbal_243.2023_-_fundo_de_participacao_do.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_verbal_244.2023_-_guarda_civil_municipal_no_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_verbal_245.2023_-_reforma_da_escola_municipal_anesia_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_verbal_254.2023_-_maquina_de_lavar_industrial_lavanderia_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1238/indicacao_verbal_255.2023_-_rede_de_esgoto_na_rua_dom_agnelo_rossi.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1340/indicacao_261_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1239/indicacao_verbal_268.2023_-_oficio_ao_senador_portinho_-_raiox.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1243/brnb4220091485f_008215.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1337/indicacao_284.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1266/indicacao_285.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_verbal_294.2023_-_rede_fluvial_e_pluvial.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/indicacao_verbal_295.2023_-_parque_e_banco_na_rua_da_palha.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1289/indicacao_verbal_296.2023_-_pracinha_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_verbal_297.2023_-_pracinha_pilotos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_verbal_298.2023_-_rua_dom_agnelo_rossi_-_estreita.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_verbal_299.2023_-_proibir_caminhoes_na_rua_6.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1293/indicacao_verbal_300.2023_-_redutor_de_velocidade_na_rua_alfredo_samapaio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1294/indicacao_verbal_301.2023_-_revitalizacao_da_frizolina_de_barros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_verbal_302.2023_-_reforma_da_jose_souto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1267/indicacao_313.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1296/indicacao_verbal_314.2023_-_redutores_de_velocidade_na_travessa_b.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1297/indicacao_verbal_315.2023_-_alto_das_quaresmeiras_-_limpeza_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_verbal_316.2023_-_alto_das_quaresmeiras_-_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_verbal_317.2023_-_programa_grupo_feliz.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_verbal_318.2023_-_abatimento_na_passagem_dos_municipes_que_trabalham_fora.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_verbal_320.2023_-_programa_de_logistica_de_entrega_de_medicamentos_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_verbal_324.2023_-_levantamento_e_cadastramento_das_entidades_e_organizacoes_nao_governamentais.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_verbal_325.2023_-_politica_e_camapnha_contra_o_uso_e_abuso_do_tabagismo_e_alcool.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1308/indicacao_343.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1304/indicacao_verbal_346.2023_-_conscientizacao_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1279/indicacao_verbal_348.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_verbal_356.2023_-_manutencao_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_verbal_357.2023_-_contencao_da_poeira_no_bairro_agua_espraiada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1307/camara_municipal_de_quatis_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1196/camscanner_16-08-2023_09.09.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1191/camscanner_16-08-2023_08.45.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1194/camscanner_16-08-2023_08.48.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1198/camscanner_17-08-2023_08.25.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1199/camscanner_17-08-2023_08.26.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1193/camscanner_16-08-2023_08.48_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1192/camscanner_16-08-2023_08.50.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1195/camscanner_16-08-2023_09.08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1268/indicacao_313.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1053/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1095/projeto_de_resolucao_003-2023_diarias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1221/projeto_de_resolucao_no_005-2023_banco_de_ideias_legislativas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_resolucao_no_007-2023_mocoes_25_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1258/projeto_de_resolucao_no_008-2023_galeria_de_fotos_ex-vereadores.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_resolucao_no_009-2023_vantagens_e_adicionais_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1285/regimento_interno_-_resolucao_no_005_de_2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_no_011-2023_regulamentacao_da_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1076/projeto_de_decreto_legislativo_n_001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1151/projeto_de_decreto_legislativo_n_002_-2023_ivone_barbosa_bento.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1152/projeto_de_decreto_legislativo_n_003_-2023_luis_claudio_nunes_costa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1153/projeto_de_decreto_legislativo_n_004_-2023_wilian_xavier_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1155/projeto_de_decreto_legislativo_n_007_-2023_edilson_rodrigues_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1157/projeto_de_decreto_legislativo_n_008_-2023_joana_silva_de_melo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1156/projeto_de_decreto_legislativo_n_010_-2023_cristiane_de_andrade_lima.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1158/projeto_de_decreto_legislativo_n_011_-2023_andreia_oliveira_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_decreto_legislativo_n_014_-2023_cristina_silva_carreira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_de_decreto_legislativo_n_015_-2023_valter_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1161/projeto_de_decreto_legislativo_n_016_-2023_francisco_de_azevedo_franco.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1162/projeto_de_decreto_legislativo_n_017_-2023_pablo_da_silva_alves.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1164/projeto_de_decreto_legislativo_n_019_-2023_luiz_carlos_rocha.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1165/projeto_de_decreto_legislativo_n_020_-2023_fanny_aparecida_fernandes_dias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_decreto_legislativo_n_021_-2023_renan_marassi_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_decreto_legislativo_n_022_-2023_symmy_larrat_brito_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_decreto_legislativo_n_023_-2023_rosangela_reis_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_decreto_legislativo_n_024_-2023_heitor_jose_pena_machado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_decreto_legislativo_n_025_-2023_andre_de_souza_nascimento.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1171/projeto_de_decreto_legislativo_n_026_-2023_ademilton_giovani_andrade_silva.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1172/projeto_de_decreto_legislativo_n_028_-2023_jose_jorge_de_paula.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_decreto_legislativo_n_029_-2023_paulo_moreira_cabral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_004-2023_auxilio_transporte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_lei_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_006-2023_travessa_tortorella.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1097/projeto_de_lei_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1096/projeto_de_lei_no_012-2023_-_adote_uma_placa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1098/ldo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1106/projeto_de_lei_no_016-2023_rua_maria_aparecida_da_silva.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_017-2023_semana_da_paz.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_018-2023_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1104/projeto_de_lei_no_019-2023_revisao_geral_dos_vencimentos_dos_servidores_-_pmq.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_020-2023_revisao_geral_dos_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1103/projeto_de_lei_no_021-2023_revisao_geral_dos_vencimentos_dos_servidores_-_cmq.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1107/projeto_de_lei_no_024-2023_altera_a_lei_no_630-2008.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_no_025-2023_politica_de_atencao_obstetrica.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_no_026-2023_rua_h_-_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_no_027-2023_rua_j_-_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_no_028-2023_rua_celio_nora_ferreita.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1130/projeto_de_lei_no_030-2023_conselho_municipal_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1142/projeto_de_lei_municipal_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_no_032-2023_praca_jose_pereira_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1145/projeto_de_lei_no_033-2023_semana_da_africa_em_quatis.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1143/projeto_de_lei_no_034-2023_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1144/projeto_de_lei_no_035-2023_procede_a_revisao_dos_vencimentos_dos_profissionais_do_magisterio_para_o_ano_de_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_no_036-2023_organizacoes_sociais.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_no_037-2023_aquisicao_de_imovel_para_zen.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1174/projeto_de_lei_no_038-2023_politica_municipal_de_educacao_ambiental_-_pmea.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_no_039-2023_quadra_esportiva_-_rosangela_rita.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1220/projeto_de_lei_no_040-2023_reserva_particular_do_patrimonio_natural_-_rppn.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_no_042-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_no_043-2023_parque_municipal_jose_pereira.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_no_044-2023_semana_escolar_de_combate_a_violencia_contra_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_no_045-2023_dia_da_juventude_crista.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1257/projeto_de_lei_no_050-2023_parcerias_publico_privadas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei_no_051-2023_altera_as_leis_municipais_no_006_de_10_de_fevereiro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_052-2023_altera_a_lei_municipal_no_750-2011_-_conselho_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_053-2023_vencimento_profissionais_da_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_054-2023_nome_do_autor.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1274/projeto_de_lei_no_055-2023_altera_anexos_da_ldo-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_no_056-2023_alteracao_da_redacao_do_2o_do_art.8o_da_lei_1246-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_no_057-2023_revisao_do_plano_plurianual_-_quadrienio_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_complementar_001-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_complementar_002-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_complementar_003-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1105/projeto_de_lei_complementar_004-2023_reestruturacao_do_quatisprev.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1108/projeto_de_lei_complementar_pecunia.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1128/projeto_de_lei_complementar_006-2023_altera_a_lei_complementar_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1129/projeto_de_lei_complementar_007-2023_dispoe_sobre_vantagens_e_adicionais_aos_servidores_estaveis_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_complementar_008-2023_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_complementar_009-2023__codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2023/1224/substitutivo_no_001-2023_ao_projeto_de_lei_no_031-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>