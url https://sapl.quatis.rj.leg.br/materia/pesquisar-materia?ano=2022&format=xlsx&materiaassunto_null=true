--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -54,3818 +54,3818 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao__verbal_008.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao__verbal_008.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETOMADA DA MANUTENÇÃO DA ESTRADA DO RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_verbal_009.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_verbal_009.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETOMADA DA VACINAÇÃO DOS IDOSOS DO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_verbal_010.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_verbal_010.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE ESTAGIÁRIOS DE MEDICINA PARA DAR SUPORTE AOS MÉDICOS DOS PSFS, QUE SÃO 7.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/847/012-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/847/012-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PARA A MELHORIA DA COMUNIDADE QUILOMBO DE SANTANA, TAIS COMO:</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/846/013-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/846/013-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PARA A MELHORIA DO BAIRRO ALTO DAS QUARESMEIRAS, TAIS COMO:</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/843/014-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/843/014-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PARA A MELHORIA DO BAIRRO ÁGUA ESPRAIADA, TAIS COMO:</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/881/015-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/881/015-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZA A REVITALIZAÇÃO DA PINTURA DA SINALIZAÇÃO VIÁRIA E DOS QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, DA RUA VEREADOR VICTOR MARCONDES SAMPAIO ATÉ AO FINAL DO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/845/016-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/845/016-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DÊ CONTINUIDADE NA COLOCAÇÃO E INSTALAÇÃO DOS TUBOS DE PVC QUE LIGAM O ABASTECIMENTO DE ÁGUA NA CHÁCARA MANANCIAL ATÉ A RESIDÊNCIA DO SENHOR CHIQUITO, NA ESTRADA QUATIS-AMPARO, Nº 3343.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/844/017-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/844/017-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A COLOCAÇÃO E TROCA DE UMA LÂMPADA QUEIMADA NA ESTRADA QUATIS AMPARO PRÓXIMO AO Nº 3343, AO LADO DA CASA DO SENHOR CHIQUITO.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/837/018-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/837/018-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A INSTALAÇÃO DE DUA GALERIAS, SENDO UMA NA RUA 24 DE AGOSTO, BAIRRO BOA VISTA E OUTRA NA RUA AUGUSTO ESVERBERI, Nº 75, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_verbal_023-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_verbal_023-2022.pdf</t>
   </si>
   <si>
     <t>INDICA  AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA QUADRA ESPORTIVA DO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_verbal_024-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_verbal_024-2022.pdf</t>
   </si>
   <si>
     <t>INDICA    AO      EXECUTIVO     MUNICIPAL      A REVITALIZAÇÃO  E  ILUMINAÇÃO  DO   GINÁSIO  POLIESPORTIVO  JOÃO   BATISTA   DE    OLIVEIRA, BAIRRO NOSSA   SENHORA    DO     ROSÁRIO.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_verbal_025-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_verbal_025-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A REFORMA, MANUTENÇÃO E COLOCAÇÃO DE TELA POR TODA EXTENSÃO DA QUADRA ESPORTIVA JARDIM INDEPENDÊNCIA, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_verbal_026-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_verbal_026-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DO CAMPO SINTÉTICO TERREIRÃO, SITUADO NO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_verbal_027-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_verbal_027-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO DA RUA DÉLIO PEREIRA SAMPAIO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_verbal_028-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_verbal_028-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA DA RUA WANDERLINO TEIXEIRA LEITE, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_verbal_n_029.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_verbal_n_029.22.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PERIODICIDADE DE MÉDICOS E/OU ENFERMEIROS PARA COMUNIDADE QUILOMBOLA DE SANTANA.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_verbal_n_030.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_verbal_n_030.22.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UM TRANSPORTE REGULAR PARA FACILITAR A LOCOMOÇÃO E O ACESSO DA COMUNIDADE QUILOMBOLA DE SANTANA À SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_verbal_n_031.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_verbal_n_031.22.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AUXILIE A COMUNIDADE QUILOMBOLA DE SANTANA A REGULARIZAR A ASSOCIAÇÃO DE MORADORES LOCAL.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_verbal_n_032.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_verbal_n_032.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estruture a quadra poliesportiva do bairro Jardim Independência para recreação da comunidade.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_nominal_034.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_nominal_034.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a regularização do Fundo Municipal de Cultura de Quatis/RJ.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_nominal_035.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_nominal_035.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a criação do Plano Municipal das Juventudes.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_nominal_036.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_nominal_036.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de um estudo técnico referente às residências ribeirinhas.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_verbal_038.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_verbal_038.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA ESQUINA DA RUA OLAVO CASTRO LOBO, COM A RUA HUMBERTO AMARAL, NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/880/039-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/880/039-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VIABILIZAÇÃO DE POLÍTICAS PARA ZERAR AS FILAS DE ESPERA DE ULTRASSOM, UROLOGIA E MAMOGRAFIA DOS POSTOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/879/040-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/879/040-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VIABILIZAÇÃO DE POLÍTICAS PARA ZERAR AS FILAS DE ESPERA PARA A REALIZAÇÃO DE CIRURGIAS ELETIVAS DOS POSTOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_verbal_046_a_troca_do_tampao_de_esgoto_na_rua_salvador_barbosa_lima_em_frente_a_casa_no_154_bairro_mirandopolis..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_verbal_046_a_troca_do_tampao_de_esgoto_na_rua_salvador_barbosa_lima_em_frente_a_casa_no_154_bairro_mirandopolis..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DO TAMPÃO DA REDE DE ESGOTO NA RUA SALVADOR BARBOSA LIMA, EM FRENTE À CASA Nº 154, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_verbal_047_a_manutencao_e_a_pinturra_de_todas_unidades_de_saude_do_nosso_municipio..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_verbal_047_a_manutencao_e_a_pinturra_de_todas_unidades_de_saude_do_nosso_municipio..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E A PINTURA DE TODAS UNIDADES DE SAÚDE DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_verbal_048_a_manutencao_do_calcamento_do_bairro_sao_jose_1__no_final_da_rau_4..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_verbal_048_a_manutencao_do_calcamento_do_bairro_sao_jose_1__no_final_da_rau_4..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO CALÇAMENTO DO BAIRRO SÃO JOSÉ 1, NO FINAL DA RUA 4.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_verbal_049_a_retirada_do_entulho_na_elevatoria_no_bairro_alto_paraiso..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_verbal_049_a_retirada_do_entulho_na_elevatoria_no_bairro_alto_paraiso..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA NA ELEVATÓRIA DE ESGOTO, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_verbal_050_providencie_placas_de_proibido_jojar_lixo..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_verbal_050_providencie_placas_de_proibido_jojar_lixo..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE PROVIDENCIE PLACAS DE PROIBIDO JOGAR LIXO.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_verbal_051_a_manutencao_da_estrada_do_quilombo_de_santana_na_estrada_do_sitiante_nair_e_do_falecido_sargento..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_verbal_051_a_manutencao_da_estrada_do_quilombo_de_santana_na_estrada_do_sitiante_nair_e_do_falecido_sargento..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA RURAL DO QUILOMBO DE SANTANA, NA ESTRADA DO SITIANTE NAIR E DO FALECIDO SARGENTO.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_verbal_052_a_retirada_de_entulho_na_rua_humberto_amaral_em_frente_a_casa_no_285..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_verbal_052_a_retirada_de_entulho_na_rua_humberto_amaral_em_frente_a_casa_no_285..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA HUMBERTO AMARAL, EM FRENTE À Nº 285, NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Maria Rosa</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/camscanner_21-08-2023_09.44_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/camscanner_21-08-2023_09.44_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA OFICIADO, PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE SEJA FEITA A REVITALIZAÇÃO DA RJ 159.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_verbal_062-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_verbal_062-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O HIDROJATEAMENTO E A MANUTENÇÃO DOS BUEIROS DA RUA JOAQUIM COSTA SALGUEIRO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_verbal_n_063.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_verbal_n_063.22.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CONSOLIDE EM LEI MUNICIPAL O DECRETO MUNICIPAL 2319/2012 QUE VERSA SOBRE O REFÚGIO DA VIDA SILVESTRE DE QUATIS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_verbal_064_o_desentupimento_da_rede_de_esgoto_no_condominio_vista_verde_na_avenida_roberto_silveira..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_verbal_064_o_desentupimento_da_rede_de_esgoto_no_condominio_vista_verde_na_avenida_roberto_silveira..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O DESENTUPIMENTO DA REDE DE ESGOTO DO CONDOMÍNIO VISTA VERDE, NA AVENIDA ROBERTO SILVEIRA NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_verbal_065_o_desentupimento_de_esgoto_na_rua_iolanda_goncalves_da_cunha_em_frente_no_85_bairro_alto_paraiso..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_verbal_065_o_desentupimento_de_esgoto_na_rua_iolanda_goncalves_da_cunha_em_frente_no_85_bairro_alto_paraiso..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O DESENTUPIMENTO DE ESGOTO NA RUA IOLANDA GONÇALVES DA CUNHA EM FRENTE Nº 85 NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/878/066-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/878/066-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PERTINENTES EM MELHORIA DO BAIRRO JARDIM POLASTRI, TAIS COMO:</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/877/067-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/877/067-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA POR TODAS AS TUBULAÇÕES DE ESGOTO QUE ESTÃO LIGADAS NA ESTAÇÃO DE TRATAMENTO DE ESGOTO (ETE) DO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/849/068-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/849/068-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E INSTALAÇÃO DE BLOQUETES NA RUA JOAQUIM COSTA SALGUEIRO, CENTRO E TAMBÉM NAS RUAS CARLOS INÁCIO DA SILVA E RUA FRISOLINA DE BARROS, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/876/069-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/876/069-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM ESTUDO PARA O AUMENTO DO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE QUATIS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/848/070-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/848/070-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E DESENTUPIMENTO DA REDE DE ESGOTO DA RUA ALFEN FERREIRA DE OLIVEIRA, Nº 215, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/850/071-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/850/071-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DA PONTE LOCALIZADA NO MORRO GRANDE AO LADO DO SITIO DO SENHOR CRISTÓVÃO E TAMBÉM QUE SEJA FEITA A MANUTENÇÃO DA ESTRADA DOS TRÊS PINHEIROS QUE LIGA O MORRO GRANDE À COMUNIDADE DE JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_verbal_083-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_verbal_083-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UM ESTUDO SOBRE O REAJUSTE SALARIAL DOS FUNCIONÁRIOS PÚBLICOS, REFERENTE AOS ANOS DE 2018 e 2019</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_verbal_088_a_manutencao_da_estrada_rural_do_atalho_quatis_vargem_grande..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_verbal_088_a_manutencao_da_estrada_rural_do_atalho_quatis_vargem_grande..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA ESTRADA RURAL, DO ATALHO QUATIS VARGEM GRANDE.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_verbal_089_a_retirada_de_entulho_do_bairro_sao_jose_1_todas_as_ruas..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_verbal_089_a_retirada_de_entulho_do_bairro_sao_jose_1_todas_as_ruas..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO DO BAIRRO SÃO JOSÉ 1, EM TODAS AS SUAS RUAS.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_verbal_090_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_1181_e_1191_bairro_agua_espraiada..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_verbal_090_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_1181_e_1191_bairro_agua_espraiada..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, EM FRENTE AS CASAS DE Nº 1181 E 1191 NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_verbal_091_a_retirada_de_entulho_da_rua_major_francisco_franco_em_frente_no_120_bairro_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_verbal_091_a_retirada_de_entulho_da_rua_major_francisco_franco_em_frente_no_120_bairro_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA MAJOR FRANCISCO FRANCO EM FRENTE À CASA Nº 120 NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_verbal_092_a_manutencao_na_rede_de_esgoto_no_final_da_rua_4_bairro_sao_jose_1..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_verbal_092_a_manutencao_na_rede_de_esgoto_no_final_da_rua_4_bairro_sao_jose_1..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO NO FINAL DA RUA 4 BAIRRO SÃO JOSÉ 1.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/842/093-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/842/093-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROJETO DE LEI PARA SER ENVIADO A ESSA CASA, QUE FORNEÇA KIT UNIFORME AOS ALUNOS DA REDE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_verbal_098_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_761_bairro_agua_espraiada..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_verbal_098_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_761_bairro_agua_espraiada..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, EM FRENTE À CASA DE Nº 761 NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_verbal_099_a_retirada_de_entulho_da_rua_boa_vista_em_frente_a_casa_no_100_bairro_bela_vista..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_verbal_099_a_retirada_de_entulho_da_rua_boa_vista_em_frente_a_casa_no_100_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA BOA VISTA, EM FRENTE À CASA DE Nº 100 NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_verbal_100_o_aumento_de_5000_no_cartao_alimentacao_para_os_funcionarios_da_camara..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_verbal_100_o_aumento_de_5000_no_cartao_alimentacao_para_os_funcionarios_da_camara..docx</t>
   </si>
   <si>
     <t>INDICA AO PRESIDENTE DA CÂMARA, QUE ESTUDE A POSSIBILIDADE DE UM AUMENTO DE $50,00 (CINQUENTA REAIS), NO CARTÃO ALIMENTAÇÃO PARA OS FUNCIONÁRIOS DA CÂMARA.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/875/101-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/875/101-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA NAS ÁRVORES QUE FICAM NA RUA AVELINO BATISTA SOARES, CENTRO E PRINCIPALMENTE EM FRENTE A CAPELA MORTUÁRIA, PARA A REALIZAÇÃO DE PODA DOS GALHOS QUE ESTÃO SOBRE OS FIOS DA REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/925/indicacao_verbal_108-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/925/indicacao_verbal_108-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REPARAÇÃO DA REDE DE ESGOTO NA RUA MARIO JOSÉ DOS SANTOS, BAIRRO SÃO BENEDITO, EM FRENTE A LAVANDERIA.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/926/indicacao_verbal_109-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/926/indicacao_verbal_109-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE TAPA BURACO, RUA ALFEN FERREIRA DE OLIVEIRA, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_verbal_110_a_contratacao_de_monitor_para_onibus_de_transporte_dos_alunos_da_rede..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_verbal_110_a_contratacao_de_monitor_para_onibus_de_transporte_dos_alunos_da_rede..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE MONITORES PARA O ÔNIBUS DE TRANSPORTE DE ALUNOS DA REDE.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_verbal_111_que_averiguasse_o_horario_de_do_onibus_geracao_do_amanha..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_verbal_111_que_averiguasse_o_horario_de_do_onibus_geracao_do_amanha..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE AVERIGUASSE O HORÁRIO DO ÔNIBUS DO GERAÇÃO DO AMANHÃ.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_verbal_112_a_atualizacao_da_pagina_dos_conselhos_do_site_da_prefeitura..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_verbal_112_a_atualizacao_da_pagina_dos_conselhos_do_site_da_prefeitura..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ATUALIZASSE A PÁGINA DOS CONSELHOS DO SITE DA PREFEITURA.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_verbal_113_a_manutencao_do_ar_condicionado_na_clinica_da_familia..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_verbal_113_a_manutencao_do_ar_condicionado_na_clinica_da_familia..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO AR CONDICIONADO DA CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/874/117-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/874/117-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DA REDE DE ESGOTO AO LADO DA LOJA JOMAR PRESENTES, NA RUA JOSÉ NASCIMENTO, JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/873/118-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/873/118-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E CONSERTO DA REDE DE ESGOTO EM FRENTE AO Nº 383, TRAVESSA 6, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/872/119-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/872/119-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECOLOCAÇÃO DA TAMPA E O DESENTUPIMENTO DO BUEIRO EM FRENTE DA ESCOLA MUNICIPAL HENRY NESTLÉ E TAMBÉM QUE REALIZE A MANUTENÇÃO DA GRADE DO BUEIRO EM FRENTE AO PORTÃO DE SAÍDA DOS ALUNOS DA ESCOLA MENCIONADA.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_verbal_122-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_verbal_122-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DO PONTO DE ÔNIBUS NA RJ-159 EM JOAQUIM LEITE, PRÓXIMO A LINHA FÉRREA E EM FRENTE AO RESTAURANTE LOIRA GELADA.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_verbal_123_tapa_buraco_em_frente_ao_posto_pilotos_no_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_verbal_123_tapa_buraco_em_frente_ao_posto_pilotos_no_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO EM FRENTE AO POSTO PILOTOS, NO CENTRO.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_verbal_124_uma_vistoria_na_residencia_da_dona_silvana_em_frente_ao_tunel_de_falcao..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_verbal_124_uma_vistoria_na_residencia_da_dona_silvana_em_frente_ao_tunel_de_falcao..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA UMA VISTORIA NA RESIDÊNCIA DA DONA SILVANA, SITUADA EM FRENTE AO TÚNEL DE FALCÃO.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_verbal_125_a_retirada_de_resto_de_capina_ensacada_na_rua_capitao_fonseca_no_bairro_mirandopolis..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_verbal_125_a_retirada_de_resto_de_capina_ensacada_na_rua_capitao_fonseca_no_bairro_mirandopolis..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE RESTO DE MATO ENSACADO NA RUA CAPITÃO ALVIN FONSECA EM FRENTE AO Nº 127, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/839/126-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/839/126-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PERTINENTES EM MELHORIA DO BAIRRO ALTO PARAÍSO, TAIS COMO:</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_verbal_133-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_verbal_133-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA ROÇADA E LIMPEZA DA RUA CINCO, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_nominal_134.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_nominal_134.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a manutenção da servidão Manoelina do Rosário no bairro Jardim Independência.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_nominla_135.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_nominla_135.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a Concessão de Transporte aos moradores dos distritos e do quilombo.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_nominal_136.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_nominal_136.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de um Programa de Abatimento na passagem dos munícipes que desempenham o ofício nos municípios vizinhos.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_nominal_137.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_nominal_137.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a implantação da Lei Federal nº 13.935/2019 na Rede Municipal de Educação de Quatis.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_nominal_138.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_nominal_138.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a reativação do Programa Produtor Mirim em Quatis.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_verbal_139_ainstalacao_de_duas_rampas_de_acessibilidade_do_lado_da_drogaria_retiro_e_da_mobiliaria_do_marcos_barcelos...docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_verbal_139_ainstalacao_de_duas_rampas_de_acessibilidade_do_lado_da_drogaria_retiro_e_da_mobiliaria_do_marcos_barcelos...docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA RAMPA DE ACESSO NA CALÇADA DA DROGARIA RETIRO E A OUTRA NA CALÇADA DA IMOBILIÁRIA DO MARCOS BARCELOS NO CENTRO.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_verbal_140_a_restauracao_da_iluminacao_da_praca_da_matriz..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_verbal_140_a_restauracao_da_iluminacao_da_praca_da_matriz..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RESTAURAÇÃO NA ILUMINAÇÃO DA PRAÇA DA MATRIZ.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/832/141-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/832/141-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO A EMPRESA LIGHT PARA A SUBSTITUIÇÃO DE UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO Nº 326, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_verbal_148-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_verbal_148-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DA TAMPA DO BUEIRO DA RUA JOAQUIM COSTA SALGUEIRO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_verbal_149.22.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_verbal_149.22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que estruture a ponte da Rua Comendador Miranda no Bairro Centro.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_verbal_150_a_retirada_de_entulho_na_rua_victor_marcondes_sampaio..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_verbal_150_a_retirada_de_entulho_na_rua_victor_marcondes_sampaio..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, COMEÇANDO DA LINHA DO TREM PRA CIMA.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/833/153-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/833/153-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAREM A APLICAÇÃO DA VACINAÇÃO CONTRA A COVID-19 PELO MENOS EM UM SÁBADO DE CADA MÊS.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/840/154-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/840/154-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA E CAPINA POR TODA A ÁREA DA ESCOLA MUNICIPAL PROFESSORA VICTÓRIA MARIA DOS PRAZERES.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/841/155-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/841/155-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A QUE SEJA REALIZADA A MANUTENÇÃO DAS DUAS BOMBAS BOOSTERS LOCALIZADAS AO LADO DA LINHA FÉRREA QUE SÃO USADAS PARA AUMENTAR A PRESSÃO DA ÁGUA PARA ABASTECER A PARTE ALTA DA CIDADE</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/834/156-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/834/156-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MONTAR UMA EQUIPE ESPECIFICA PARA SER RESPONSÁVEL PELA A MANUTENÇÃO E LIMPEZA DAS REPRESAS, RIBEIRÕES E VALETAS EXISTENTES NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_158-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_158-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA ROÇADA, LIMPEZA, PODA DE ÁRVORES, RETIRADA DE ENTULHOS E COLOCAÇÃO DE TAMPAS DE BUEIROS NA RUA ISAAC MARCONDES SAMPAIO, BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_verbal_159_o_recolhimento_de_um_cachorro_na_rua_olavo_de_castro_lobo_no_571_bondarovsky..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_verbal_159_o_recolhimento_de_um_cachorro_na_rua_olavo_de_castro_lobo_no_571_bondarovsky..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O RECOLHIMENTO DE UM CACHORRO NA RUA OLAVO DE CASTRO LOBO EM FRENTE AO Nº 571 NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/871/160-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/871/160-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DAS DUAS FAIXAS DE PEDESTRE EM FRENTE DA ESCOLA MUNICIPAL HENRY NESTLÉ.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/838/161-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/838/161-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA PLACA OU A PINTURA DO NOME DA ESCOLA MUNICIPAL HENRY NESTLÉ.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/835/162-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/835/162-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO DE UM BURACO NA RUA MAJOR FRANCISCO FRANCO, PRÓXIMO AO NÚMERO 185, CENTRO.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/836/163-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/836/163-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DE UM VAZAMENTO DE ÁGUA PRÓXIMO AO NÚMERO 1331, BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/870/166-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/870/166-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL E A SECRETARIA DE DESENVOLVIMENTO ECONÔMICO URBANO E RURAL QUE SEJA FEITO UM ESTUDO DA POSSIBILIDADE DE ACRESCENTAR NA CONCESSÃO DO BENEFÍCIO (PROGRAMA GERAÇÃO DO AMANHÃ) CURSOS DE PRÉ VESTIBULAR, CURSOS PREPARATÓRIOS E CURSOS PROFISSIONALIZANTES.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/camscanner_21-08-2023_09.44.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/camscanner_21-08-2023_09.44.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE SEJA PROVIDENCIADO A RETIRADA DE ENTULHO NA RUA ANTONIO POLASTRI, BAIRRO JARDIM POLASTRI EM FRENTE À CASA DE Nº304. APROVEITO PARA SOLICITAR QUE SEJA FEITA TODA A LIMPEZA NO BAIRRO COM RETIRADAS DE ENTULHOS E CAPINAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_verbal_168_tapa_buraco_na_rua_major_francisco_franco_no_185_no_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_verbal_168_tapa_buraco_na_rua_major_francisco_franco_no_185_no_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO NA RUA MAJOR FRANCISCO FRANCO, EM FRENTE À CASA Nº 185 NO CENTRO.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_verbal_169_a_substituicao_de_uma_lampada_na_rua_major_eugenio_caetano_de_no_76..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_verbal_169_a_substituicao_de_uma_lampada_na_rua_major_eugenio_caetano_de_no_76..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DE UMA LÂMPADA NA RUA MAJOR EUGÊNIO CAETANO, EM FRENTE À CASA DE Nº 76 NO CENTRO.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_verbal_170_tapa_buraco_na_rua_major_eugenio_caetano_no_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_verbal_170_tapa_buraco_na_rua_major_eugenio_caetano_no_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO NA RUA MAJOR EUGÊNIO CAETANO NO CENTRO.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_verbal_171_a_poda_de_uma_arvore_na_rua_jaime_caetano_de_oliveira_no_no_250_no_lava-pes..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_verbal_171_a_poda_de_uma_arvore_na_rua_jaime_caetano_de_oliveira_no_no_250_no_lava-pes..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DE UMA ÁRVORE NA RUA JAIME CAETANO DE OLIVEIRA, EM FRENTE À CASA DE Nº 250 NO LAVA PÉS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_verbal_172_a_licitacao_de_exames_laboratorias..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_verbal_172_a_licitacao_de_exames_laboratorias..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FOSSE FEITO UM ESTUDO PARA LICITAR OS EXAMES LABOLATORIAIS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_verbal_174_que_voltasse_o_servico_de_capina_com_enxada_na_rua_jose_roberto_de_melo_faria..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_verbal_174_que_voltasse_o_servico_de_capina_com_enxada_na_rua_jose_roberto_de_melo_faria..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CAPINA NA RUA JOSÉ ROBERTO DE MELO FARIA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_verbal_175_a_contratacao_de_um_a_auxiliar_de_cozinha_na_escola_edmea..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_verbal_175_a_contratacao_de_um_a_auxiliar_de_cozinha_na_escola_edmea..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE PROVIDENCIE UMA AUXILIAR DE COZINHA NA ESCOLA EDMEA DULCE DE BARROS FRANCO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/857/177-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/857/177-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA EM UM BUEIRO LOCALIZADO NA RUA ALFEN FERREIRA DE OLIVEIRA, EM FRENTE À RESIDÊNCIA 127, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/856/178-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/856/178-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA E DESENTUPIMENTO DOS BUEIROS NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/869/179-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/869/179-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER COM INSTALAÇÃO DE BRINQUEDOS INFANTIS NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_180-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_180-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A CRIAÇÃO DE UM PONTO DE BIKE-STOP NA RJ-159, SENTIDO AO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_verbal_181_tapa_buraco_na_rua_amelia_carvalho_polastri_no_bairro_jardim_polastri..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_verbal_181_tapa_buraco_na_rua_amelia_carvalho_polastri_no_bairro_jardim_polastri..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO NA RUA AMÉLIA CARVALHO POLASTRI, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_verbal_182_tapa_buraco_na_rua_jose_roberto_de_melo_faria_no_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_verbal_182_tapa_buraco_na_rua_jose_roberto_de_melo_faria_no_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO NA RUA JOSÉ ROBERTO DE MELO FARIA,NA ESQUINA DO BAR DO MARCINHO NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_verbal_183_a_iluminacao_na_antiga_rua_isaac_marcondes_sampaio_no_bairro_barrinha..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_verbal_183_a_iluminacao_na_antiga_rua_isaac_marcondes_sampaio_no_bairro_barrinha..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA ILUMINAÇÃO DA ANTIGA RUA ISAAC MARCONDES SAMPAIO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/855/184-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/855/184-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DA VALETA NA RUA JOÃO BATISTA DA SILVA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/854/185-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/854/185-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA-BURACOS NA AVENIDA ROBERTO SILVEIRA, EM FRENTE AO BAR DO PAULO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/868/186-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/868/186-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER COM INSTALAÇÕES DE BRINQUEDOS INFANTIS NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/858/187-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/858/187-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA NO BAIRRO SANTA BÁRBARA, PARA A REALIZAÇÃO DE PODAS DOS GALHOS DE ÁRVORES QUE ESTÃO SOBRE OS FIOS DE REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/867/188-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/867/188-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 1 QUEBRA-MOLAS, COM AS DEVIDAS SINALIZAÇÕES NA RUA F PRÓXIMO AO Nº 108, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/853/189-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/853/189-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DA GRADE DE UM BUEIRO LOCALIZADO NA RUA I, EM FRENTE AO Nº 163, NO BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_verbal_192_a_instalacao_da_luminaria_na_rua_22_em_frente_a_casa_149_no_bairro_bondarovsky.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_verbal_192_a_instalacao_da_luminaria_na_rua_22_em_frente_a_casa_149_no_bairro_bondarovsky.docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DA LUMINÁRIA NA RUA 22 EM FRENTE À CASA DE Nº 149, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_verbal_193_a_troca_das_lampadas_da_rua_5_no_bairro_nossa_senhora_do_rosario..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_verbal_193_a_troca_das_lampadas_da_rua_5_no_bairro_nossa_senhora_do_rosario..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DAS LAMPÂDAS DOS POSTES DA RUA 5, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_verbal_194_a_limpeza_na_rua_comndador_miranda_no_centro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_verbal_194_a_limpeza_na_rua_comndador_miranda_no_centro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERALDA RUA COMENDADOR MIRANDA, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_verbal_195_a_sujeira_na_calcada_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_verbal_195_a_sujeira_na_calcada_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE SUJEIRA NA CALÇADA DA RUA ANTÔNIO POLASTRI, AO LADO DA PADARIA, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_verbal_196_a_poda_de_uma_arvore_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_verbal_196_a_poda_de_uma_arvore_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL APODA DE UMA ÁRVORE, QUE ESTÁ TOCANDO NA REDE DE BAIXA TENSÃO NA RUA ANTÔNIO POLASTRI, AO LADO DA PADARIA, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_verbal_197_a_instalacao_de_uma_luminaria_no_poste_da_rua_joao_batista_da_silva_no_bairro_barrinha..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_verbal_197_a_instalacao_de_uma_luminaria_no_poste_da_rua_joao_batista_da_silva_no_bairro_barrinha..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA LUMINÁRIA NO POSTE, NA RUA JOÃO BATISTA DA SILVA PERTO DA CASA DE Nº 189, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_200-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_200-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  UM RESPONSÁVEL QUE FIQUE A DISPOSIÇÃO PARA FAZER MANUTENÇÃO E LIMPEZA DA ARENA TERREIRÃO, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/814/indicacao_verbal_201_a_instalacao_de_2_registros_de_agua_no_bairro_ceu_azul..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/814/indicacao_verbal_201_a_instalacao_de_2_registros_de_agua_no_bairro_ceu_azul..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 2 (DOIS) REGISTROS NAS CAIXAS DE ÁGUA DO BAIRRO CÉU AZUL.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_verbal_202_a_pintura_da_cabeceira_da_ponte_da_biquinha_a_concretacao_e_a_iluminacao..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_verbal_202_a_pintura_da_cabeceira_da_ponte_da_biquinha_a_concretacao_e_a_iluminacao..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PINTURA DAS PILASTRAS DA CABECEIRA DA PONTE DA BIQUINHA, QUE CONCRETASSE O PEDAÇO DO MADEIRAMENTO ATÉ NA PILASTRA, DOS DOIS LADOS, TAMBÉM A INSTALAÇÃO DA ILUMINAÇÃO E A INSTALAÇÃO DE 1 (UM) BUEIRO NO INÍCIO DA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_verbal_203_a_reforma_de_todos_os_parquinhos_e_a_intalacao_de_um_brinquedo_para_as_criancas_com_deficiencia..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_verbal_203_a_reforma_de_todos_os_parquinhos_e_a_intalacao_de_um_brinquedo_para_as_criancas_com_deficiencia..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DE TODOS OS PARQUINHOS INFANTIS DO NOSSO MUNICÍPIO E INCLUINDO AO MENOS 1 (UM) BRINQUEDO PARA AS CRIANÇAS COM DEFICIÊNCIA, CADA UM DELES.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_verbal_204_que_estudasse_a_viabilidade_de_pocos_artesianos..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_verbal_204_que_estudasse_a_viabilidade_de_pocos_artesianos..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDASSE A VIABILIDADE DE IMPLANTAR 1 (UM) POÇO ARTESIANO NOS LUGARES ALTOS DA CIDADE.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/866/206-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/866/206-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA VISTORIA TÉCNICA EM TODOS OS BAIRROS E DISTRITOS DO MUNICÍPIO DE QUATIS, PARA QUE SEJA FEITA O SERVIÇO DE DESRATIZAÇÃO E DEDETIZAÇÃO A FIM DE ELIMINAR RATOS, BARATAS E OUTROS SERES.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/852/207-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/852/207-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE MANILHAS PLUVIAIS E A INSTALAÇÃO DE DOIS BUEIROS NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AOS NÚMEROS 348 E 409, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_verbal_219_um_tapa_buraco_na_esquina_da_rua_olavo_de_castro_lobo_rua_humberto_amaral_no_bairro_bondarovsky..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_verbal_219_um_tapa_buraco_na_esquina_da_rua_olavo_de_castro_lobo_rua_humberto_amaral_no_bairro_bondarovsky..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ACIONE A EMPRESA DE TAPA BURACO, NA ESQUINA DA RUA OLAVO DE CASTRO LOBO, NA RUA HUMBERTO AMARAL E TAMBÉM EM FRENTE AO COLÉGIO PLANO A, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/865/220-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/865/220-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA NOS EXTINTORES DE INCÊNDIO DAS ESCOLAS, CRECHES E EM TODOS OS PRÉDIOS PÚBLICOS DO MUNICÍPIO, PARA A TROCA DOS QUE ESTÃO COM O PRAZO DE VALIDADE VENCIDOS.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/864/221-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/864/221-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE OFERECER TREINAMENTO EM PREVENÇÃO DE ACIDENTES, PRIMEIROS SOCORROS E PREVENÇÃO DE COMBATE AO INCÊNDIO, A PROFESSORES E FUNCIONÁRIOS DA REDE PÚBLICA MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_226-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_226-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA GUARITA PARA GUARDAS MUNICIPAIS NO PÁTIO DA RURAL, AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, AO LADO DA HORTA MUNICIPAL.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_verbal_231_que_estude_a_possibilidade_de_fazer_um_convenio_da_propria_secretaria_que_tem_o_cnpj_proprio_com_ciee..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_verbal_231_que_estude_a_possibilidade_de_fazer_um_convenio_da_propria_secretaria_que_tem_o_cnpj_proprio_com_ciee..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER UM CONVÊNIO DA PRÓPRIA SECRETARIA, QUE TEM O CNPJ PRÓPRIO COM CIEE.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_verbal_232_que_instalasse_uma_nova_balsa_de_captacao_de_agua_do_rio_paraiba..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_verbal_232_que_instalasse_uma_nova_balsa_de_captacao_de_agua_do_rio_paraiba..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INSTALASSE UMA NOVA BALSA DE CAPTAÇÃO DE ÁGUA DO RIO PARAÍBA.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/863/233-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/863/233-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO ÁGUA ESPRAIADA, PRÓXIMO AO Nº 1535.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/851/234-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/851/234-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A MANUTENÇÃO E DESENTUPIMENTO DE UM BUEIRO, NO FINAL DO BAIRRO ÁGUA ESPRAIADA, PRÓXIMO AO Nº 1535.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/862/238-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/862/238-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A REFORMA DO VESTIÁRIO MASCULINO E A CONSTRUÇÃO DE UM VESTIÁRIO FEMININO NA SECRETARIA MUNICIPAL DE INFRAESTRUTURA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/861/239-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/861/239-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR O CALÇAMENTO COM BROQUETES EM TODAS AS RUAS DO LOTEAMENTO SÃO JOSÉ II.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/860/240-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/860/240-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DA REDE DE ESGOTO LOCALIZADA AO LADO DA LINHA FÉRREA NA ANTIGA ESTAÇÃO.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_243-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_243-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COLOCAÇÃO DE PONTOS DE ÔNIBUS NAS PARADAS ONDE NÃO POSSUI; NA RUA VICTOR MARCONDES SAMPAIO E BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_verbal_245_insira_no_concurso_publico_especialista_em_medicina_veterinaria..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_verbal_245_insira_no_concurso_publico_especialista_em_medicina_veterinaria..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, PARA QUE INSIRA NO CONCURSO PÚBLICO ESPECIALISTA EM MEDICINA VETERINÁRIA.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_verbal_246_desponibilize_embarque_e_desembarque_para_o_onibus_escolar_no_colegio_maria_helena..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_verbal_246_desponibilize_embarque_e_desembarque_para_o_onibus_escolar_no_colegio_maria_helena..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DISPONIBILIZE EMBARQUE E DESEMBARQUE PARA O ÔNIBUS ESCOLAR NO COLÉGIO MARIA HELENA.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_verbal_247_a_pintura_da_faixa_de_pedestre_em_frente_ao_colegio_maria_helena..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_verbal_247_a_pintura_da_faixa_de_pedestre_em_frente_ao_colegio_maria_helena..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PINTURA DA FAIXA DE PEDESTRE EM FRENTE AO COLÉGIO MARIA HELENA.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_verbal_248_a_vistoria_do_imovel_na_esquina_da_rua_delfim_froes_em_frente_ao_no_12..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_verbal_248_a_vistoria_do_imovel_na_esquina_da_rua_delfim_froes_em_frente_ao_no_12..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VISTORIA NO IMÓVEL NA ESQUINA DA RUA DELFIM FRÓES EM FRENTE À CASA DE Nº 12, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/859/249-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/859/249-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR MELHORIAS NA SINALIZAÇÃO DE TRÂNSITO, TAIS COMO, PINTURA E REMARCAÇÃO DE FAIXAS DE PEDESTRE, LOMBADAS E A INSTALAÇÃO DE PLACAS INDICATIVAS E DE SINALIZAÇÃO DE TRÂNSITO NO MUNICÍPIO DE QUATIS, INCLUINDO OS BAIRROS DA LINHA PRA CIMA.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_verbal_252_o_tapa_buraco_nos_dois_conjuntos_das_casinhas_do_bairro_nossa_senhora_do_rosario..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_verbal_252_o_tapa_buraco_nos_dois_conjuntos_das_casinhas_do_bairro_nossa_senhora_do_rosario..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O TAPA BURACO NOS DOIS CONJUNTOS DAS CASINHAS, DO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_verbal_253_aampliacao_de_aparelhos_de_ginasticas_ao_ar_livre_no_condominio_residencial_no_bairro_pilotos..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_verbal_253_aampliacao_de_aparelhos_de_ginasticas_ao_ar_livre_no_condominio_residencial_no_bairro_pilotos..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AMPLIAÇÃO DE APARELHOS DE GINÁSTICA AO AR LIVRE, EM FRENTE AO CONDOMÍNIO RESIDENCIAL, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_verbal_254_a_retirada_de_entulho_na_rua_ana_ferreira_de_oliveira_no_no_210_bairro_bondarosky..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_verbal_254_a_retirada_de_entulho_na_rua_ana_ferreira_de_oliveira_no_no_210_bairro_bondarosky..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE ENTULHO NA RUA ANA FERREIRA DE OLIVEIRA EM FRENTE À CASA DE Nº 210, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_verbal_255_a_substituicao_da_tampa_de_bueiro_na_rua_20_no_no_115_bairro_bondarosky..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_verbal_255_a_substituicao_da_tampa_de_bueiro_na_rua_20_no_no_115_bairro_bondarosky..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DA TAMPA DE BUEIRO NA RUA 20 EM FRENTE À CASA DE Nº 115, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/980/257-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/980/257-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER O CALÇAMENTO COM BLOQUETES NA ESTRADA QUATIS X ROMA, BAIRRO BONDAROWSKY.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/981/258-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/981/258-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DOS POSTES DE MADEIRAS POR POSTES DE CONCRETO NA ESTRADA QUATIS X ROMA, BAIRRO BONDAROWSKY.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/982/259-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/982/259-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DÊ CONTINUIDADE NA COLOCAÇÃO E INSTALAÇÃO DOS TUBOS DE PVC PARA LIGAR O ABASTECIMENTO DE ÁGUA NA ESTRADA QUATIS X ROMA, BAIRRO BONDAROWSKY.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/camscanner_21-08-2023_09.43.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/camscanner_21-08-2023_09.43.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO LIXEIRAS PARA O DISTRITO RIBEIRÃO DE SÃO JOAQUIM, PARA SEREM ANEXADAS AO REDOR DAS IGREJAS, CAMPO DE FUTEBOL, NA PRAÇA, NO POSTO DE SAÚDE E NA ESCOLA.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_verbal_269_o_tapa_buraco_na_rua_mario_de_oliveira_barros_no_bairro_jardim_polastri..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_verbal_269_o_tapa_buraco_na_rua_mario_de_oliveira_barros_no_bairro_jardim_polastri..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O TAPA BURACO NA RUA DOUTOR OMAR DE OLIVEIRA BARROS, EM FRENTE À POUSADA POR DO SOL, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_verbal_270_a_manutencao_na_iluminacao_no_colegio_maria_helena..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_verbal_270_a_manutencao_na_iluminacao_no_colegio_maria_helena..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA ILUMINAÇÃO NO COLÉGIO MARIA HELENA.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/978/272-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/978/272-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E REPARO DA REDE DE ESGOTO NA RUA F, N.º 235, BAIRRO JARDIM INDEPENDÊNCIA, AO LADO DA IGREJA PROJETO E VIDA QUATIS.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/979/273-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/979/273-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A TROCA DA TAMPA DA CAIXA COLETORA DE ESGOTO NA RUA 5, N.º 229, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_verbal_287_amanutencao_do_bueiro_na_rua_4_no_bairro_santo_antonio_em_frente_ao_no_13..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_verbal_287_amanutencao_do_bueiro_na_rua_4_no_bairro_santo_antonio_em_frente_ao_no_13..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO BUEIRO NA RUA 4, NO BAIRRO SANTO ANTÔNIO EM FRENTE À CASA DE Nº 13.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/984/288-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/984/288-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADES “QUEBRA-MOLAS” COM AS DEVIDAS SINALIZAÇÕES NA RUA AUGUSTO ESVERBERY, N.º 220, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/987/289-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/987/289-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E REPARO DE UM QUEBRA-MOLAS EXISTENTE NA RUA AUGUSTO ESVERBERY, N.º 245, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_verbal_295_a_instalacao_de_uma_luminaria_na_rua_humberto_amaral_de_esquina_com_a_rua_ana_ferreira_de_oliveira_bondarovshy..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_verbal_295_a_instalacao_de_uma_luminaria_na_rua_humberto_amaral_de_esquina_com_a_rua_ana_ferreira_de_oliveira_bondarovshy..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA LUMINÁRIA NA RUA HUMBERTO AMARAL DE ESQUINA COM A RUA ANA FERREIRA DE OLIVEIRA NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_verbal_296_a_instalacao_de_um_quebra_molas_na_rua_humberto_amaral__bondarovshy..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_verbal_296_a_instalacao_de_um_quebra_molas_na_rua_humberto_amaral__bondarovshy..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA HUMBERTO AMARAL, NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_verbal_297_a_disponibilizacao_de_cal_de_pintura_para_pintar_o_meio_fio_de_sao_joaquim..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_verbal_297_a_disponibilizacao_de_cal_de_pintura_para_pintar_o_meio_fio_de_sao_joaquim..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE CAL DE PINTURA, PARA PINTAR O MEIO FIO NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_verbal_298_otapa_buraco_no_centro_da_cidade_de_quatis..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_verbal_298_otapa_buraco_no_centro_da_cidade_de_quatis..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O TAPA BURACO, NO BAIRRO CENTRO DA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/985/299-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/985/299-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A TROCA DA REDE DE ESGOTO NA RUA DÉLIO PEREIRA SAMPAIO, BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/986/300-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/986/300-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A TROCA DA TAMPA DA CAIXA COLETORA DE ESGOTO, NA RUA DÉLIO PEREIRA SAMPAIO, BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/983/301-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/983/301-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DISPONIBILIZADO UNIFORMES PARA TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS DE QUATIS, E TAMBÉM FORNEÇAM MATERIAIS DE EPIS (EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL) PRINCIPALMENTE PARA OS SERVIDORES QUE TRABALHAM NA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E OBRAS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/988/306-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/988/306-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO COM PASSAGEM DE MÁQUINA E COLOCAÇÃO DE ESCÓRIA NA ESTRADA SÍTIO BELA VISTA, PERTO DO MORRO DA ONÇA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/989/307-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/989/307-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DE DOIS POSTES DE MADEIRAS POR POSTES DE CONCRETO NA RUA JOSÉ FRANKLIN DE MOURA E OUTRO NA TRAVESSA ANTÔNIO DOMINGOS VIEIRA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/990/308-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/990/308-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR O CALÇAMENTO COM BROQUETES NAS RUAS JOSÉ FRANKLIN DE MOURA, JOSÉ ANTUNES DE MOURA E NA TRAVESSA ANTÔNIO DOMINGOS VIEIRA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_verbal_311-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_verbal_311-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA OPERAÇÃO TAPA BURACO NA RUA PADRE CRUSH, PRÓXIMO AO NÚMERO 50, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_verbal_314_o_analise_de_uma_arvore_que_esta_caindo_na_rua_do_geraldo_tripeiro..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_verbal_314_o_analise_de_uma_arvore_que_esta_caindo_na_rua_do_geraldo_tripeiro..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O ANÁLISE DE UMA ÁRVORE QUE ESTÁ CAINDO, NA RUA DO GERALDO TRIPEIRO NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_verbal_315_que_fizesse_um_estudo_de_viabilidade_para_que_fosse_concedido_o_reajuste_salarial_para_os_estagiarios_da_prefeitura..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_verbal_315_que_fizesse_um_estudo_de_viabilidade_para_que_fosse_concedido_o_reajuste_salarial_para_os_estagiarios_da_prefeitura..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FIZESSE UM ESTUDO DE VIABILIDADE PARA QUE FOSSE CONCEDIDO UM REAJUSTE SALARIAL PARA OS ESTAGIÁRIOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1021/321-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1021/321-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DA FAIXA DE PEDESTRE NA RJ 159, PRÓXIMO A PONTE DE FERRO QUE LIGA OS MUNICÍPIOS DE QUATIS E PORTO REAL.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/camscanner_21-08-2023_09.42.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/camscanner_21-08-2023_09.42.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A MANUTENÇÃO DA REDE ELÉTRICA NA CAPELA MORTUÁRIA DO CEMITÉRIO DA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_verbal_323-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_verbal_323-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE UMA TAMPA PARA O QUADRO DE ALTA TENSÃO DA QUADRA DO CIEP – 492 MUNICIPALIZADA MARCIANA MACHADO D’ELIAS, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/325-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/325-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO E INSTALAÇÃO DE UMA FAIXA ELEVADA COM AS DEVIDAS SINALIZAÇÕES NA RUA IDELFONSO PEREIRA, PRÓXIMO AO NÚMERO 61, NO BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/326-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/326-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER COM INSTALAÇÃO DE BRINQUEDOS INFANTIS, AO LADO DO CAMPO DO TERREIRÃO, NO BAIRRO CÉU AZUL.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1200/camscanner_21-08-2023_09.38.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1200/camscanner_21-08-2023_09.38.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE SEJA FEITA A TROCA DO BANCO E A PODA DA BOUGANVILLE , ONDE SE LOCALIZA ATRÁS DA BIQUINHA NA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/991/335-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/991/335-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO DE UM BURACO NA RUA VANDERLINO TEXEIRA LEITE, PRÓXIMO AO NÚMERO 375, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/992/336-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/992/336-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A TROCA DE UMA TAMPA DE BUEIRO NA RUA 5, EM FRENTE AO NÚMERO 129, NOSSA SENHORA DO ROSÁRIO E TAMBÉM QUE FAÇA A RETIRADA DE ENTULHOS NA MESMA RUA MENCIONADA.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1022/340-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1022/340-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE A POSSIBILIDADE DE IMPLANTAÇÃO DE UM SISTEMA DE ATENDIMENTO ODONTOLÓGICO EM PERÍODO NOTURNO POR PELO MENOS 2 (DUAS) VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/camscanner_21-08-2023_09.40.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/camscanner_21-08-2023_09.40.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO A TROCA DA TAMPA DE BUEIRO NA RUA GENÉSIO LEITE, NO BAIRRO NOSSA SENHORA DO ROSÁRIO, EM FRENTE A MERCEARIA .</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1204/camscanner_21-08-2023_09.41.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1204/camscanner_21-08-2023_09.41.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COMPETENTE QUE PROVIDENCIE UM QUEBRA MOLA NA RUA AUGUSTO SVERBERI, NO BAIRRO NOSSA SENHORA DO ROSÁRIO, EM FRENTE AO TRAILER DA ANA LANCHES.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1026/349-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1026/349-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR A REFORMA GERAL DA BASE DA SAMU, LOCALIZADA NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_verbal_352-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_verbal_352-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL RESTAURAÇÃO DO TRAILER DA GUARDA MUNICIPAL LOCALIZADO DENTRO DA ESCOLA CIEP-492 MUNICIPALIZADA MARCIANA MACHADO D’ELIAS, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/999/353-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/999/353-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR A TROCA DOS COMPUTADORES DAS SECRETARIAS MUNICIPAIS QUE SE ENCONTRAM COM DEFEITO E MUITO ANTIGOS.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/354-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/354-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VERIFICADA A QUALIDADE DE SINAL DE INTERNET NAS SECRETARIAS MUNICIPAIS DE QUATIS, E POSTERIORMENTE QUE POSSA MELHORAR O MESMA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/996/357-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/996/357-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COLOCADO CADEADOS NAS TRÊS ELEVATÓRIAS LOCALIZADAS NA RUA GENÉSIO LEITE Nº 92, NO BAIRRO NOSSA SENHORA DO ROSÁRIO, NA RUA ANTÔNIO TEXEIRA FRANCO, CENTRO E NA RUA ROBERTO SILVEIRA, BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/997/358-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/997/358-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A TROCA DA TAMPA DE BUEIRO QUE ESTÁ QUEBRADA NA RUA ANTÔNIO TEXEIRA FRANCO, CENTRO, PRÓXIMO AO PORTÃO DO FORTE MATERIAL DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/993/367-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/993/367-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PROVIDÊNCIAS NECESSÁRIAS PARA VIABILIZAR A REMOÇÃO DE UMA ÁRVORE NA RUA ABRAÃO FILHO, PRÓXIMO AO Nº 110, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/995/368-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/995/368-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA FEITA UMA VISTORIA POR TODO O BAIRRO PILOTOS PARA A LIMPEZA DE BUEIROS, COLOCAÇÃO DE GRADE E SUBSTITUIÇÃO DE TAMPA.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/369-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/369-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE EFETUAR A REFORMA/CONSERTO DO QUEBRA-MOLAS LOCALIZADO NA RUA ABRAÃO FILHO, PRÓXIMO AO Nº 81, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/994/370-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/994/370-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RETIRADA DE UM ENTULHO E O CONSERTO DE UM BURACO EM FRENTE AO Nº 625, NA RUA PEDRO MONTEIRO, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1023/371-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1023/371-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS, COM AS DEVIDAS SINALIZAÇÕES, NA RUA PEDRO MONTEIRO, PRÓXIMO AO Nº 785, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1090/indicacao_verbal_374-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1090/indicacao_verbal_374-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO E REPARO NA ESTRUTURA DA CAIXA E REGISTRO DE ÁGUA, A REFORMA DA ACADEMIA AO AR LIVRE AO LADO DO GINÁSIO POLIESPORTIVO JOÃO BATISTA DE OLIVEIRA, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/camscanner_21-08-2023_09.39.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/camscanner_21-08-2023_09.39.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE SEJA AUTORIZADO A INSTALAÇÃO DE COMEDOURO E BEBEDOURO PARA CÃES DE RUA NA CIDADE DE QUATIS, NA PRAÇA DR. TEIXEIRA BRANDÃO, PRAÇA DOS EXPEDICIONÁRIOS E NA PRAÇA DA CAPELINHA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/998/383-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/998/383-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA PRAÇA LOCALIZADA AO LADO DO POÇO ARTESIANO, ENTRE OS BAIRROS SANTO ANTÔNIO, NOSSA SENHORA DO ROSÁRIO E SÃO BENEDITO.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/395-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/395-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A REFORMA DA PONTE TRAVESSA ALFREDO DA FONSECA MACHADO, LOCALIZADO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/396-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/396-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A INSTALAÇÃO DE UMA LUMINÁRIA NO POSTE DE ILUMINAÇÃO PÚBLICA NO FINAL DA RUA SAINT-CLAIR BARCELOS, AO LADO DA CASA Nº 02, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/397-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/397-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO, PARA A TROCA DE LÂMPADAS QUEIMADAS NA RUA DA PALHA, DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/401-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/401-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALZE A MANUTENÇÃO E REPARO DE UM BURACO LOCALIZADO NA RUA L, NÚMERO 65, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_verbal_405-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_verbal_405-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO DE UMA TAMPA DE REDE DE ESGOTO NA CALÇADA DA RUA GENÉSIO LEITE, EM FRENTE AO NÚMERO 326, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/406-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/406-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALZE O DESENTUPIMENTO DA REDE DE ESGOTO LOCALIZADA NA RUA 5, PRÓXIMO AO NÚMERO 229, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/408-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/408-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALZE A OPERAÇÃO TAPA BURACOS NA RUA GENÉSIO LEITE, EM FRENTE AO NÚMERO 126, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/414-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/414-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADA A POSSIBILIDADE E TOMADAS AS PROVIDÊNCIAS PARA A IMPLANTAÇÃO DE UMA FARMÁCIA 24H HORAS FUNCIONANDO 7 (SETE) DIAS POR SEMANA, ANEXA OU DENTRO DO HOSPITAL SÃO LUCAS.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/</t>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE FEITO UMA FAIXA ELEVADA EM FRENTE AO SUPERMERCADO SMART.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/418-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/418-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZA A REVITALIZAÇÃO DA PINTURA DA SINALIZAÇÃO VIÁRIA E DOS QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, DAS RUAS OLAVO CASTRO, CORONEL JOSÉ LEITE, VANDERLINO TEXEIRA LEITE, AUGUSTO ESVERBERY E GENÉSIO LEITE.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/420-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/420-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALZE A OPERAÇÃO TAPA BURACOS NA RUA EUCLIDES COTIA, CENTRO.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/422-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/422-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTALAR UM BUEIRO NA RUA AFONSO DE FREITAS LUSTOSA, Nº 45 E TAMBÉM A MANUTENÇÃO E REPARO DO ASFALTO ATÉ NA CALÇADA PRÓXIMO AO Nº 20, NA MESMA RUA, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/423-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/423-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E REPARO DA REDE COLETORA DE ESGOTO NA RUA AUGUSTO ESVERBERY, PRÓXIMO AO Nº 59, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/426-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/426-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO COM PASSAGEM DE MÁQUINA, CORTE DE ÁGUA E COLOCAÇÃO DE ESCÓRIA NA ESTRADA QUE DÁ ACESSO A VÁRIOS SÍTIOS DENTRE ELES: SÍTIO DO CAÇAPA, SÍTIO SERTÃOZINHO (PATRÍCIA), FINALIZANDO NO SÍTIO DO SENHOR ERNESTO, LOCALIZADOS NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/430-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/430-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXECUÇÃO DE ALGUMAS DEMANDAS PERTINENTES EM MELHORIA DO BAIRRO JARDIM POLASTRI, TAIS COMO:_x000D_
 •	A possibilidade de pavimentar as ruas Major Antônio Polastri, Alcebíades Marins, Amélia de Carvalho Polastri e a Isaac Marcondes Sampaio;_x000D_
 •	A manutenção da rede pluvial e da rede de água potável entre as ruas Amélia de Carvalho Polastri e Isaac Marcondes Sampaio, ao lado da lixeira coletiva;_x000D_
 •	A limpeza geral com roçada, capina e retirada de entulhos nas ruas mencionada acima;_x000D_
 •	A limpeza por toda a extensão da valeta localizada no bairro Jardim Polastri e que estude a possibilidade de realizar o manilhamento na mesma;_x000D_
 •	A construção de duas galerias, sendo uma na rua Alcebíades Marins e outra na rua Major Antônio Polastri._x000D_
 •	Que seja feita uma vistoria em todos os postes, no bairro Polastri e posteriormente interceda junto a empresa Light, para a troca de postes de madeiras por postes de concreto._x000D_
 •	Que estude a possibilidade junto a empresa Light para a retirada de um poste de iluminação em frente a uma garagem, na rua Isaque Marcondes Sampaio, nº 155._x000D_
 •	Que seja disponibilizado um funcionário para fazer a varrição da rua Amélia Carvalho Polastri, no bairro Jardim Polastri.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/454-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/454-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE UMA TAMPA DE BUEIRO NA RUA ANTÔNIO POLASTRI, PRÓXIMO AO MATERIAL DE CONSTRUÇÃO MACOPIL, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/460-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/460-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A TROCA DE UMA TAMPA DE BUEIRO NA RUA CAPITAL APRÍGIO, EM FRENTE AO Nº 12, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/461-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/461-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A REFORMA E A INSTALAÇÃO DE BRINQUEDOS INFANTIS DA ÁREA DE LAZER, LOCALIZADA AO LADO DA QUADRA POLIESPORTIVA NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/462-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/462-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA QUE SEJA FEITA O RECAPEAMENTO DA RUA JOSÉ NASCIMENTO E TAMBÉM DA RUA F, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/463-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/463-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA E DESENTUPIMENTO DOS BUEIROS, INCLUINDO AS RUAS TRANSVERSAIS, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/467-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/467-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE UM BUEIRO NA RUA J, PRÓXIMO AO Nº 166, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_verbal_468-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_verbal_468-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT PARA A TROCA DE 01 POSTE DE MADEIRA POR CONCRETO, A RETIRADA DE OUTRO POSTE QUE ENCONTRA SE NO MEIO DA PASSAGEM E AO ÓRGÃO COMPETENTE QUE REFORME A CALÇADA DA RUA VICTOR MARCONDES SAMPAIO, BECO DO FUMAÇA, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_verbal_469-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_verbal_469-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PONTO DE BIKE-STOP NA RJ-159, SENTIDO AO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1041/472-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1041/472-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALZE UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO, PARA A MANUTENÇÃO E TROCA DE LÂMPADAS QUEIMADAS, BAIRRO SANTA BÁRBARA, EM ESPECIAL NA RUA ANTÔNIO EULINCO DE SOUZA, ANTIGA RUA D.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1037/475-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1037/475-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MUDANÇA NO VENCIMENTO DA CONTA DE ÁGUA PARA O 5º DIA ÚTIL DO MÊS E QUE FIRMA PARCERIA COM UMA REDE BANCARIA DO MUNICÍPIO PARA QUE POSSA RECEBER ESSES PAGAMENTO POR DÉBITO AUTOMÁTICO.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_verbal_479-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_verbal_479-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA DO TERRENO BALDIO NA RUA WANDERLINO TEIXEIRA LEITE, BAIRRO SÃO BENEDITO QUE DA ACESSO AO SERVIDÃO MARCELINO SIDÉRIO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1040/481-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1040/481-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA DOS BUEIROS NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1039/482-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1039/482-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA DOS BUEIROS NO BAIRRO ÁGUA ESPLAIADA.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1038/483-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1038/483-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E TROCA DE UMA LÂMPADA QUEIMADA, NA RUA CARLOS ABRAÃO FILHO, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE INCLUSO NO CALENDÁRIO DE EVENTOS DO NOSSO MUNICÍPIO, EVENTOS VOLTADO PARA AS PESSOAS EVANGÉLICAS. CITO POR EXEMPLO: FESTIVAL DE MUSICA GOSPEL, O DIA DA COMEMORAÇÃO O DIA DA BIBLIA E O DIA MUNDIAL DA ORAÇÃO.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1045/498-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1045/498-2022.pdf</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1046/499-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1046/499-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O RECAPEAMENTO DAS RUAS FRANCISCO BORGES DE CARVALHO E GERALDO BALTAR, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1047/500-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1047/500-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DAS MANILHAS DE MEIA-MEIA CALHA QUE FICAM A CIMA DAS CASAS DA RUA GERALDO BALTAR, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1044/504-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1044/504-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MONTAR UMA EQUIPE ESPECIFICA PARA FAZER PEQUENOS REPAROS, CONSERTOS E A MANUTENÇÃO PREVENTIVA EM TODAS AS UNIDADES DE ENSINO DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1042/506-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1042/506-2022.pdf</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1043/507-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1043/507-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE REVISE E EXECUTE O PROJETO DE LEI Nº 976/2017 QUE CRIA O “PROGRAMA PRATA DA CASA” QUE DISPÕE SOBRE APRESENTAÇÃO DE ARTISTAS LOCAIS NA ABERTURA DE SHOWS MUSICAIS E ARTÍSTICOS QUE OCORREM NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/733/855-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/733/855-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE REALIZE A MANUTENÇÃO DO REGISTRO DA REDE DE ÁGUA POTÁVEL NA RUA MAJOR ANTÔNIO CARVALHO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_verbal_218.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_verbal_218.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AMPLIE O PROGRAMA PRODUTOR MIRIM AOS DISTRITOS DO MUNICÍPIO DE QUATIS</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_verbal_227.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_verbal_227.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O MONITORAMENTO DA LEI N.º 797/2012 QUE DISPÕE SOBRE O PLANO MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_verbal_256_que_faca_analise_da_agua_das_minas_da_telerj_e_a_mina_da_agua_espraiada..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_verbal_256_que_faca_analise_da_agua_das_minas_da_telerj_e_a_mina_da_agua_espraiada..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA ANÁLISE DA ÁGUA DAS MINAS DA ANTIGA TELERJ E DA MINA DA ÁGUA ESPRAIADA E QUE PUBLIQUE OS RESULTADOS NOS SITES OFICIAIS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_verbal_313_a_remocao_de_um_carro_abandonado_em_frente_a_feira_da_roca..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_verbal_313_a_remocao_de_um_carro_abandonado_em_frente_a_feira_da_roca..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REMOÇÃO DE UM CARRO ABANDONADO, EM FRENTE À FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_nominal_n362.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_nominal_n362.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que ofereça cursos de primeiros socorros aos servidores públicos lotados nos equipamentos das redes municipais de ensino, saúde e assistência social.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_nominal_n363.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_nominal_n363.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que amplie o número de vagas para atendimento odontológico no distrito de São Joaquim.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_nominal_n364.2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_nominal_n364.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que faça a adesão ao Programa Rio sem LGBTIfobia do Governo do Estado do Rio de Janeiro.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/931/requerimento_021.2022_-_politicas_publicas_lgbt.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/931/requerimento_021.2022_-_politicas_publicas_lgbt.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto às políticas públicas desenvolvidas para as pessoas LGBTI+ no âmbito do SUS e SUAS em Quatis.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1209/camscanner_23-08-2023_09.38.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1209/camscanner_23-08-2023_09.38.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO "ROSA IDALINA NUNES DE MACEDO" À SENHORA ZULCAR MARIA LUCIO PACHECO.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/camscanner_23-08-2023_09.27.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/camscanner_23-08-2023_09.27.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR TENENTE CORONEL WILLIAM CALDEIRA DE FREITAS</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/camscanner_23-08-2023_09.28.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/camscanner_23-08-2023_09.28.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CABO VAGNER RIBEIRO SANCHES.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/camscanner_23-08-2023_09.29.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/camscanner_23-08-2023_09.29.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SEGUNDO SARGENTO ULISSES DO BEM BRANDÃO.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/camscanner_23-08-2023_09.29_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/camscanner_23-08-2023_09.29_1.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CAPITÃO CARLOS LEANDRO DE ALMEIDA.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/camscanner_23-08-2023_09.30.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/camscanner_23-08-2023_09.30.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SEGUNDO SARGENTO CLEVIS ANDRADE GOMES DE OLIVEIRA .</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1214/camscanner_23-08-2023_09.32.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1214/camscanner_23-08-2023_09.32.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CABO FABRICIO RODRIGO DO NASCIMENTO</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1213/camscanner_23-08-2023_09.33.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1213/camscanner_23-08-2023_09.33.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR CABO GUILHERME ANTONIO DE ALMEIDA</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1212/camscanner_23-08-2023_09.34.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1212/camscanner_23-08-2023_09.34.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR SEGUNDO SARGENTO ALEXANDRO DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1211/camscanner_23-08-2023_09.36.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1211/camscanner_23-08-2023_09.36.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR  CABO LUIS HENRIQUE PAULA DE ALMEIDA</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1210/camscanner_23-08-2023_09.37.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1210/camscanner_23-08-2023_09.37.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SENHOR TENENTE JOÃO EVANGELISTA VIEIRA.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/749/projeto_de_resolucao-001_-_inclui_no_regime_interno_o_5o_ao_artigo_302_e_o_3o_ao_artigo_343_e_suprime_o_artigo_84..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/749/projeto_de_resolucao-001_-_inclui_no_regime_interno_o_5o_ao_artigo_302_e_o_3o_ao_artigo_343_e_suprime_o_artigo_84..pdf</t>
   </si>
   <si>
     <t>Inclui no Regimento Interno o §5º ao artigo 302 e os §3º e §4º ao artigo 343 e suprime o artigo 84</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1035/projetop_resolucao_004.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1035/projetop_resolucao_004.pdf</t>
   </si>
   <si>
     <t>Autoriza dar baixa de bens integrantes do patrimônio da Câmara Municipal de Quatis</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_decreto_legislativo_no_001-22_dispoe_sobre_a_rejeicao_das_contas_do_ex-prefeito_senhor_raimundo_de_souza_referente_ao_exercicio_de_2020.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_decreto_legislativo_no_001-22_dispoe_sobre_a_rejeicao_das_contas_do_ex-prefeito_senhor_raimundo_de_souza_referente_ao_exercicio_de_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas do ex-chefe do executivo municipal, senhor Raimundo de Souza, referente ao exercício de 2020.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Casoba da Academia</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/942/projeto_de_decreto_legislativo_n_003-22_-_concede_medalha_empresario_empreendedor_a_senhora_clea_gripp_campbell_gama..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/942/projeto_de_decreto_legislativo_n_003-22_-_concede_medalha_empresario_empreendedor_a_senhora_clea_gripp_campbell_gama..pdf</t>
   </si>
   <si>
     <t>Concede medalha empresário empreendedor, à senhora Clea Gripp Campbell Gama.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/943/projeto_de_decreto_legislativo_n_004-22_-_concede_medalha_funcinaria_padrao_a_senhora_maria_das_gracas_de_oliveira_dionizio..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/943/projeto_de_decreto_legislativo_n_004-22_-_concede_medalha_funcinaria_padrao_a_senhora_maria_das_gracas_de_oliveira_dionizio..pdf</t>
   </si>
   <si>
     <t>Concede medalha funcionária padrão à senhora Maria das Graças de Oliveira Dionizio.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/944/projeto_de_decreto_legislativo_n_005-22_-_concede_medalha_professor_emerito_a_senhora_adriana_simoes_ferraz_ferrari..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/944/projeto_de_decreto_legislativo_n_005-22_-_concede_medalha_professor_emerito_a_senhora_adriana_simoes_ferraz_ferrari..pdf</t>
   </si>
   <si>
     <t>Concede medalha professor emérito, à senhora Adriana Simões Ferraz Ferrari.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/945/projeto_de_decreto_legislativo_n_006-22_-_concede_medalha_profissional_emerito_ao_senhor_luis_claudio_da_silva_rodrigues.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/945/projeto_de_decreto_legislativo_n_006-22_-_concede_medalha_profissional_emerito_ao_senhor_luis_claudio_da_silva_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede medalha profissional emérito ao senhor Luis Cláudio da Silva Rodrigues.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/946/projeto_de_decreto_legislativo_n_007-22_-_concede_medalha_faustino_pinheiro__a_senhora_luciene_da_conceicao_nascimento..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/946/projeto_de_decreto_legislativo_n_007-22_-_concede_medalha_faustino_pinheiro__a_senhora_luciene_da_conceicao_nascimento..pdf</t>
   </si>
   <si>
     <t>Concede medalha Faustino Pinheiro  á senhora Luciene da Conceição Nascimento.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/947/projeto_de_decreto_legislativo_n_008-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marilea_campos_da_silva..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/947/projeto_de_decreto_legislativo_n_008-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marilea_campos_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede o titulo de cidadão Quatiense à senhora Marilea Campos da Silva.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/948/projeto_de_decreto_legislativo_n_009-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marcilene_rita_cunha_de_oliveira..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/948/projeto_de_decreto_legislativo_n_009-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marcilene_rita_cunha_de_oliveira..pdf</t>
   </si>
   <si>
     <t>Concede o titulo de cidadão Quatiense á senhora Marcilene Rita Cunha de Oliveira.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/949/projeto_de_decreto_legislativo_n010-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_santos_rio_verde_silva..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/949/projeto_de_decreto_legislativo_n010-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_santos_rio_verde_silva..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Luciano Santos Rio Verde Silva.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/950/projeto_de_decreto_legislativo_n011-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_de_almeida..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/950/projeto_de_decreto_legislativo_n011-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_de_almeida..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor José Luiz de Almeida.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/951/projeto_de_decreto_legislativo_n012-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_diego_graciani_de_almeida.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/951/projeto_de_decreto_legislativo_n012-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_diego_graciani_de_almeida.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Diego Graciani de Almeida.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/952/projeto_de_decreto_legislativo_n013-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_da_silva..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/952/projeto_de_decreto_legislativo_n013-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Francisco Antônio da Silva.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>DJ Denilson</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/953/projeto_de_decreto_legislativo_n014-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_honorio_de_oliveira..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/953/projeto_de_decreto_legislativo_n014-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_honorio_de_oliveira..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Francisco Honório de Oliveira.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/954/projeto_de_decreto_legislativo_n015-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_da_conceicao.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/954/projeto_de_decreto_legislativo_n015-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Luciano da Conceição.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/955/projeto_de_decreto_legislativo_n016-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_adilson_fernades_da_silva..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/955/projeto_de_decreto_legislativo_n016-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_adilson_fernades_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Adilson Fernandes da Silva.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/956/projeto_de_decreto_legislativo_n017-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_leandro_carvalho_de_sant_anna..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/956/projeto_de_decreto_legislativo_n017-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_leandro_carvalho_de_sant_anna..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Leandro Carvalho de Sant´Anna.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/957/projeto_de_decreto_legislativo_n018-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_roberto_do_rosario_duarte..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/957/projeto_de_decreto_legislativo_n018-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_roberto_do_rosario_duarte..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Roberto do Rosario Duarte.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/958/projeto_de_decreto_legislativo_n019-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_silva_santos..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/958/projeto_de_decreto_legislativo_n019-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_silva_santos..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor José Luiz Silva Santos.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/959/projeto_de_decreto_legislativo_n020-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_de_morais..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/959/projeto_de_decreto_legislativo_n020-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_de_morais..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Francisco Antônio de Morais.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/960/projeto_de_decreto_legislativo_n021-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_roberto_silva..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/960/projeto_de_decreto_legislativo_n021-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_roberto_silva..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Carlos Roberto Silva.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/961/projeto_de_decreto_legislativo_n022-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor__leonardo_carlos_lopes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/961/projeto_de_decreto_legislativo_n022-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor__leonardo_carlos_lopes.pdf</t>
   </si>
   <si>
     <t>- Concede título de cidadão Quatiense ao senhor Leonardo Carlos Lopes.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_decreto_legislativo_n023-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_thiago_pampolha_goncalves.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_decreto_legislativo_n023-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_thiago_pampolha_goncalves.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Thiago Pampolha Gonçalves.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_decreto_legislativo_n024-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_maria_da_penha_de_carvalho.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_decreto_legislativo_n024-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_maria_da_penha_de_carvalho.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense a senhora Maria da Penha de Carvalho.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_decreto_legislativo_n025-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_danielle__christian_ribeiro_barros..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_decreto_legislativo_n025-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_danielle__christian_ribeiro_barros..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense a senhora Danielle  Christian Ribeiro Barros.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_decreto_legislativo_n026-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_roberta_adriana_campos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_decreto_legislativo_n026-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_roberta_adriana_campos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense a senhora Roberta Adriana Campos.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_decreto_legislativo_n027-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_edna_de_fatima_da_silva_neves..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_decreto_legislativo_n027-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_edna_de_fatima_da_silva_neves..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense a senhora Edna de Fátima da Silva Neves.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_decreto_legislativo_n028-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_marisa_moreira_de_azevedo_monteiro.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_decreto_legislativo_n028-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_marisa_moreira_de_azevedo_monteiro.pdf</t>
   </si>
   <si>
     <t>- Concede título de cidadão Quatiense a senhora Marisa Moreira de Azevedo Monteiro</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>Nildinho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_decreto_legislativo_n029-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_erinaldo_bezerra_ramos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_decreto_legislativo_n029-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_erinaldo_bezerra_ramos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Erinaldo Bezerra Ramos.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_decreto_legislativo_n030-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_dos_santos.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_decreto_legislativo_n030-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_dos_santos.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor José dos  Santos.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_decreto_legislativo_n031-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_henrique_rodrigues.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_decreto_legislativo_n031-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_henrique_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão Quatiense ao senhor Carlos Henrique Rodrigues.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no001_-_altera_e_acrescenta_dispositivos_na_lei_no1075_que_dispoe_sobre_o_programa_geracao_do_amanha_transporte_para_estudantes_do_municipio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no001_-_altera_e_acrescenta_dispositivos_na_lei_no1075_que_dispoe_sobre_o_programa_geracao_do_amanha_transporte_para_estudantes_do_municipio.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei nº 1.075 que Dispõe sobre o Programa Geração do Amanhã, transporte para estudantes do município e dá outras providências</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_no002_-_dispoe_sobre_o_reajuste_do_piso_salarial_minimo_para_servidores_e_ocupantes_de_provimento_efetivo_e_em_comissao_da_pmq.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_no002_-_dispoe_sobre_o_reajuste_do_piso_salarial_minimo_para_servidores_e_ocupantes_de_provimento_efetivo_e_em_comissao_da_pmq.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial mínimo para servidores e ocupantes de provimento efetivo e em comissão da Prefeitura Municipal de Quatis</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_no003_-_dispoe_sobre_a_remuneracao_e_os_vencimentos_dos_servidores_publico_efetivos_e_em_comissao_do_poder_legislativo_municipal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_no003_-_dispoe_sobre_a_remuneracao_e_os_vencimentos_dos_servidores_publico_efetivos_e_em_comissao_do_poder_legislativo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração e os vencimentos dos servidores público efetivos e em comissão do poder legislativo municipal</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_no_004-22_altera_o_artigo_3o_da_lei_municipal_no_784_de_28_de_junho_de_2012_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_no_004-22_altera_o_artigo_3o_da_lei_municipal_no_784_de_28_de_junho_de_2012_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei Municipal nº 784 de Junho de 2012 e dá outras providências</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/798/dispoe_sobre_o_prazo_de_validade_do_laudo_medico_pericial_que_atesta_o_transtorno_do_especto_autista_tea_no_municipio_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/798/dispoe_sobre_o_prazo_de_validade_do_laudo_medico_pericial_que_atesta_o_transtorno_do_especto_autista_tea_no_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prazo de validade do laudo médico pericial que atesta o transtorno do especto autista (TEA) no municipio de Quatis.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>Dipõe sobre o reajuste do piso salarial mínimo para servidores efetivos da Câmara municipal de Quatis e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_008-22_dispoe_sobre_normas_para_a_implantacao_e_compartilhamento_de_infraestrutura_de_suporte_e_de_telecomunicacoes.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_008-22_dispoe_sobre_normas_para_a_implantacao_e_compartilhamento_de_infraestrutura_de_suporte_e_de_telecomunicacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas para a implantação e compartilhamento de infraestrutura de suporte e de telecomunicações.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/799/dispoe_sobre_revisao_geral_dos_salarios_dos_servidores_ocupantes_de_cargos_de_provimento_efetivo_cargos_em_comissao_contratos_temporarios_.....pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/799/dispoe_sobre_revisao_geral_dos_salarios_dos_servidores_ocupantes_de_cargos_de_provimento_efetivo_cargos_em_comissao_contratos_temporarios_.....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral dos salários dos servidores, ocupantes de cargos de provimento efetivo, cargos em comissão, contratos temporários, agentes de endemias, conselheiros  tutelares e agentes políticos do poder Executivo do Município de Quatis.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/915/projeto_de_lei_no010-22__institui_o_programa_de_apoio_ao_empreendedorismo_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/915/projeto_de_lei_no010-22__institui_o_programa_de_apoio_ao_empreendedorismo_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>"Institui o programa de apoio ao empreendedorismo no âmbito do município de Quatis e dá outras providências".</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/796/dispoe_sobre_a_revisao_geral_anual_dos_vencimentos_dos_servidores_do_poder_legislativo_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/796/dispoe_sobre_a_revisao_geral_anual_dos_vencimentos_dos_servidores_do_poder_legislativo_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a revisão geral anual dos vencimentos dos servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/797/dispoe_sobre_a_revisao_geral_anual_dos_subsidios_dos_vereadores_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/797/dispoe_sobre_a_revisao_geral_anual_dos_subsidios_dos_vereadores_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a revisão geral anual dos subsidios dos vereadores do municipio de Quatis e dá outras providencias.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/800/institui_o_programa_aguas_que_brotam_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/800/institui_o_programa_aguas_que_brotam_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Águas que Brotam" no âmbito do Município de Quatis e dá outras providências</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/830/dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/830/dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Cria o programa municipal de incentivo ao esporte e lazer e dá outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/831/regulamenta_no_municipio_de_quatis_o_ambito_de_atuacao_do_sistema_unico_de_assistencia_social_-_suas_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/831/regulamenta_no_municipio_de_quatis_o_ambito_de_atuacao_do_sistema_unico_de_assistencia_social_-_suas_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Regulamenta no município de Quatis, o âmbito de atuação do sistema único de assistência social - SUAS Quatis e dá outras providências.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_no017-22_-_dipoe_sobre_a_revisao_do_plano_municipal_de_saneamento_basico_-pmsb_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_no017-22_-_dipoe_sobre_a_revisao_do_plano_municipal_de_saneamento_basico_-pmsb_do_municipio_de_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dipõe sobre a revisão do plano municipal de saneamento básico - PMSB do município de Quatis, e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/893/projeto_de_lei_no018-22__-_institui_a_semana_municipal_do_brincar_em_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/893/projeto_de_lei_no018-22__-_institui_a_semana_municipal_do_brincar_em_quatis..pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal do brincar em Quatis.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/914/projeto_de_lei_no019-2022_altera_a_lei_municipal_no1.116_de_17_de_dezembro_de_2020_que_institui_a_carteira_de_identidade_funcional_dos_servidores_da_guarda_civil_municipal_de_quatis-rj.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/914/projeto_de_lei_no019-2022_altera_a_lei_municipal_no1.116_de_17_de_dezembro_de_2020_que_institui_a_carteira_de_identidade_funcional_dos_servidores_da_guarda_civil_municipal_de_quatis-rj.pdf</t>
   </si>
   <si>
     <t>Protejo de lei nº 019-2022 "Altera a lei municipal nº 1.116 de 17 de Dezembro de 2020 que, institui a carteira de identidade funcional dos servidores da guarda civil municipal de Quatis-RJ".</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/917/projeto_de_lei_020_institui_a_semana_municipal_das_juventudes_em_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/917/projeto_de_lei_020_institui_a_semana_municipal_das_juventudes_em_quatis..pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal das juventudes em Quatis.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/935/projeto_de_lei_n021-2022_renomeia_os_logradouros_localizados_no_p.a_irma_dorothy.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/935/projeto_de_lei_n021-2022_renomeia_os_logradouros_localizados_no_p.a_irma_dorothy.pdf</t>
   </si>
   <si>
     <t>Renomeia os logradouros localizados no P.A Irmã Dorothy.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/938/projeto_de_lei_n022-22_-_denomina_a_qudra_de_esporte_localizada_na_rua_alexandre_polastri_ao_lado_da_escola_victoria_em_quadra_esportiva_alcindo_jose_vieira_canil.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/938/projeto_de_lei_n022-22_-_denomina_a_qudra_de_esporte_localizada_na_rua_alexandre_polastri_ao_lado_da_escola_victoria_em_quadra_esportiva_alcindo_jose_vieira_canil.pdf</t>
   </si>
   <si>
     <t>Denomina a quadra de esporte localizada na rua Alexandre Polastri ao lado da escola Victoria em quadra esportiva Alcindo José Vieira Canil.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/937/projeto_de_lei_no_023-22_dispoe_sobre_a_fixacao_da_bolsa_auxilio_fornecida_aos_estagiarios_do_poder_executivo_do_municipio_de_quatis-rj.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/937/projeto_de_lei_no_023-22_dispoe_sobre_a_fixacao_da_bolsa_auxilio_fornecida_aos_estagiarios_do_poder_executivo_do_municipio_de_quatis-rj.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação da bolsa auxílio fornecida aos estagiários do poder Executivo do Município de Quatis-RJ.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/939/projeto_de_lei_024-2022_-_nomeia_o_logradouro_localizado_no_loteamento_terras_nobres..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/939/projeto_de_lei_024-2022_-_nomeia_o_logradouro_localizado_no_loteamento_terras_nobres..pdf</t>
   </si>
   <si>
     <t>Nomeia o Logradouro localizado no loteamento Terras Nobres.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/941/projeto_de_lei_025-22_-_ratifica_as_alteracoes_e_consolidacoes_do_protocolo_de_intencoes_e_estatuto_do_consorcio_intermunicipal_de_saude_da_regiao_medio_paraiba-cismepa..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/941/projeto_de_lei_025-22_-_ratifica_as_alteracoes_e_consolidacoes_do_protocolo_de_intencoes_e_estatuto_do_consorcio_intermunicipal_de_saude_da_regiao_medio_paraiba-cismepa..pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações e consolidações do protocolo de intenções e estatuto do consorcio intermunicipal de saúde da região medio paraíba-CISMEPA.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_026-22_estima_a_receita_e_fixa_a_despesa_do_municipio_de_quatis_para_o_exercicio_financeiro_de_2023_eda_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_026-22_estima_a_receita_e_fixa_a_despesa_do_municipio_de_quatis_para_o_exercicio_financeiro_de_2023_eda_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Quatis para o exercício financeiro de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_n027-22_-_declara_patrimonio_cultural_e_imaterial_do_povo_de_quatis_a_capoeira.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_n027-22_-_declara_patrimonio_cultural_e_imaterial_do_povo_de_quatis_a_capoeira.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMONIO CULTURAL E IMATERIAL DO POVO DE QUATIS A CAPOEIRA.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1031/projeto_de_lei_n030-2022_-_concede_abono_salarial_aos_servidores_da_camara_municipal_de_quatis_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1031/projeto_de_lei_n030-2022_-_concede_abono_salarial_aos_servidores_da_camara_municipal_de_quatis_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede abono salarial aos servidores da câmara municipal de Quatis e dá outras providências.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DE RISCOS E METAS FISCAIS E O ANEXO DE METAS E PRIORIDADES DA LEI DE DIRETRIZES ORÇAMENTARIAS LDO-2023, CONSTANTES ....</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1030/projeto_de_lei_n_032-2022_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_quatis_para_o_quadrienio_de_2022_a_2025..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1030/projeto_de_lei_n_032-2022_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_quatis_para_o_quadrienio_de_2022_a_2025..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do plano plurianual do município de Quatis para o quadriênio de 2022 a 2025.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_n033-22-_autoriza_o_intituto_de_previdencia_dos_servidores_publicos_do_municipio__de_quatis_a_adquirir_imovel_para_instalacao_de_sua_sede_propria..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_n033-22-_autoriza_o_intituto_de_previdencia_dos_servidores_publicos_do_municipio__de_quatis_a_adquirir_imovel_para_instalacao_de_sua_sede_propria..pdf</t>
   </si>
   <si>
     <t>Autoriza o instituto de previdência dos servidores públicos do município  de Quatis a adquirir imóvel para instalação de sua sede própria.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1048/altera_a_redacao_do_2_da_lei_n_1.214_de_21_de_dezembro_de_2021..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1048/altera_a_redacao_do_2_da_lei_n_1.214_de_21_de_dezembro_de_2021..pdf</t>
   </si>
   <si>
     <t>Altera a redação do §2° da lei n° 1.214 de 21 de dezembro de 2021.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/918/projeto_de_lei__complementar_no_001-22_revisa_o_estatuto_dos_servidores_do_municipio_de_quatis_e_da_outra_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/918/projeto_de_lei__complementar_no_001-22_revisa_o_estatuto_dos_servidores_do_municipio_de_quatis_e_da_outra_providencias..pdf</t>
   </si>
   <si>
     <t>Revisa o estatuto dos servidores do município de Quatis e dá outra providências.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/919/atualiza_os_vencimentos_dos_niveis_e_padroes_do_funcionalismo_do_executivo_publico_municipal_dispoe_sobre_vantagens_adicionais_gratificacoes_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/919/atualiza_os_vencimentos_dos_niveis_e_padroes_do_funcionalismo_do_executivo_publico_municipal_dispoe_sobre_vantagens_adicionais_gratificacoes_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Atualiza os vencimentos dos níveis e padrões do funcionalismo do Executivo publico municipal,  dispõe sobre vantagens, adicionais, gratificações e dá outras providências.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/936/projeto_de_lei_complementar_n_003-22_dispoe_sobre_o_codigo_de_conduta_disciplinar_da_guarda_civil_municipal_de_quatis_eda_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/936/projeto_de_lei_complementar_n_003-22_dispoe_sobre_o_codigo_de_conduta_disciplinar_da_guarda_civil_municipal_de_quatis_eda_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CÓDIGO DE CONDUTA DISCIPLINAR DA GUARDA CIVIL MUNICIPAL DE QUATIS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/971/projeto_de_lei_complementar_n004-2022_-_altera_a_lei_complemementar_n_009_de_19_de_agosto_de_2014_visando_adquar_o_piso_salarial_do_agente_.....pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/971/projeto_de_lei_complementar_n004-2022_-_altera_a_lei_complemementar_n_009_de_19_de_agosto_de_2014_visando_adquar_o_piso_salarial_do_agente_.....pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complemementar n°009 de 19 de agosto de 2014, visando adquar o piso salarial do agente comunitario de saúde e do agente de combate de endemias conforme o art. 198 e seus §§ da Constituição Federal e dá outras providências</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/974/plc_n005-22-_revisa_e_consolida_a_legislacao_referente_a_criacao_do_parque_natural_municpal_de_ribeirao_de_sao_joaquim_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/974/plc_n005-22-_revisa_e_consolida_a_legislacao_referente_a_criacao_do_parque_natural_municpal_de_ribeirao_de_sao_joaquim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>REVISA E CONSOLIDA A LEGISLAÇÃO REFERENTE À CRIAÇÃO DO PARQUE NATURAL MUNICIPAL DE RIBEIRÃO DE SÃO JOAQUIM E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/973/plc_-_n006-22_-_revisa_e_consolida_a_legislacao_referente_a_criacao_da_area_de_protecao_ambiental_carapia_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/973/plc_-_n006-22_-_revisa_e_consolida_a_legislacao_referente_a_criacao_da_area_de_protecao_ambiental_carapia_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>REVISA E CONSOLIDA A LEGISLAÇÃO REFERENTE A CRIAÇÃO DA ÁREA DE PROTEÇÃO AMBIENTAL CARAPIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/977/lei_complementar_n007-_dispoe_sobre_a_revisao_do_codigo_ambiental_no_municipio_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/977/lei_complementar_n007-_dispoe_sobre_a_revisao_do_codigo_ambiental_no_municipio_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do código ambiental no município e dá outras providências.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de regularização de obras e construções irregulares e/ou clandestinas no ...</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1028/projeto_de_lei_complementar_n009-22_-_institui_jo_programa_de_voluntariado_no_ambito_do_municipio_de_quatis_e_da_outras_providencias...pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1028/projeto_de_lei_complementar_n009-22_-_institui_jo_programa_de_voluntariado_no_ambito_do_municipio_de_quatis_e_da_outras_providencias...pdf</t>
   </si>
   <si>
     <t>Institui o programa de voluntariado no âmbito do município de Quatis e dá outras providências.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1033/lei_complementar_011.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1033/lei_complementar_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reforma na estrutura administrativa da câmara municipal de Quatis, estabelece as diretrizes, e dá outras providências.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_n012-2022_-_institui_o_programa_de_recuperacao_fiscal_no_municipio_de_quatis_-_fefis_quatis_2023_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_n012-2022_-_institui_o_programa_de_recuperacao_fiscal_no_municipio_de_quatis_-_fefis_quatis_2023_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação fiscal no município de Quatis - REFIS Quatis 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/794/altera_o_paragrafo_unico_do_artigo_53_da_lei_organica_do_municipio_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/794/altera_o_paragrafo_unico_do_artigo_53_da_lei_organica_do_municipio_de_quatis..pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do artigo 53 da Lei Orgânica do município de Quatis.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/795/altera_o_5o_do_artigo_20_da_lei_organica_do_municipio_de_quatis.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/795/altera_o_5o_do_artigo_20_da_lei_organica_do_municipio_de_quatis.pdf</t>
   </si>
   <si>
     <t>Altera o §5º do artigo 20 da lei Orgânica do Municipio de Quatis.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_emenda_a_lei_organica_n_007-22_-_altera_o_inciso_xxiii_do_artigo_19_da_lei_organica_municipal.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_emenda_a_lei_organica_n_007-22_-_altera_o_inciso_xxiii_do_artigo_19_da_lei_organica_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o inciso XXIII do artigo 19 da lei orgânica municipal.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/940/emenda_n006_ao__projeto_de_lei_n_013-2022_emenda_supressiva_e_aditiva_ao_projeto_de_lei_n013-2022.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/940/emenda_n006_ao__projeto_de_lei_n_013-2022_emenda_supressiva_e_aditiva_ao_projeto_de_lei_n013-2022.pdf</t>
   </si>
   <si>
     <t>Emenda supressiva e aditiva ao Projeto de Lei n°013-2022</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1036/substitutivoo.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1036/substitutivoo.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI COMPLEMENTAR N° 011/2022 QUE, DISPÕE SOBRE A REFORMA NA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS, ESTABELECE AS DIRETRIZES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4172,67 +4172,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao__verbal_008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_verbal_009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_verbal_010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/847/012-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/846/013-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/843/014-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/881/015-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/845/016-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/844/017-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/837/018-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_verbal_023-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_verbal_024-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_verbal_025-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_verbal_026-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_verbal_027-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_verbal_028-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_verbal_n_029.22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_verbal_n_030.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_verbal_n_031.22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_verbal_n_032.22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_nominal_034.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_nominal_035.22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_nominal_036.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_verbal_038.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/880/039-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/879/040-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_verbal_046_a_troca_do_tampao_de_esgoto_na_rua_salvador_barbosa_lima_em_frente_a_casa_no_154_bairro_mirandopolis..docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_verbal_047_a_manutencao_e_a_pinturra_de_todas_unidades_de_saude_do_nosso_municipio..docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_verbal_048_a_manutencao_do_calcamento_do_bairro_sao_jose_1__no_final_da_rau_4..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_verbal_049_a_retirada_do_entulho_na_elevatoria_no_bairro_alto_paraiso..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_verbal_050_providencie_placas_de_proibido_jojar_lixo..docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_verbal_051_a_manutencao_da_estrada_do_quilombo_de_santana_na_estrada_do_sitiante_nair_e_do_falecido_sargento..docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_verbal_052_a_retirada_de_entulho_na_rua_humberto_amaral_em_frente_a_casa_no_285..docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/camscanner_21-08-2023_09.44_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_verbal_062-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_verbal_n_063.22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_verbal_064_o_desentupimento_da_rede_de_esgoto_no_condominio_vista_verde_na_avenida_roberto_silveira..docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_verbal_065_o_desentupimento_de_esgoto_na_rua_iolanda_goncalves_da_cunha_em_frente_no_85_bairro_alto_paraiso..docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/878/066-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/877/067-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/849/068-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/876/069-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/848/070-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/850/071-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_verbal_083-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_verbal_088_a_manutencao_da_estrada_rural_do_atalho_quatis_vargem_grande..docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_verbal_089_a_retirada_de_entulho_do_bairro_sao_jose_1_todas_as_ruas..docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_verbal_090_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_1181_e_1191_bairro_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_verbal_091_a_retirada_de_entulho_da_rua_major_francisco_franco_em_frente_no_120_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_verbal_092_a_manutencao_na_rede_de_esgoto_no_final_da_rua_4_bairro_sao_jose_1..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/842/093-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_verbal_098_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_761_bairro_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_verbal_099_a_retirada_de_entulho_da_rua_boa_vista_em_frente_a_casa_no_100_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_verbal_100_o_aumento_de_5000_no_cartao_alimentacao_para_os_funcionarios_da_camara..docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/875/101-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/925/indicacao_verbal_108-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/926/indicacao_verbal_109-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_verbal_110_a_contratacao_de_monitor_para_onibus_de_transporte_dos_alunos_da_rede..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_verbal_111_que_averiguasse_o_horario_de_do_onibus_geracao_do_amanha..docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_verbal_112_a_atualizacao_da_pagina_dos_conselhos_do_site_da_prefeitura..docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_verbal_113_a_manutencao_do_ar_condicionado_na_clinica_da_familia..docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/874/117-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/873/118-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/872/119-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_verbal_122-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_verbal_123_tapa_buraco_em_frente_ao_posto_pilotos_no_centro..docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_verbal_124_uma_vistoria_na_residencia_da_dona_silvana_em_frente_ao_tunel_de_falcao..docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_verbal_125_a_retirada_de_resto_de_capina_ensacada_na_rua_capitao_fonseca_no_bairro_mirandopolis..docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/839/126-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_verbal_133-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_nominal_134.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_nominla_135.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_nominal_136.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_nominal_137.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_nominal_138.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_verbal_139_ainstalacao_de_duas_rampas_de_acessibilidade_do_lado_da_drogaria_retiro_e_da_mobiliaria_do_marcos_barcelos...docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_verbal_140_a_restauracao_da_iluminacao_da_praca_da_matriz..docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/832/141-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_verbal_148-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_verbal_149.22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_verbal_150_a_retirada_de_entulho_na_rua_victor_marcondes_sampaio..docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/833/153-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/840/154-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/841/155-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/834/156-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_158-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_verbal_159_o_recolhimento_de_um_cachorro_na_rua_olavo_de_castro_lobo_no_571_bondarovsky..docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/871/160-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/838/161-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/835/162-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/836/163-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/870/166-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/camscanner_21-08-2023_09.44.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_verbal_168_tapa_buraco_na_rua_major_francisco_franco_no_185_no_centro..docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_verbal_169_a_substituicao_de_uma_lampada_na_rua_major_eugenio_caetano_de_no_76..docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_verbal_170_tapa_buraco_na_rua_major_eugenio_caetano_no_centro..docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_verbal_171_a_poda_de_uma_arvore_na_rua_jaime_caetano_de_oliveira_no_no_250_no_lava-pes..docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_verbal_172_a_licitacao_de_exames_laboratorias..docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_verbal_174_que_voltasse_o_servico_de_capina_com_enxada_na_rua_jose_roberto_de_melo_faria..docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_verbal_175_a_contratacao_de_um_a_auxiliar_de_cozinha_na_escola_edmea..docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/857/177-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/856/178-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/869/179-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_180-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_verbal_181_tapa_buraco_na_rua_amelia_carvalho_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_verbal_182_tapa_buraco_na_rua_jose_roberto_de_melo_faria_no_centro..docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_verbal_183_a_iluminacao_na_antiga_rua_isaac_marcondes_sampaio_no_bairro_barrinha..docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/855/184-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/854/185-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/868/186-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/858/187-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/867/188-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/853/189-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_verbal_192_a_instalacao_da_luminaria_na_rua_22_em_frente_a_casa_149_no_bairro_bondarovsky.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_verbal_193_a_troca_das_lampadas_da_rua_5_no_bairro_nossa_senhora_do_rosario..docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_verbal_194_a_limpeza_na_rua_comndador_miranda_no_centro..docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_verbal_195_a_sujeira_na_calcada_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_verbal_196_a_poda_de_uma_arvore_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_verbal_197_a_instalacao_de_uma_luminaria_no_poste_da_rua_joao_batista_da_silva_no_bairro_barrinha..docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_200-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/814/indicacao_verbal_201_a_instalacao_de_2_registros_de_agua_no_bairro_ceu_azul..docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_verbal_202_a_pintura_da_cabeceira_da_ponte_da_biquinha_a_concretacao_e_a_iluminacao..docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_verbal_203_a_reforma_de_todos_os_parquinhos_e_a_intalacao_de_um_brinquedo_para_as_criancas_com_deficiencia..docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_verbal_204_que_estudasse_a_viabilidade_de_pocos_artesianos..docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/866/206-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/852/207-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_verbal_219_um_tapa_buraco_na_esquina_da_rua_olavo_de_castro_lobo_rua_humberto_amaral_no_bairro_bondarovsky..docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/865/220-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/864/221-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_226-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_verbal_231_que_estude_a_possibilidade_de_fazer_um_convenio_da_propria_secretaria_que_tem_o_cnpj_proprio_com_ciee..docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_verbal_232_que_instalasse_uma_nova_balsa_de_captacao_de_agua_do_rio_paraiba..docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/863/233-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/851/234-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/862/238-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/861/239-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/860/240-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_243-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_verbal_245_insira_no_concurso_publico_especialista_em_medicina_veterinaria..docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_verbal_246_desponibilize_embarque_e_desembarque_para_o_onibus_escolar_no_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_verbal_247_a_pintura_da_faixa_de_pedestre_em_frente_ao_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_verbal_248_a_vistoria_do_imovel_na_esquina_da_rua_delfim_froes_em_frente_ao_no_12..docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/859/249-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_verbal_252_o_tapa_buraco_nos_dois_conjuntos_das_casinhas_do_bairro_nossa_senhora_do_rosario..docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_verbal_253_aampliacao_de_aparelhos_de_ginasticas_ao_ar_livre_no_condominio_residencial_no_bairro_pilotos..docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_verbal_254_a_retirada_de_entulho_na_rua_ana_ferreira_de_oliveira_no_no_210_bairro_bondarosky..docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_verbal_255_a_substituicao_da_tampa_de_bueiro_na_rua_20_no_no_115_bairro_bondarosky..docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/980/257-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/981/258-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/982/259-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/camscanner_21-08-2023_09.43.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_verbal_269_o_tapa_buraco_na_rua_mario_de_oliveira_barros_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_verbal_270_a_manutencao_na_iluminacao_no_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/978/272-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/979/273-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_verbal_287_amanutencao_do_bueiro_na_rua_4_no_bairro_santo_antonio_em_frente_ao_no_13..docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/984/288-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/987/289-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_verbal_295_a_instalacao_de_uma_luminaria_na_rua_humberto_amaral_de_esquina_com_a_rua_ana_ferreira_de_oliveira_bondarovshy..docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_verbal_296_a_instalacao_de_um_quebra_molas_na_rua_humberto_amaral__bondarovshy..docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_verbal_297_a_disponibilizacao_de_cal_de_pintura_para_pintar_o_meio_fio_de_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_verbal_298_otapa_buraco_no_centro_da_cidade_de_quatis..docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/985/299-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/986/300-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/983/301-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/988/306-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/989/307-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/990/308-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_verbal_311-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_verbal_314_o_analise_de_uma_arvore_que_esta_caindo_na_rua_do_geraldo_tripeiro..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_verbal_315_que_fizesse_um_estudo_de_viabilidade_para_que_fosse_concedido_o_reajuste_salarial_para_os_estagiarios_da_prefeitura..docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1021/321-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/camscanner_21-08-2023_09.42.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_verbal_323-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/325-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/326-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1200/camscanner_21-08-2023_09.38.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/991/335-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/992/336-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1022/340-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/camscanner_21-08-2023_09.40.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1204/camscanner_21-08-2023_09.41.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1026/349-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_verbal_352-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/999/353-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/354-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/996/357-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/997/358-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/993/367-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/995/368-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/369-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/994/370-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1023/371-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1090/indicacao_verbal_374-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/camscanner_21-08-2023_09.39.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/998/383-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/395-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/396-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/397-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/401-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_verbal_405-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/406-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/408-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/414-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/418-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/420-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/422-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/423-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/426-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/430-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/454-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/460-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/461-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/462-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/463-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/467-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_verbal_468-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_verbal_469-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1041/472-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1037/475-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_verbal_479-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1040/481-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1039/482-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1038/483-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1045/498-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1046/499-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1047/500-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1044/504-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1042/506-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1043/507-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/733/855-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_verbal_218.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_verbal_227.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_verbal_256_que_faca_analise_da_agua_das_minas_da_telerj_e_a_mina_da_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_verbal_313_a_remocao_de_um_carro_abandonado_em_frente_a_feira_da_roca..docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_nominal_n362.2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_nominal_n363.2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_nominal_n364.2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/931/requerimento_021.2022_-_politicas_publicas_lgbt.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1209/camscanner_23-08-2023_09.38.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/camscanner_23-08-2023_09.27.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/camscanner_23-08-2023_09.28.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/camscanner_23-08-2023_09.29.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/camscanner_23-08-2023_09.29_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/camscanner_23-08-2023_09.30.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1214/camscanner_23-08-2023_09.32.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1213/camscanner_23-08-2023_09.33.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1212/camscanner_23-08-2023_09.34.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1211/camscanner_23-08-2023_09.36.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1210/camscanner_23-08-2023_09.37.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/749/projeto_de_resolucao-001_-_inclui_no_regime_interno_o_5o_ao_artigo_302_e_o_3o_ao_artigo_343_e_suprime_o_artigo_84..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1035/projetop_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_decreto_legislativo_no_001-22_dispoe_sobre_a_rejeicao_das_contas_do_ex-prefeito_senhor_raimundo_de_souza_referente_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/942/projeto_de_decreto_legislativo_n_003-22_-_concede_medalha_empresario_empreendedor_a_senhora_clea_gripp_campbell_gama..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/943/projeto_de_decreto_legislativo_n_004-22_-_concede_medalha_funcinaria_padrao_a_senhora_maria_das_gracas_de_oliveira_dionizio..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/944/projeto_de_decreto_legislativo_n_005-22_-_concede_medalha_professor_emerito_a_senhora_adriana_simoes_ferraz_ferrari..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/945/projeto_de_decreto_legislativo_n_006-22_-_concede_medalha_profissional_emerito_ao_senhor_luis_claudio_da_silva_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/946/projeto_de_decreto_legislativo_n_007-22_-_concede_medalha_faustino_pinheiro__a_senhora_luciene_da_conceicao_nascimento..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/947/projeto_de_decreto_legislativo_n_008-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marilea_campos_da_silva..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/948/projeto_de_decreto_legislativo_n_009-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marcilene_rita_cunha_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/949/projeto_de_decreto_legislativo_n010-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_santos_rio_verde_silva..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/950/projeto_de_decreto_legislativo_n011-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_de_almeida..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/951/projeto_de_decreto_legislativo_n012-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_diego_graciani_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/952/projeto_de_decreto_legislativo_n013-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_da_silva..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/953/projeto_de_decreto_legislativo_n014-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_honorio_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/954/projeto_de_decreto_legislativo_n015-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/955/projeto_de_decreto_legislativo_n016-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_adilson_fernades_da_silva..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/956/projeto_de_decreto_legislativo_n017-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_leandro_carvalho_de_sant_anna..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/957/projeto_de_decreto_legislativo_n018-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_roberto_do_rosario_duarte..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/958/projeto_de_decreto_legislativo_n019-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_silva_santos..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/959/projeto_de_decreto_legislativo_n020-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_de_morais..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/960/projeto_de_decreto_legislativo_n021-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_roberto_silva..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/961/projeto_de_decreto_legislativo_n022-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor__leonardo_carlos_lopes.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_decreto_legislativo_n023-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_thiago_pampolha_goncalves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_decreto_legislativo_n024-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_maria_da_penha_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_decreto_legislativo_n025-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_danielle__christian_ribeiro_barros..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_decreto_legislativo_n026-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_decreto_legislativo_n027-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_edna_de_fatima_da_silva_neves..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_decreto_legislativo_n028-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_marisa_moreira_de_azevedo_monteiro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_decreto_legislativo_n029-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_erinaldo_bezerra_ramos.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_decreto_legislativo_n030-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_decreto_legislativo_n031-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_henrique_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no001_-_altera_e_acrescenta_dispositivos_na_lei_no1075_que_dispoe_sobre_o_programa_geracao_do_amanha_transporte_para_estudantes_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_no002_-_dispoe_sobre_o_reajuste_do_piso_salarial_minimo_para_servidores_e_ocupantes_de_provimento_efetivo_e_em_comissao_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_no003_-_dispoe_sobre_a_remuneracao_e_os_vencimentos_dos_servidores_publico_efetivos_e_em_comissao_do_poder_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_no_004-22_altera_o_artigo_3o_da_lei_municipal_no_784_de_28_de_junho_de_2012_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/798/dispoe_sobre_o_prazo_de_validade_do_laudo_medico_pericial_que_atesta_o_transtorno_do_especto_autista_tea_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_008-22_dispoe_sobre_normas_para_a_implantacao_e_compartilhamento_de_infraestrutura_de_suporte_e_de_telecomunicacoes.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/799/dispoe_sobre_revisao_geral_dos_salarios_dos_servidores_ocupantes_de_cargos_de_provimento_efetivo_cargos_em_comissao_contratos_temporarios_.....pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/915/projeto_de_lei_no010-22__institui_o_programa_de_apoio_ao_empreendedorismo_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/796/dispoe_sobre_a_revisao_geral_anual_dos_vencimentos_dos_servidores_do_poder_legislativo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/797/dispoe_sobre_a_revisao_geral_anual_dos_subsidios_dos_vereadores_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/800/institui_o_programa_aguas_que_brotam_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/830/dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/831/regulamenta_no_municipio_de_quatis_o_ambito_de_atuacao_do_sistema_unico_de_assistencia_social_-_suas_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_no017-22_-_dipoe_sobre_a_revisao_do_plano_municipal_de_saneamento_basico_-pmsb_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/893/projeto_de_lei_no018-22__-_institui_a_semana_municipal_do_brincar_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/914/projeto_de_lei_no019-2022_altera_a_lei_municipal_no1.116_de_17_de_dezembro_de_2020_que_institui_a_carteira_de_identidade_funcional_dos_servidores_da_guarda_civil_municipal_de_quatis-rj.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/917/projeto_de_lei_020_institui_a_semana_municipal_das_juventudes_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/935/projeto_de_lei_n021-2022_renomeia_os_logradouros_localizados_no_p.a_irma_dorothy.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/938/projeto_de_lei_n022-22_-_denomina_a_qudra_de_esporte_localizada_na_rua_alexandre_polastri_ao_lado_da_escola_victoria_em_quadra_esportiva_alcindo_jose_vieira_canil.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/937/projeto_de_lei_no_023-22_dispoe_sobre_a_fixacao_da_bolsa_auxilio_fornecida_aos_estagiarios_do_poder_executivo_do_municipio_de_quatis-rj.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/939/projeto_de_lei_024-2022_-_nomeia_o_logradouro_localizado_no_loteamento_terras_nobres..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/941/projeto_de_lei_025-22_-_ratifica_as_alteracoes_e_consolidacoes_do_protocolo_de_intencoes_e_estatuto_do_consorcio_intermunicipal_de_saude_da_regiao_medio_paraiba-cismepa..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_026-22_estima_a_receita_e_fixa_a_despesa_do_municipio_de_quatis_para_o_exercicio_financeiro_de_2023_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_n027-22_-_declara_patrimonio_cultural_e_imaterial_do_povo_de_quatis_a_capoeira.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1031/projeto_de_lei_n030-2022_-_concede_abono_salarial_aos_servidores_da_camara_municipal_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1030/projeto_de_lei_n_032-2022_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_quatis_para_o_quadrienio_de_2022_a_2025..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_n033-22-_autoriza_o_intituto_de_previdencia_dos_servidores_publicos_do_municipio__de_quatis_a_adquirir_imovel_para_instalacao_de_sua_sede_propria..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1048/altera_a_redacao_do_2_da_lei_n_1.214_de_21_de_dezembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/918/projeto_de_lei__complementar_no_001-22_revisa_o_estatuto_dos_servidores_do_municipio_de_quatis_e_da_outra_providencias..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/919/atualiza_os_vencimentos_dos_niveis_e_padroes_do_funcionalismo_do_executivo_publico_municipal_dispoe_sobre_vantagens_adicionais_gratificacoes_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/936/projeto_de_lei_complementar_n_003-22_dispoe_sobre_o_codigo_de_conduta_disciplinar_da_guarda_civil_municipal_de_quatis_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/971/projeto_de_lei_complementar_n004-2022_-_altera_a_lei_complemementar_n_009_de_19_de_agosto_de_2014_visando_adquar_o_piso_salarial_do_agente_.....pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/974/plc_n005-22-_revisa_e_consolida_a_legislacao_referente_a_criacao_do_parque_natural_municpal_de_ribeirao_de_sao_joaquim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/973/plc_-_n006-22_-_revisa_e_consolida_a_legislacao_referente_a_criacao_da_area_de_protecao_ambiental_carapia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/977/lei_complementar_n007-_dispoe_sobre_a_revisao_do_codigo_ambiental_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1028/projeto_de_lei_complementar_n009-22_-_institui_jo_programa_de_voluntariado_no_ambito_do_municipio_de_quatis_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1033/lei_complementar_011.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_n012-2022_-_institui_o_programa_de_recuperacao_fiscal_no_municipio_de_quatis_-_fefis_quatis_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/794/altera_o_paragrafo_unico_do_artigo_53_da_lei_organica_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/795/altera_o_5o_do_artigo_20_da_lei_organica_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_emenda_a_lei_organica_n_007-22_-_altera_o_inciso_xxiii_do_artigo_19_da_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/940/emenda_n006_ao__projeto_de_lei_n_013-2022_emenda_supressiva_e_aditiva_ao_projeto_de_lei_n013-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1036/substitutivoo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao__verbal_008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_verbal_009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_verbal_010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/847/012-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/846/013-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/843/014-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/881/015-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/845/016-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/844/017-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/837/018-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/890/indicacao_verbal_023-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/891/indicacao_verbal_024-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/892/indicacao_verbal_025-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/920/indicacao_verbal_026-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/921/indicacao_verbal_027-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/922/indicacao_verbal_028-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_verbal_n_029.22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_verbal_n_030.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_verbal_n_031.22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_verbal_n_032.22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_nominal_034.22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_nominal_035.22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_nominal_036.22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_verbal_038.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/880/039-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/879/040-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_verbal_046_a_troca_do_tampao_de_esgoto_na_rua_salvador_barbosa_lima_em_frente_a_casa_no_154_bairro_mirandopolis..docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_verbal_047_a_manutencao_e_a_pinturra_de_todas_unidades_de_saude_do_nosso_municipio..docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_verbal_048_a_manutencao_do_calcamento_do_bairro_sao_jose_1__no_final_da_rau_4..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_verbal_049_a_retirada_do_entulho_na_elevatoria_no_bairro_alto_paraiso..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_verbal_050_providencie_placas_de_proibido_jojar_lixo..docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_verbal_051_a_manutencao_da_estrada_do_quilombo_de_santana_na_estrada_do_sitiante_nair_e_do_falecido_sargento..docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_verbal_052_a_retirada_de_entulho_na_rua_humberto_amaral_em_frente_a_casa_no_285..docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/camscanner_21-08-2023_09.44_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/923/indicacao_verbal_062-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_verbal_n_063.22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_verbal_064_o_desentupimento_da_rede_de_esgoto_no_condominio_vista_verde_na_avenida_roberto_silveira..docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_verbal_065_o_desentupimento_de_esgoto_na_rua_iolanda_goncalves_da_cunha_em_frente_no_85_bairro_alto_paraiso..docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/878/066-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/877/067-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/849/068-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/876/069-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/848/070-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/850/071-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/924/indicacao_verbal_083-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_verbal_088_a_manutencao_da_estrada_rural_do_atalho_quatis_vargem_grande..docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_verbal_089_a_retirada_de_entulho_do_bairro_sao_jose_1_todas_as_ruas..docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_verbal_090_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_1181_e_1191_bairro_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_verbal_091_a_retirada_de_entulho_da_rua_major_francisco_franco_em_frente_no_120_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_verbal_092_a_manutencao_na_rede_de_esgoto_no_final_da_rua_4_bairro_sao_jose_1..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/842/093-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_verbal_098_a_retirada_de_entulho_da_rua_vereador_victor_marcondes_sampaio_em_frente_a_casa_no_761_bairro_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_verbal_099_a_retirada_de_entulho_da_rua_boa_vista_em_frente_a_casa_no_100_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_verbal_100_o_aumento_de_5000_no_cartao_alimentacao_para_os_funcionarios_da_camara..docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/875/101-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/925/indicacao_verbal_108-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/926/indicacao_verbal_109-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_verbal_110_a_contratacao_de_monitor_para_onibus_de_transporte_dos_alunos_da_rede..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_verbal_111_que_averiguasse_o_horario_de_do_onibus_geracao_do_amanha..docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_verbal_112_a_atualizacao_da_pagina_dos_conselhos_do_site_da_prefeitura..docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_verbal_113_a_manutencao_do_ar_condicionado_na_clinica_da_familia..docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/874/117-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/873/118-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/872/119-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/927/indicacao_verbal_122-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_verbal_123_tapa_buraco_em_frente_ao_posto_pilotos_no_centro..docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_verbal_124_uma_vistoria_na_residencia_da_dona_silvana_em_frente_ao_tunel_de_falcao..docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_verbal_125_a_retirada_de_resto_de_capina_ensacada_na_rua_capitao_fonseca_no_bairro_mirandopolis..docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/839/126-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_verbal_133-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_nominal_134.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_nominla_135.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_nominal_136.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_nominal_137.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_nominal_138.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/803/indicacao_verbal_139_ainstalacao_de_duas_rampas_de_acessibilidade_do_lado_da_drogaria_retiro_e_da_mobiliaria_do_marcos_barcelos...docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/804/indicacao_verbal_140_a_restauracao_da_iluminacao_da_praca_da_matriz..docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/832/141-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_verbal_148-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_verbal_149.22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/805/indicacao_verbal_150_a_retirada_de_entulho_na_rua_victor_marcondes_sampaio..docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/833/153-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/840/154-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/841/155-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/834/156-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_verbal_158-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/806/indicacao_verbal_159_o_recolhimento_de_um_cachorro_na_rua_olavo_de_castro_lobo_no_571_bondarovsky..docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/871/160-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/838/161-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/835/162-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/836/163-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/870/166-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/camscanner_21-08-2023_09.44.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/807/indicacao_verbal_168_tapa_buraco_na_rua_major_francisco_franco_no_185_no_centro..docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/808/indicacao_verbal_169_a_substituicao_de_uma_lampada_na_rua_major_eugenio_caetano_de_no_76..docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/809/indicacao_verbal_170_tapa_buraco_na_rua_major_eugenio_caetano_no_centro..docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/810/indicacao_verbal_171_a_poda_de_uma_arvore_na_rua_jaime_caetano_de_oliveira_no_no_250_no_lava-pes..docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/811/indicacao_verbal_172_a_licitacao_de_exames_laboratorias..docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/812/indicacao_verbal_174_que_voltasse_o_servico_de_capina_com_enxada_na_rua_jose_roberto_de_melo_faria..docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/813/indicacao_verbal_175_a_contratacao_de_um_a_auxiliar_de_cozinha_na_escola_edmea..docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/857/177-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/856/178-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/869/179-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_verbal_180-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/821/indicacao_verbal_181_tapa_buraco_na_rua_amelia_carvalho_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/822/indicacao_verbal_182_tapa_buraco_na_rua_jose_roberto_de_melo_faria_no_centro..docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/823/indicacao_verbal_183_a_iluminacao_na_antiga_rua_isaac_marcondes_sampaio_no_bairro_barrinha..docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/855/184-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/854/185-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/868/186-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/858/187-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/867/188-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/853/189-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/824/indicacao_verbal_192_a_instalacao_da_luminaria_na_rua_22_em_frente_a_casa_149_no_bairro_bondarovsky.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/825/indicacao_verbal_193_a_troca_das_lampadas_da_rua_5_no_bairro_nossa_senhora_do_rosario..docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/826/indicacao_verbal_194_a_limpeza_na_rua_comndador_miranda_no_centro..docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_verbal_195_a_sujeira_na_calcada_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_verbal_196_a_poda_de_uma_arvore_na_rua_antonio_polastri_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_verbal_197_a_instalacao_de_uma_luminaria_no_poste_da_rua_joao_batista_da_silva_no_bairro_barrinha..docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_verbal_200-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/814/indicacao_verbal_201_a_instalacao_de_2_registros_de_agua_no_bairro_ceu_azul..docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_verbal_202_a_pintura_da_cabeceira_da_ponte_da_biquinha_a_concretacao_e_a_iluminacao..docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/816/indicacao_verbal_203_a_reforma_de_todos_os_parquinhos_e_a_intalacao_de_um_brinquedo_para_as_criancas_com_deficiencia..docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/817/indicacao_verbal_204_que_estudasse_a_viabilidade_de_pocos_artesianos..docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/866/206-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/852/207-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/818/indicacao_verbal_219_um_tapa_buraco_na_esquina_da_rua_olavo_de_castro_lobo_rua_humberto_amaral_no_bairro_bondarovsky..docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/865/220-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/864/221-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/indicacao_verbal_226-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/819/indicacao_verbal_231_que_estude_a_possibilidade_de_fazer_um_convenio_da_propria_secretaria_que_tem_o_cnpj_proprio_com_ciee..docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/820/indicacao_verbal_232_que_instalasse_uma_nova_balsa_de_captacao_de_agua_do_rio_paraiba..docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/863/233-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/851/234-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/862/238-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/861/239-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/860/240-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/indicacao_verbal_243-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/895/indicacao_verbal_245_insira_no_concurso_publico_especialista_em_medicina_veterinaria..docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/896/indicacao_verbal_246_desponibilize_embarque_e_desembarque_para_o_onibus_escolar_no_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/897/indicacao_verbal_247_a_pintura_da_faixa_de_pedestre_em_frente_ao_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/898/indicacao_verbal_248_a_vistoria_do_imovel_na_esquina_da_rua_delfim_froes_em_frente_ao_no_12..docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/859/249-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/899/indicacao_verbal_252_o_tapa_buraco_nos_dois_conjuntos_das_casinhas_do_bairro_nossa_senhora_do_rosario..docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/900/indicacao_verbal_253_aampliacao_de_aparelhos_de_ginasticas_ao_ar_livre_no_condominio_residencial_no_bairro_pilotos..docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/901/indicacao_verbal_254_a_retirada_de_entulho_na_rua_ana_ferreira_de_oliveira_no_no_210_bairro_bondarosky..docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/902/indicacao_verbal_255_a_substituicao_da_tampa_de_bueiro_na_rua_20_no_no_115_bairro_bondarosky..docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/980/257-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/981/258-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/982/259-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/camscanner_21-08-2023_09.43.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/904/indicacao_verbal_269_o_tapa_buraco_na_rua_mario_de_oliveira_barros_no_bairro_jardim_polastri..docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_verbal_270_a_manutencao_na_iluminacao_no_colegio_maria_helena..docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/978/272-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/979/273-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_verbal_287_amanutencao_do_bueiro_na_rua_4_no_bairro_santo_antonio_em_frente_ao_no_13..docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/984/288-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/987/289-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_verbal_295_a_instalacao_de_uma_luminaria_na_rua_humberto_amaral_de_esquina_com_a_rua_ana_ferreira_de_oliveira_bondarovshy..docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_verbal_296_a_instalacao_de_um_quebra_molas_na_rua_humberto_amaral__bondarovshy..docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/909/indicacao_verbal_297_a_disponibilizacao_de_cal_de_pintura_para_pintar_o_meio_fio_de_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/910/indicacao_verbal_298_otapa_buraco_no_centro_da_cidade_de_quatis..docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/985/299-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/986/300-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/983/301-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/988/306-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/989/307-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/990/308-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/indicacao_verbal_311-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/912/indicacao_verbal_314_o_analise_de_uma_arvore_que_esta_caindo_na_rua_do_geraldo_tripeiro..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/913/indicacao_verbal_315_que_fizesse_um_estudo_de_viabilidade_para_que_fosse_concedido_o_reajuste_salarial_para_os_estagiarios_da_prefeitura..docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1021/321-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/camscanner_21-08-2023_09.42.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1088/indicacao_verbal_323-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/325-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/326-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1200/camscanner_21-08-2023_09.38.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/991/335-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/992/336-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1022/340-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/camscanner_21-08-2023_09.40.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1204/camscanner_21-08-2023_09.41.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1026/349-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1089/indicacao_verbal_352-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/999/353-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/354-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/996/357-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/997/358-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/993/367-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/995/368-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/369-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/994/370-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1023/371-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1090/indicacao_verbal_374-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/camscanner_21-08-2023_09.39.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/998/383-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/395-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/396-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/397-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/401-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1091/indicacao_verbal_405-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/406-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/408-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/414-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/418-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/420-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/422-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/423-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/426-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/430-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/454-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/460-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/461-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/462-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/463-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/467-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1092/indicacao_verbal_468-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1093/indicacao_verbal_469-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1041/472-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1037/475-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_verbal_479-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1040/481-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1039/482-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1038/483-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1045/498-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1046/499-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1047/500-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1044/504-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1042/506-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1043/507-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/733/855-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/801/indicacao_verbal_218.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/802/indicacao_verbal_227.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_verbal_256_que_faca_analise_da_agua_das_minas_da_telerj_e_a_mina_da_agua_espraiada..docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/911/indicacao_verbal_313_a_remocao_de_um_carro_abandonado_em_frente_a_feira_da_roca..docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_nominal_n362.2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_nominal_n363.2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/934/indicacao_nominal_n364.2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/931/requerimento_021.2022_-_politicas_publicas_lgbt.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1209/camscanner_23-08-2023_09.38.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/camscanner_23-08-2023_09.27.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/camscanner_23-08-2023_09.28.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/camscanner_23-08-2023_09.29.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/camscanner_23-08-2023_09.29_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/camscanner_23-08-2023_09.30.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1214/camscanner_23-08-2023_09.32.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1213/camscanner_23-08-2023_09.33.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1212/camscanner_23-08-2023_09.34.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1211/camscanner_23-08-2023_09.36.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1210/camscanner_23-08-2023_09.37.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/749/projeto_de_resolucao-001_-_inclui_no_regime_interno_o_5o_ao_artigo_302_e_o_3o_ao_artigo_343_e_suprime_o_artigo_84..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1035/projetop_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/765/projeto_decreto_legislativo_no_001-22_dispoe_sobre_a_rejeicao_das_contas_do_ex-prefeito_senhor_raimundo_de_souza_referente_ao_exercicio_de_2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/942/projeto_de_decreto_legislativo_n_003-22_-_concede_medalha_empresario_empreendedor_a_senhora_clea_gripp_campbell_gama..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/943/projeto_de_decreto_legislativo_n_004-22_-_concede_medalha_funcinaria_padrao_a_senhora_maria_das_gracas_de_oliveira_dionizio..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/944/projeto_de_decreto_legislativo_n_005-22_-_concede_medalha_professor_emerito_a_senhora_adriana_simoes_ferraz_ferrari..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/945/projeto_de_decreto_legislativo_n_006-22_-_concede_medalha_profissional_emerito_ao_senhor_luis_claudio_da_silva_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/946/projeto_de_decreto_legislativo_n_007-22_-_concede_medalha_faustino_pinheiro__a_senhora_luciene_da_conceicao_nascimento..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/947/projeto_de_decreto_legislativo_n_008-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marilea_campos_da_silva..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/948/projeto_de_decreto_legislativo_n_009-22_-_concede_o_titulo_de_cidadao_quatiense_a_senhora_marcilene_rita_cunha_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/949/projeto_de_decreto_legislativo_n010-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_santos_rio_verde_silva..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/950/projeto_de_decreto_legislativo_n011-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_de_almeida..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/951/projeto_de_decreto_legislativo_n012-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_diego_graciani_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/952/projeto_de_decreto_legislativo_n013-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_da_silva..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/953/projeto_de_decreto_legislativo_n014-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_honorio_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/954/projeto_de_decreto_legislativo_n015-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_luciano_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/955/projeto_de_decreto_legislativo_n016-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_adilson_fernades_da_silva..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/956/projeto_de_decreto_legislativo_n017-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_leandro_carvalho_de_sant_anna..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/957/projeto_de_decreto_legislativo_n018-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_roberto_do_rosario_duarte..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/958/projeto_de_decreto_legislativo_n019-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_luiz_silva_santos..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/959/projeto_de_decreto_legislativo_n020-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_francisco_antonio_de_morais..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/960/projeto_de_decreto_legislativo_n021-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_roberto_silva..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/961/projeto_de_decreto_legislativo_n022-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor__leonardo_carlos_lopes.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/962/projeto_de_decreto_legislativo_n023-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_thiago_pampolha_goncalves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_decreto_legislativo_n024-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_maria_da_penha_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_decreto_legislativo_n025-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_danielle__christian_ribeiro_barros..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_decreto_legislativo_n026-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_roberta_adriana_campos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_decreto_legislativo_n027-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_edna_de_fatima_da_silva_neves..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_decreto_legislativo_n028-22_-_concede_titulo_de_cidadao_quatiense_a_senhora_marisa_moreira_de_azevedo_monteiro.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_decreto_legislativo_n029-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_erinaldo_bezerra_ramos.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_decreto_legislativo_n030-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_decreto_legislativo_n031-22_-_concede_titulo_de_cidadao_quatiense_ao_senhor_carlos_henrique_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/739/projeto_de_lei_no001_-_altera_e_acrescenta_dispositivos_na_lei_no1075_que_dispoe_sobre_o_programa_geracao_do_amanha_transporte_para_estudantes_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/740/projeto_de_lei_no002_-_dispoe_sobre_o_reajuste_do_piso_salarial_minimo_para_servidores_e_ocupantes_de_provimento_efetivo_e_em_comissao_da_pmq.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/741/projeto_de_lei_no003_-_dispoe_sobre_a_remuneracao_e_os_vencimentos_dos_servidores_publico_efetivos_e_em_comissao_do_poder_legislativo_municipal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/750/projeto_de_lei_no_004-22_altera_o_artigo_3o_da_lei_municipal_no_784_de_28_de_junho_de_2012_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/798/dispoe_sobre_o_prazo_de_validade_do_laudo_medico_pericial_que_atesta_o_transtorno_do_especto_autista_tea_no_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/790/projeto_de_lei_no_008-22_dispoe_sobre_normas_para_a_implantacao_e_compartilhamento_de_infraestrutura_de_suporte_e_de_telecomunicacoes.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/799/dispoe_sobre_revisao_geral_dos_salarios_dos_servidores_ocupantes_de_cargos_de_provimento_efetivo_cargos_em_comissao_contratos_temporarios_.....pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/915/projeto_de_lei_no010-22__institui_o_programa_de_apoio_ao_empreendedorismo_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/796/dispoe_sobre_a_revisao_geral_anual_dos_vencimentos_dos_servidores_do_poder_legislativo_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/797/dispoe_sobre_a_revisao_geral_anual_dos_subsidios_dos_vereadores_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/800/institui_o_programa_aguas_que_brotam_no_ambito_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/830/dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/831/regulamenta_no_municipio_de_quatis_o_ambito_de_atuacao_do_sistema_unico_de_assistencia_social_-_suas_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_no017-22_-_dipoe_sobre_a_revisao_do_plano_municipal_de_saneamento_basico_-pmsb_do_municipio_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/893/projeto_de_lei_no018-22__-_institui_a_semana_municipal_do_brincar_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/914/projeto_de_lei_no019-2022_altera_a_lei_municipal_no1.116_de_17_de_dezembro_de_2020_que_institui_a_carteira_de_identidade_funcional_dos_servidores_da_guarda_civil_municipal_de_quatis-rj.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/917/projeto_de_lei_020_institui_a_semana_municipal_das_juventudes_em_quatis..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/935/projeto_de_lei_n021-2022_renomeia_os_logradouros_localizados_no_p.a_irma_dorothy.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/938/projeto_de_lei_n022-22_-_denomina_a_qudra_de_esporte_localizada_na_rua_alexandre_polastri_ao_lado_da_escola_victoria_em_quadra_esportiva_alcindo_jose_vieira_canil.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/937/projeto_de_lei_no_023-22_dispoe_sobre_a_fixacao_da_bolsa_auxilio_fornecida_aos_estagiarios_do_poder_executivo_do_municipio_de_quatis-rj.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/939/projeto_de_lei_024-2022_-_nomeia_o_logradouro_localizado_no_loteamento_terras_nobres..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/941/projeto_de_lei_025-22_-_ratifica_as_alteracoes_e_consolidacoes_do_protocolo_de_intencoes_e_estatuto_do_consorcio_intermunicipal_de_saude_da_regiao_medio_paraiba-cismepa..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_026-22_estima_a_receita_e_fixa_a_despesa_do_municipio_de_quatis_para_o_exercicio_financeiro_de_2023_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/975/projeto_de_lei_n027-22_-_declara_patrimonio_cultural_e_imaterial_do_povo_de_quatis_a_capoeira.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1031/projeto_de_lei_n030-2022_-_concede_abono_salarial_aos_servidores_da_camara_municipal_de_quatis_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1030/projeto_de_lei_n_032-2022_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_quatis_para_o_quadrienio_de_2022_a_2025..pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1032/projeto_de_lei_n033-22-_autoriza_o_intituto_de_previdencia_dos_servidores_publicos_do_municipio__de_quatis_a_adquirir_imovel_para_instalacao_de_sua_sede_propria..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1048/altera_a_redacao_do_2_da_lei_n_1.214_de_21_de_dezembro_de_2021..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/918/projeto_de_lei__complementar_no_001-22_revisa_o_estatuto_dos_servidores_do_municipio_de_quatis_e_da_outra_providencias..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/919/atualiza_os_vencimentos_dos_niveis_e_padroes_do_funcionalismo_do_executivo_publico_municipal_dispoe_sobre_vantagens_adicionais_gratificacoes_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/936/projeto_de_lei_complementar_n_003-22_dispoe_sobre_o_codigo_de_conduta_disciplinar_da_guarda_civil_municipal_de_quatis_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/971/projeto_de_lei_complementar_n004-2022_-_altera_a_lei_complemementar_n_009_de_19_de_agosto_de_2014_visando_adquar_o_piso_salarial_do_agente_.....pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/974/plc_n005-22-_revisa_e_consolida_a_legislacao_referente_a_criacao_do_parque_natural_municpal_de_ribeirao_de_sao_joaquim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/973/plc_-_n006-22_-_revisa_e_consolida_a_legislacao_referente_a_criacao_da_area_de_protecao_ambiental_carapia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/977/lei_complementar_n007-_dispoe_sobre_a_revisao_do_codigo_ambiental_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1028/projeto_de_lei_complementar_n009-22_-_institui_jo_programa_de_voluntariado_no_ambito_do_municipio_de_quatis_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1033/lei_complementar_011.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1034/projeto_de_lei_complementar_n012-2022_-_institui_o_programa_de_recuperacao_fiscal_no_municipio_de_quatis_-_fefis_quatis_2023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/794/altera_o_paragrafo_unico_do_artigo_53_da_lei_organica_do_municipio_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/795/altera_o_5o_do_artigo_20_da_lei_organica_do_municipio_de_quatis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_emenda_a_lei_organica_n_007-22_-_altera_o_inciso_xxiii_do_artigo_19_da_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/940/emenda_n006_ao__projeto_de_lei_n_013-2022_emenda_supressiva_e_aditiva_ao_projeto_de_lei_n013-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2022/1036/substitutivoo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H332"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="248.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="247.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>