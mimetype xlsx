--- v0 (2025-12-04)
+++ v1 (2026-03-14)
@@ -54,6999 +54,6999 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Nildinho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_001-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal a retirada de ponto de ônibus da Rua Nossa Senhora do Rosário, 219, Bairro Centro.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/61/ind_002.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/61/ind_002.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BUEIRO NA RUA DELFIM FROIZ N°80 CENTRO-QUATIS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/69/ind_003.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/69/ind_003.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  INSTALAÇÃO DE UMA ÁREA DE LAZER NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/68/ind_004.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/68/ind_004.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  A REFORMA DO CAMPO TERREIRÃO NO BAIRRO JARDIM INDEPEDÊNCIA.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Alex D'Elias</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/560/05.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/560/05.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SEJA UTILIZADO O ESPAÇO DO QUIOSQUE NA PRAÇA TEIXEIRA BRANDÃO</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/561/006_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/561/006_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SEJA UTILIZADO O ESPAÇO DA ESTAÇÃO.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/562/007_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/562/007_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SEJA REQUERIDO O CEP DAS RUAS DO BAIRRO SÃO JOSÉ</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/563/008_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/563/008_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SEJA FEITA A COMPRA DE UM GERADOR,  PARA CASA DA CRIANÇA</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/70/ind_013.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/70/ind_013.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO NO BAIRRO NOSSA SENHORA DO ROSÁRIO,RUA B N° 30 .</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/71/ind_014-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/71/ind_014-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO NO BAIRRO NOSSA SENHORA DO ROSÁRIO,RUA B N° 28 .</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_015_ao_orgao_competente_o_remanejamento_dos_produtos_raticida_e_moluscida_considerados_nocivos..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_015_ao_orgao_competente_o_remanejamento_dos_produtos_raticida_e_moluscida_considerados_nocivos..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL AO ÓRGÃO COMPETENTE O REMANEJAMENTO DOS PRODUTOS: RATICIDA E MOLUSCIDA CONSIDERADOS NOCIVOS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_016__ao_orgao_competente_a_criacao_do_sistema_municipal_de__cultura_de_quatis_smcq..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_016__ao_orgao_competente_a_criacao_do_sistema_municipal_de__cultura_de_quatis_smcq..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL AO ÓRGÃO COMPETENTE A CRIAÇÃO DO SISTEMA MUNICIPAL DE CULTURA DE QUATIS (SMCQ).</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_17_a_criacao_do_cnpjconta_e_regularizacao_dos_fundos__seguintes_conselho_municipal_dos_direitos_da_crianca_e_adolescente_cmdca_conselho_municipal_dos_direitos_da_pessoa_idosa_cmdpi_e_consel.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_17_a_criacao_do_cnpjconta_e_regularizacao_dos_fundos__seguintes_conselho_municipal_dos_direitos_da_crianca_e_adolescente_cmdca_conselho_municipal_dos_direitos_da_pessoa_idosa_cmdpi_e_consel.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CRIAÇÃO DO CNPJ/CONTA E REGULARIZAÇÃO DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTES (CMDCA).</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_018-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_018-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL COLOCAÇÃO DE POSTE DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_019-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_019-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE BUEIRO.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_020-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_020-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL VIABILIDADE DE ELABORAÇÃO DE PROJETO DE LEI ESPECÍFICA DE GRATIFICAÇÃO DE DIFÍCIL ACESSO PARA SERVIDORES DAS FUNÇÕES DE APOIO ADMINISTRATIVO DA EDUCAÇÃO QUE ATUAM EM ESCOLAS DA ZONA RURAL.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Fernando Maninho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/56/021-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/56/021-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE AUMENTAR O RESERVATÓRIO DE ÁGUA EM JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/57/022-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/57/022-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REFORMA DO POSTO DE SAÚDE DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/272/023-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/272/023-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO DA TRAVESSA D E TRAVESSA C, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/271/024-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/271/024-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/270/025-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/270/025-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL_x000D_
 A INTERVENÇÃO JUNTO A CIA LIGHT, A INSTALAÇÃO DE REDE ELÉTRICA, NA SERVIDÃO MARCELINO SIDÉRIO, ANTIGO “VALÃO”.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/269/026-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/269/026-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL_x000D_
 QUE ESTUDE A POSSIBILIDADE DE ASFALTAMENTO OU A COLOCAÇÃO DE BLOQUETE NA RUA CARLOS INÁCIO DA SILVA, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/268/027-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/268/027-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL_x000D_
 A LIMPEZA GERAL COM ROÇADA E CAPINA E QUE ESTUDE A POSSIBILIDADE DE ASFALTAMENTO OU O CALÇAMENTO COM BLOQUETE NA RUA FLIZOLINA DE BARROS, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/267/028-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/267/028-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA ESTUDADA A POSSIBILIDADE E TOMADAS AS PROVIDÊNCIAS PARA A IMPLANTAÇÃO DE UMA FARMÁCIA 24H HORAS FUNCIONANDO 7 (SETE) DIAS POR SEMANA, ANEXA OU DENTRO DO HOSPITAL SÃO LUCAS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/266/030-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/266/030-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA RAMPA DE ACESSO PARA PESSOAS COM DIFICULDADE DE LOCOMOÇÃO NO PRÉDIO DA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_verbal_033-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_verbal_033-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL a RETIRADA DE ENTULHO NA RUA VANDERLINO TEIXEIRA LEITE SITUADA NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/573/034_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/573/034_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL REFORMA E MANUTENÇÃO DA BALSA, SITUADA NO RIO PARAIBA DO SUL E INSTALAÇÃO DE GERADOR NA MESMA.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/284/036-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/284/036-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A ROÇADA DA RJ 159 ATÉ O DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/132/037-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/132/037-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DE TAMPA DE UM BUEIRO AO LADO DA RESIDÊNCIA DE Nº 12, NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/282/038-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/282/038-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A PINTURA DE DUAS FAIXAS ELEVADAS NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, PERTO DA ANTIGA ESTAÇÃO E OUTRA PERTO DO SUPERMERCADO CEREAIS, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/281/039-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/281/039-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DE UMA FAIXA DE PEDESTRE NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, Nº 681 NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/279/040-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/279/040-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO E REPARO DE DOIS BURACOS NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, AO LADO DO PONTO DE ÔNIBUS DA ANTIGA ESTAÇÃO E O OUTRO UM POUCO ACIMA DA RESIDÊNCIA DE Nº 12, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Maria Rosa</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_verbal_n._41_dia_02.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_verbal_n._41_dia_02.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A INSTALAÇÃO DE QUEBRA MOLAS NAS RUAS: DR. CARLOS HAASSIS, DR . OMAR DE OLIVEIRA BARROS E DESEMBARGADOR ACASIO  ARAGÃO , NO BAIRRO JARDIM POLASTRI, QUATIS – RJ.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_verb._042.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_verb._042.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARCERIA DO PROGRAMA RIO SEM LGBTFOBIA.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_verb.__043.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_verb.__043.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ARTICULAÇÃO COM A POLÍCIA MILITAR MEDIDAS EDUCATIVAS E FISCALIZATORIAS REFERENTE AOS ESCAPAMENTOS ADULTERADOS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/112/ind_verbal_044.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/112/ind_verbal_044.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A LIMPEZA E A CAPINA DO CAMPINHO DE FUTEBOL DO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_verbal_052-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_verbal_052-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_verbal_053-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_verbal_053-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A COSNTRUÇÃO DE UMA PASSARELA.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/574/054_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/574/054_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL VISTÓRIA E MANUTENÇÃO DA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/575/055_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/575/055_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL VISTÓRIA E MANUTENÇÃO DA REDE DE ESGOTO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/133/056-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/133/056-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO E INSTALAÇÃO DE UM AR-CONDICIONADO NA SALA DE VACINA NA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/134/057-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/134/057-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO UMA MANUTENÇÃO E REPARO NA ESTRUTURA DA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO DO JARDIM POLASTRI, PARA O CONSERTO DE JANELAS PORTAS, PINTURAS E INFILTRAÇÃO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/135/058-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/135/058-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSTALAÇÃO DE UMA LINHA TELEFÔNICA NA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/136/059-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/136/059-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COMPRA DE UMA IMPRESSORA E UM FORNO MICRO-ONDAS PARA A UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/137/060-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/137/060-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM AUTOCLAVE, APARELHO QUE É UTILIZADO PARA ESTERILIZAR OS MATERIAIS QUE É USADO PARA FAZER CURATIVOS NOS PACIENTES NA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/138/061-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/138/061-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO COM URGÊNCIA DE UM MÉDICO CLÍNICO GERAL PARA FAZER O ATENDIMENTO NA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/139/062-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/139/062-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM TOLDO NA ENTRADA DA UNIDADE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI, PARA ABRIGAR OS PACIENTES QUE AGUARDAM ATENDIMENTO.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/140/063-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/140/063-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTALAR UMA REDE ELÉTRICA NA UNIDADE DE SAÚDE ESF IV CONSELHEIRA NEUZA PACHECO, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/141/064-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/141/064-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E PINTURA DE MEIOS-FIOS NO BAIRRO SANTA BARBARA.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/142/065-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/142/065-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A OPERAÇÃO TAPA-BURACOS NA RUA ANTÔNIO OLÍMPIO DE SOUZA, ANTIGA RUA D, NO BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/285/066-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/285/066-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 3 QUEBRA-MOLAS, COM AS DEVIDAS SINALIZAÇÕES, RUA E PRÓXIMO AO Nº 159, RUA F PRÓXIMO AO Nº 108 E RUA ANTÔNIO OLÍMPIO DE SOUZA, PRÓXIMO AO Nº 152, ANTIGA RUA D, BAIRRO SANTA BARBARA.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/143/067-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/143/067-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA GALERIA, NA RUA 24 DE AGOSTO, PRÓXIMO AO Nº 10, BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/144/068-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/144/068-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA GALERIA, NA RUA AUGUSTO ESVERBERI, PRÓXIMO AO Nº 75, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/145/069-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/145/069-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA GALERIA, NA RUA IDELFONSO PEREIRA, ANTIGA RUA A, BAIRRO SANTA BARBARA.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/146/070-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/146/070-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O RECAPEAMENTO DA RUA JOSÉ SOLTO, BAIRRO BONDAROVISKY.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_verbal_n._71_dia_04.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_verbal_n._71_dia_04.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A LIMPEZA DA PRAÇA LEONTINA MARCONDES SAMPAIO , AO LADO DA ESCOLA MUNICIPAL VICTORIA PRAZERES , NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_verb._072.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_verb._072.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DO PLANO MUNICIPAL DE POLÍTICAS DESPORTIVAS.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_073.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_073.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM  PROGRAMA VOLTADO A QUALIDADE DE VIDA DAS PESSOAS IDOSAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_verb._074.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_verb._074.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DO CONSELHO MUNICIPAL DE JUVENTUDE E INSERÇÃO DO NOME “JUVENTUDE” EM ALGUMA PASTA DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/114/ind_verbal_076.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/114/ind_verbal_076.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  UM GUARDA MUNICIPAL PARA A QUADRA POLIESPORTIVA DO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/113/ind_verbal_077.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/113/ind_verbal_077.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  QUE SE AVERIGUE UM POSTE DE ILUMINAÇÃO NA RUA MAJOR EUGÊNIO CAETANO,162 BAIRRO BIQUINHA.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/564/078_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/564/078_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SEJA FEITA A INSTALAÇÃO DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/565/079_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/565/079_2021.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_084-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_084-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE GRADE DE PROTEÇÃO NA PONTE.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/74/ind_085.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/74/ind_085.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL O ASFALTAMENTO DE NO MINIMO DE 2 KM NO FINAL DO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/72/ind_086.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/72/ind_086.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL ASFALTAMENTO NO BOM RETIRO QUE LIGA QUATIS A PONTE NOVA.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/73/ind_087.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/73/ind_087.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  UMA AMBULÂNCIA 24 HRS,DE MAIS UM MÉDICO E DE MAIS UMA ENFERMEIRA PARA   A CLÍNICA DA FAMÍLIA NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/75/ind_088.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/75/ind_088.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL   SOLICITO   A   CONSTRUÇÃO DE UMA PONTE NO BAIRRO SANTA BÁRBARA QUE LIGA A ESTRADA QUATIS GLICÉRIO.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/566/089_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/566/089_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ELABORAÇÃO E A IMPLANTAÇÃO DE HIDROTERAPIA PARA CRIANÇAS PORTADORAS COM NECESSIDADES ESPECIAIS, NO CONTRA- TURNO ESCOLAR.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_verbal_093-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_verbal_093-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PADRONIZAÇÃO DOS QUEBRA- MOLAS EM   TODAS AS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_verbal_094-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_verbal_094-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PATRULHA DA GUARDA MUNICIPAL NA CAPACITAÇÃO DO LIMA SITUADO NO BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/576/095_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/576/095_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PODA DAS ÁRVORES DA PRAÇA TEIXEIRA BRANDÃO E A PRAÇA DOS EXPEDICIONÁRIOS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/577/096_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/577/096_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL VAGAS DE ESTACIONAMENTO DESTINADAS AS PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/147/097-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/147/097-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 2 QUEBRA-MOLAS, COM AS DEVIDAS SINALIZAÇÕES, NA RUA CARLOS INÁCIO DA SILVA, PRÓXIMO AO Nº 310 E OUTRO PRÓXIMO AO Nº 326, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/286/098-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/286/098-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA ÁREA DE LAZER, COM INSTALAÇÃO DE BRINQUEDOS INFANTIL PARA AS CRIANÇAS DO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/148/099-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/148/099-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DE TODOS OS QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/289/100-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/289/100-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A PODA DAS ÁRVORES NA RUA CARLOS INÁCIO DA SILVA, EM FRENTE A CASA DA DONA GALDINA, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/287/101-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/287/101-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE FAÇA A MANUTENÇÃO COM ROÇADA, PASSAGEM DE MÁQUINA, CORTE DE ÁGUA E COLOCAÇÃO DE ESCÓRIA NA ESTRADA QUE LIGA A COMUNIDADE DE JOAQUIM LEITE A RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/149/102-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/149/102-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM QUEBRA-MOLA COM A DEVIDA SINALIZAÇÃO NA COMUNIDADE DE JOAQUIM LEITE PRÓXIMO AO Nº 14014.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/150/103-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/150/103-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA LUMINÁRIA NA ENTRADA DA COMUNIDADE DE JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/104-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/104-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A LIMPEZA GERAL COM ROÇADA, CAPINA E RETIRADA DE ENTULHOS NA COMUNIDADE DE JOAQUIM LEITE E QUE ESTUDE A POSSIBILIDADE DE MONTAR UM CRONOGRAMA PARA QUE ESSA LIMPEZA SEJA REALIZADA DE 15 EM 15 DIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/288/105-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/288/105-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO E INSTALAÇÃO DE UMA LIXEIRA COLETIVA NA COMUNIDADE DE JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/283/106-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/283/106-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A PODA E CORTE DE UMA ÁRVORE EM FRENTE AO Nº 34, NA COMUNIDADE DE JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/280/107-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/280/107-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA ANÁLISE NA ÁGUA QUE É DISTRIBUÍDA PARA OS MORADORES DA COMUNIDADE DE JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_verbal_n._108_dia_09.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_verbal_n._108_dia_09.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE O PROLONGAMENTO DO MANILHAMENTO OU A CONSTRUÇÃO DE GALERIA LIGANDO A EXTREMIDADE DA OBRA JÁ CONCLUÍDA ATÉ A ALTURA DA REFERIDA ANTIGA POLICLÍNICA , DO CÓRREGO DO BAIRRO JARDIM POLASTRI QUE PERFAZ UM CAMINHO ENTRE A ANTIGA POLICLÍNICA DA PMQ E FINDA-SE PRÓXIMO DA OFICINA QUATRO RODAS E MACOPIL MATERIAIS DE CONSTRUÇÃO, VINDO BENEFICIAR VÁRIOS MORADORES AO LARGO DESSE CÓRREGO BEM COMO OS VISITANTES DA FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/318/109-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/318/109-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MELHORIA DA RUA ANTONIO TEIXEIRA FRANCO, QUE LIGA A BIQUINHA AO BAIRRO PILOTOS, POIS O ASFALTO ESTÁ DANIFICADO POR CAUSA DO ESGOTO QUE PASSA POR DENTRO DO TERRENO DO FORTE MATERIAL DE CONSTRUÇÃO ESTÁ OBSTRUÍDO E TRANSBORDA PELA RUA.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/314/110-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/314/110-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE JUNTO A CONCESSIONÁRIA DE ENERGIA ELÉTRICA (LIGHT) A FALTA DE LUZ NAS PROPRIEDADES RURAIS DO MUNICÍPIO, BEM COMO A MANUTENÇÃO E CONSERVAÇÃO DAS ESTRADAS VICINAIS.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_verb._111.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_verb._111.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL TRABALHO DE CONSCIENTIZAÇÃO E NOTIFICAÇÃO DO LIXO NA RUA CORONEL JOSÉ LEITE, CENTRO.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_verb._112.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_verb._112.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL AMPLIAÇÃO DO PROGRAMA PRODUTOR MIRIM.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/115/ind_verbal_113.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/115/ind_verbal_113.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE AVERIGUE E MELHORE O HORÁRIO DE CONSULTA NA CLÍNICA DA FAMÍLIA NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/ind_verbal_114.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/ind_verbal_114.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE FAÇA UMA INSPEÇÃO NA PONTE MAIS CONHECIDA COMO PONTE DO SEU BITITINHO NA RUA CORONEL JOSÉ LEITE.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/265/119-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/265/119-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE VERIFIQUE A POSSIBILIDADE DE IMPLANTAÇÃO DE UM SISTEMA DE ATENDIMENTO ODONTOLÓGICO EM PERÍODO NOTURNO POR PELO MENOS 2 (DUAS) VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_verbal_121-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_verbal_121-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RESTAURAÇÃO DAS CALHAS SITUADA NA RUA NADIR LARANJEIRA BATISTA.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/122-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/122-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UM OFÍCIO AO 37º BATALHÃO DE POLÍCIA MILITAR, PEDINDO QUE AUMENTE A RONDA POLICIAL NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/153/123-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/153/123-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA GRADE DE BUEIRO EM FRENTE AO Nº 15, NA RUA JOSÉ DE PAULA PACHECO, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/154/124-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/154/124-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA PRAÇA QUE FICA LOCALIZADA NA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/155/125-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/155/125-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA GALERIA NA VALETA DA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/156/126-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/156/126-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CALÇAMENTO COM BLOQUETES NA TRAVESSA TEREZINHA DE OLIVEIRA LIMA E NA TRAVESSA ANTENOR MARTINS, NA RUA DA PALHA, DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/290/127-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/290/127-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA DO RIO SÃO DOMINGOS, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/157/128-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/157/128-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA GERAL COM ROÇADA, CAPINA E RETIRADA DE ENTULHOS NO DISTRITO DE FALCÃO, PRINCIPALMENTE NA RUA SANT` CREER.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/158/129-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/158/129-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE AUMENTAR O NÚMEROS DE VAGAS PARA O ATENDIMENTO MÉDICO NO POSTO DE SAÚDE DO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/159/130-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/159/130-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DO RETORNO DO ATENDIMENTO ODONTOLÓGICO NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/160/131-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/160/131-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL JUNTAMENTE AOS CORREIOS A REGULARIZAÇÃO DOS CEPS DO BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_verbal_n.132_dia_11.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_verbal_n.132_dia_11.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE AÇÕES COM RELAÇÃO AO SANEAMENTO BÁSICO DO MUNICÍPIO,  DANDO ESPECIAL ATENÇÃO AO ESGOTO SANITÁRIO NO BAIRRO JARDIM  POLASTRI , QUE SEJA FEITO O ESCOAMENTO DE ESGOTO DAQUELA ÁREA , RETIRANDO SUA CAÍDA NO RIBEIRÃO, QUE RECOLHE O ESGOTO A CÉU ABERTO E TRÁS AOS MORADORES UM INCÔMODO MUITO GRANDE. O CÓRREGO FICA NA DIVISA DO BAIRRO COM A FAZENDA DA FAMÍLIA POLASTRI.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_verb._133.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_verb._133.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONCERTO E MANUTENÇÃO DA ESTRADA DO SÍTIO GOIABAL, SANTANA DO MEIO.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_verb._134.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_verb._134.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PERIODICIDADE DOS MÉDICOS PARA COMUNIDADE QUILOMBOLA DE SANTANA.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_verbal_135.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_verbal_135.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DA CRIAÇÃO DE UM PROGRAMA DE TRANSPORTE AOS QUILOMBOLA DE SANTANA.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/118/ind_verbal_136.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/118/ind_verbal_136.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE AVERIGUE UM POSTE DE ILUMINAÇÃO NA RUA GENÉSIO LEITE, N°23 ALTO PARAÍSO, PROXIMO AO CIEP 492.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/119/ind_verbal_137.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/119/ind_verbal_137.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITO A MANUNENTENÇAÕ DA ESTRADA NA FAZENDA SANTO ANTONIO NA ESTRADA QUATIS GLICÉRIO.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_nominal_n._138_dia_12.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_nominal_n._138_dia_12.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A PROMOÇÃO DE ARTICULAÇÕES ENTRE AS SECRETARIAS DE SAÚDE E DE EDUCAÇÃO PARA AS DEVIDAS ORIENTAÇÕES ÀS CRIANÇAS , JOVENS,ADOLESCENTES E A FAMÍLIA DE MODO GERAL NO QUE DIZ RESPEITO ÀS NOÇÕES BÁSICAS DE ALIMENTAÇÃO E HIGIENE, BEM COMO MANTENDO OS DISTANCIAMENTOS NECESSÁRIOS ÀS SEGURANÇA DO CORPO DOCENTE, DOS ALUNOS E DOS AUXILIARES DA EDUCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_verbal_140-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_verbal_140-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DA ÁERA INTERNA E EXTERNA DO CAMPO DE FUTEBOL DE FALCÃO, E A MANUTENÇÃO DOS VESTIÁRIOS DO MESMO.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/583/141_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/583/141_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM CAMINHÃO HIDROJATEAMENTO.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/161/142-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/161/142-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DÊ CONTINUIDADE NA COLOCAÇÃO E INSTALAÇÃO DOS TUBOS DE PVC QUE LIGAM O ABASTECIMENTO DE ÁGUA NA CHÁCARA MANANCIAL ATÉ A RESIDÊNCIA DO SENHOR CHIQUITO, NA ESTRADA QUATIS-AMPARO, Nº 3343.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/162/143-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/162/143-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A COLOCAÇÃO E TROCA DE DUAS LÂMPADAS QUEIMADAS NA ESTRADA QUATIS AMPARO PRÓXIMO AO Nº 3343.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/163/144-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/163/144-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA NO LOCAL ONDE FICA LOCALIZADO O POÇO ARTESIANO, INCLUINDO A COBERTURA DO LOCAL, PINTURA E MANUTENÇÃO DA REDE ELÉTRICA, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/165/145-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/165/145-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E LIMPEZA COM RETIRADA DE BARRO E AREIA DO POÇO ARTESIANO, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/166/146-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/166/146-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO DAS DUAS BOMBAS BOOSTERS QUE ESTÃO AO LADO DA LINHA FÉRREA, NA RUA VEREADOR VICTOR MARCONDES SAMPAIO.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_verbal_n._147_dia_18.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_verbal_n._147_dia_18.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A ADOÇÃO DE MEDIDAS VISANDO O APOIO NECESSÁRIO AOS PRODUTORES RURAIS DE QUATIS, AS MEDIDAS SERIAM TRAZER PARA O MUNICÍPIO CURSOS QUEM POSSAM PROFISSIONALIZAR MAIS NOSSOS TRABALHADORES RURAIS. ME REFIRO À INTERAÇÃO COM A EMATER QUATIS E ATRAVÉS DESSA INTERAÇÃO TER A PRESENÇA DO SENAR ( SERVIÇO NACIONAL DE APRENDIZAGEM RURAL), PARA QUE MINISTRE CURSOS DE OPERADOR DE RETROESCAVADEIRA, OPERADOR DE TRATOR DE PEQUENO PORTE, RECUPERAÇÃO DE NASCENTES, OPERADOR DE MOTO NIVELADORA, MANUTENÇÃO E OPERAÇÃO DE MOTOSSERRAS E ROÇADEIRAS COSTAIS, OPERAÇÃO DE ORDENHADEIRAS E OUTROS QUE SE FIZEREM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/117/ind_verbal_148.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/117/ind_verbal_148.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA PONTE DA BIQUINHA (PONTE QUE BALANÇA) E A LIMPEZA DO LOCAL (CAPINA E ROÇADA).</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/120/ind_verbal_149.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/120/ind_verbal_149.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE FAÇA A MANUTENÇAÕ DA GRADE DE PROTEÇÃO QUE SE LOCALIZA ENTRE A ESTAÇÃO FERROVIÁRIA E O COLÉGIO MUNICIPAL HENRY NESTLE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/121/ind_verbal_150.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/121/ind_verbal_150.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITO A LIMPEZA (CAPINA) DO POSTO DE SAÚDE DO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/122/ind_verbal_151.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/122/ind_verbal_151.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SOLICITO A REFORMA DA PRACINHA DO ANTIGO VALÃO, LOCALIZADA AO LADO DA BOMBA DE ÁGUA.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/586/158_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/586/158_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DA ESTAÇÃO DE TRATAMENTO DE ESGOTO E UMA ROÇADA NO ENTORNO DA MESMA, ABAIXO DO CAMPO DE FUTEBOL, DO RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/291/159-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/291/159-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O LEVANTAMENTO DO QUEBRA-MOLAS NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, EM FRENTE AO CALDO DE CANA DO LANDIM, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/292/160-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/292/160-2021.pdf</t>
   </si>
   <si>
     <t>EMENTA:	INDICA AO EXECUTIVO MUNICIPAL A PODA DOS GALHOS DAS ÁRVORES LOCALIZADAS NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, EM FRENTE AO CALDO DE CANA DO LANDIM, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/293/161-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/293/161-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UM OFÍCIO AO 37º BATALHÃO DE POLÍCIA MILITAR, PEDINDO QUE AUMENTE A RONDA POLICIAL, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/</t>
+    <t>http://sapl.quatis.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA DOS BUEIROS NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/295/163-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/295/163-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE DUAS TAMPAS DE BUEIROS, PRÓXIMO AO Nº 106, NA RUA ISAQUE MARCONDES SAMPAIO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/296/164-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/296/164-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA COM URGÊNCIA DE TRÊS LÂMPADAS QUEIMADAS NA RUA ISAAC MARCONDES SAMPAIO, PRÓXIMO AO Nº 126 (RUA SEM SAÍDA), NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/297/165-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/297/165-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT, PARA A TROCA DE SETE (7) POSTES DE MADEIRA POR POSTES DE CONCRETO, NA RUA ISAAC MARCONDES SAMPAIO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_verbal_n._166_dia_23.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_verbal_n._166_dia_23.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A CONSTRUÇÃO  DE VIVEIROS DE MUDAS DE CANA-DE-AÇUCAR E CAPIM AÇU, CULTURAS ESSAS INDISPENSÁVEIS AO TRATO ANIMAL. JÁ HOUVE EM GOVERNOS ANTERIORES VIVEIROS DE MUDA E GOSTARIA QUE ISSO FOSSE NOVAMENTE IMPLANTADO. TEMOS MÁQUINAS E IMPLEMENTOS RECÉM ADQUIRIDOS PELA PREFEITURA E QUE INFELIZMENTE NÃO ESTÃO NA LIDA RURAL COMO DEVERIAM ESTAR. ESSES IMPLEMENTOS SÃO INDISPENSÁVEIS PARA AÇÕES COMO ESSA ACONTEÇAM.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_verb._167.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_verb._167.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ADESÃO DO PROGRAMA LIMPA RIO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_verb._168.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_verb._168.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ARTICULAR COM O ESTADO A CONDICIONANTE DE COMPENSAÇÃO FISCAL DAS EMPRESAS QUE DETÉM A LICENÇA AMBIENTAL.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_169_a_aquisicao_de_um_veiculo_para_secretaria__municipal_de_meio_ambiente..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_169_a_aquisicao_de_um_veiculo_para_secretaria__municipal_de_meio_ambiente..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UM VEÍCULO PARA SECRETARIA MUNICIPAL DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/77/ind_171-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/77/ind_171-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITOQUE A REFORMA DA PRAÇA DA MATRIZ.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/78/ind_172-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/78/ind_172-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  SOLICITO A REFORMA DA PRAÇA DO SKINÃO, PROXIMO A CAPELINHA DE SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/79/ind_174-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/79/ind_174-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  SOLICITO A REFORMA DA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/80/ind_175-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/80/ind_175-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  QUE VENHA SER IMPLATADO UM CENTRO DE PESQUISA ESTUDANTIL EM TEMPO INTEGRAL NO ESPAÇO DO QUIOSQUE DA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/81/ind_176-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/81/ind_176-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  SOLICITO QUE SEJA FEITO ALGUNS REPAROS NA QUADRA DO GINÁSIO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/106/ind_177-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/106/ind_177-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL  SOLICITO ALGUNS REPAROS NO CAMINHO QUE LIGA JARDIM INDEPENDÊNCIA AO BAIRRO AUTO DA QUARESMEIRA (SANTA BARBÁRA.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/107/ind_178-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/107/ind_178-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITO A REFORMA  DA QUADRA DO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/108/ind_179-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/108/ind_179-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITO LIMPEZA DA CALÇADA DE CAMINHADA DA RUA DO APALOOSA.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/587/182_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/587/182_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O DESENTUPIMENTO NA REDE DE ESGOTO,  PERTO DA CASA DO SENHOR ZÉ, SITUADA NA RUA JAIME CAETANO OLIVEIRA N° 260, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/276/184-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/276/184-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADES NA ESTRADA QUATIS X RIBEIRÃO DE SÃO JOAQUIM, SENDO UM PRÓXIMO AO NÚMERO 14992 E OUTRO PRÓXIMO AO Nº 14994, BEM COMO A COLOCAÇÃO DE PLACA INDICATIVA (ANIMAIS NA ESTRADA) NA MESMA LOCALIDADE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/167/185-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/167/185-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSTALAÇÃO DE UMA BASE AVANÇADA DA GUARDA MUNICIPAL NA ANTIGA ACADEMIA DA SAÚDE AO LADO DO GINÁSIO POLIESPORTIVO NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_verbal_n._186_dia_25.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_verbal_n._186_dia_25.02.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE PROVIDENCIE JUNTO AO TRECHO DA AVENIDA ROBERTO SILVEIRA, PERÍMETRO URBANO DA RJ 159 , PRECISAMENTE EM FRENTE AO DEPÓSITO DA ARTE MÓVEIS, HÁ A NECESSIDADE PREMENTE DE QUE O PODER EXECUTIVO FAÇA AS DEVIDAS INTERVENÇÕES NAQUELE LOCAL, A NECESSIDADE DE CONSTRUÇÃO DE UMA BOCA DE LOBO LIGADA A UMA REDE DE ÁGUA PLUVIAL PARA QUE OS PROBLEMAS TERMINEM NAQUELA ÁREA. O PROBLEMA ESTÁ EM FRENTE À UMA EMPRESA DE VENDA DE MÓVEIS E O CLUBE NÁUTICO QUATIENSE, PREJUDICANDO SOBREMANEIRA O ACESSO AO PÁTIO DA EMPRESA E PREJUDICANDO  A CAMINHADA DE VÁRIAS PESSOAS POR AQUELE LOCAL, SENDO CAMINHADA COM A FINALIDADE  DE EXERCÍCIO FÍSICO, BEM COMO DE PESSOAS QUE SAEM PARA TRABALHAR. _x000D_
 .</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/123/ind_verbal_187.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/123/ind_verbal_187.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA CICLOVIA DO BAIRRO  BARRINHA ATE A ALTURA DA  PONTE DE FERRO EM PORTO REAL.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/124/ind_verbal_188.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/124/ind_verbal_188.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL LIMPEZA (ROÇADA) DA RJ 159. DA ENCRUZILHADA NO BAIRRO PILOTOS ATE O AÇUDE DOCE INDO PARA O DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_189_maior_suporte_para_os_agentes_de_saude_das_localidades_rurais..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_189_maior_suporte_para_os_agentes_de_saude_das_localidades_rurais..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL MAIOR SUPORTE PARA OS AGENTES DE SAÚDE DAS LOCALIDADES RURAIS.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_190_disponibilidade_da_conta_de_agua_via_internet_para_populacao..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_190_disponibilidade_da_conta_de_agua_via_internet_para_populacao..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL DISPONIBILIDADE DA CONTA DE ÁGUA VIA INTERNET PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao__191_seja_feita_a_instalacao_de_faixa_elevada_em_algumas_ruas_da_cidade_de_quatis..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao__191_seja_feita_a_instalacao_de_faixa_elevada_em_algumas_ruas_da_cidade_de_quatis..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA INSTALAÇÃO DE FAIXA ELEVADA EM ALGUMAS RUAS DA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/109/ind_192-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/109/ind_192-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE NO ESPAÇO DA ESTAÇÃO FERROVIÁRIA REFORMADO SEJA CRIADO UMA INSTITUIÇÃO DE CURSOS PROFISSIONALIZANTES AOS JOVENS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITO QUE SEJA FEITO UM BANHEIRO PARA OS FUNCIONÁRIOS DA ESCOLA DE SANTANA, UM DEPOSITO E UMA SALA DOS PROFESSORES.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_verbal_194-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_verbal_194-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A VIABILIDADE DE PROJETO DE LEI ESPECÍFICA DE GRATIFICAÇÃO DE DIFÍCIL ACESSO PARA OS MOTORISTAS QUE TRANSPORTAM ALUNOS E SERVIDORES ÀS ESCOLAS DE ZONA RURAL.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_verbal_195-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_verbal_195-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE UMA EMPRESA PARA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/588/196_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/588/196_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PODA DE 7 ÁRVORES QUE ESTÃO EM CONTATO COM A REDE ELÉTRICA, SITUADA NA RUA HERMAM JOSÉ DA FONSECA N° 110, BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/168/197-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/168/197-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE VERIFIQUE OS ALUNOS QUE NÃO POSSUEM CONDIÇÕES DE COMPRAR MATERIAL ESCOLAR, PARA ASSIM AMPARAR ESSES ALUNOS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/177/198-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/177/198-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM PLANEJAMENTO PARA QUE NOS PRÓXIMOS ANOS FORNEÇA KIT DE MATERIAL ESCOLAR E KIT UNIFORME PARA TODOS OS ALUNOS DA REDE PÚBLICA DO MUNICÍPIO QUATIS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_verbal_n._199_dia_02.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_verbal_n._199_dia_02.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE PROVIDENCIE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA R. ALBINO DA CUNHA PEDROSO, SENDO PEDIDO FEITO PELOS MORADORES DO B. ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_verb._200.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_verb._200.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE E ANÁLISE DE UM NOVO DIRECIONAMENTO A POLÍTICA DE SAÚDE REFERENTE A OFTALMOLOGIA,PENSANDO EM ATENDIMENTO MÓVEL NA SEDE E SUAS LOCALIDADES.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/125/ind_verbal_201.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/125/ind_verbal_201.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UM AGENTE DE SAÚDE NO CAMPO ALEGRE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/126/ind_verbal_202.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/126/ind_verbal_202.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO BAIRRO ÁGUA ESPRAIADA ROÇADA E CAPINA.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/ind_203-posto_de_saude_pr_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/ind_203-posto_de_saude_pr_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UM POSTO DE SAÚDE PARA O QUILOMBO DE SANTANA,QUE SE DESIGNE UM MÉDICO AO LOCAL AO MENOS UMA VEZ NA SEMANA,UMA ENFERMEIRA PARA O LOCAL E UMA AGENTE DE SAÚDE.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/111/ind_206-terminar_a_rampa_escola_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/111/ind_206-terminar_a_rampa_escola_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITO QUE SEJA TERMINADA A RAMPA DE DEFICIENTES DA ESCOLA DE SANTANA E QUE SEJA FEITA A CALÇADA POIS A MESMA NÃO FOI FEITA.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/275/208-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/275/208-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ENVIE UM OFÍCIO AO 37º BATALHÃO DE POLÍCIA MILITAR, PEDINDO QUE AUMENTE A RONDA POLICIAL, NO BAIRRO BOA VISTA, PRINCIPALMENTE NA RUA GERALDO DELGADO.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/181/209-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/181/209-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA E DESENTUPIMENTO DOS BUEIROS NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/182/210-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/182/210-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ENVIE A TROCA DE TRÊS LÂMPADAS QUEIMADAS, SENDO DUAS NA RUA GERALDO DELGADO, PRÓXIMO A BARBEARIA DA LENINHA E OUTRA NA RUA BELA VISTA, PRÓXIMO AO Nº 200, BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/183/211-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/183/211-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA EM TODOS OS POSTES DO BAIRRO BOA VISTA E POSTERIORMENTE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DE POSTES DE MADEIRAS POR POSTES DE CONCRETO.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/180/212-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/180/212-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA A MANUTENÇÃO DA REDE PLUVIAL, NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO NÚMERO 223, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/127/ind_verbal_213.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/127/ind_verbal_213.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE AVERIGUE A QUESTÃO DA VACINAÇÃO NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/128/ind_verbal_214.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/128/ind_verbal_214.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PASSE A MAQUINA NA ESTRADA DO MORRO GRANDE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/129/ind_verbal_215.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/129/ind_verbal_215.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INCLUIDO AS FUNÇÕES DE ASSISTENTE DE SECRETARIA E DE SECRETARIO AO BENEFICIO DO VALE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL JUNTO À SECRETARIA COMPETENTE QUE ENVIE PARA ESSA CASA, UM PROJETO DE LEI QUE DISPÕE SOBRE A CRIAÇÃO DO CADASTRO MUNICIPAL DOS ANIMAIS DOMÉSTICOS DE QUATIS.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/589/221_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/589/221_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE VOLTE A FAZER O CATA ENTULHO EM TODAS AS RUAS DO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/298/222-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/298/222-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA PARA A REALIZAÇÃO DE PODA DE UMA ÁRVORE NA RUA B, NÚMERO 85, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_verbal_224-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_verbal_224-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DESENVOLVER OUTROS MECANISMOS DE DIVULGAÇÃO DA VACINA DO COVID-19.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/184/225-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/184/225-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA VISTORIA EM UM MURO EM FRENTE À RESIDÊNCIA Nº 88, NA RUA WANDERLINO TEIXEIRA LEITE, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/185/226-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/185/226-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO, PARA A TROCA DE LÂMPADAS QUEIMADAS, NA RUA WANDERLINO TEIXEIRA LEITE, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/186/227-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/186/227-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O RECAPEAMENTO EM ALGUNS PONTOS DO BAIRRO SÃO BENEDITO, SENDO ELES: NA RUA WANDERLINO TEIXEIRA LEITE, EM FRENTE AO Nº 300, NA RUA ALFEN FERREIRA DE OLIVEIRA, EM FRENTE AO Nº 92 E POR TODA A RUA DOM AGNELO ROSSI.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/187/228-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/187/228-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA E DESENTUPIMENTO DOS BUEIROS NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/188/229-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/188/229-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE MANILHAS PLUVIAIS E A INSTALAÇÃO DE DOIS BUEIROS NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AOS NÚMEROS 348 E 375, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/189/230-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/189/230-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E COLOCAÇÃO DE GRADES PROTETORAS NA RUA DOM AGNELO ROSSI, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/190/231-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/190/231-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM MURO DE ARRIMO AO LADO DA CASA DA DONA SILVIA SANTOS, LOCALIZADA NA RUA DOM AGNELO ROSSI, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/191/232-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/191/232-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO QUE PASSA DENTRO DO QUINTAL DA DONA TEREZINHA, LOCALIZADA NA RUA DOM AGNELO ROSSI, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/192/233-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/192/233-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DA CAIXA COLETORA E TAMBÉM A MANUTENÇÃO DA REDE DE ESGOTO LOCALIZADA NA RUA DOM AGNELO ROSSI, EM FRENTE AO NÚMERO 50, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_verbal_n._234_dia_11.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_verbal_n._234_dia_11.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A TROCAS DE LÂMPADA E TAMPA DE UM BUEIRO QUE ESTÁ  ABERTO, PRÓXIMO À CHÁCARA 4 AMORES NO BAIRRO PILOTOS, NA RUA PEDRO MONTEIRO.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_verbal_n._235_dia_11.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_verbal_n._235_dia_11.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UMA CAÇAMBA PARA ARMAZENAR LIXO QUE FICA NO ENCONTRO DA RUA PEDRO MONTEIRO COM A RUA DONA GUILHERMINA DE JESUS, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_verbal_n._236_dia_11.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_verbal_n._236_dia_11.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECUPERAÇÃO DOS BUEIROS EXISTENTES NA ESQUINA DA RUA MAJOR LAVÍNIO CASTRO LOBO,  NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_verbal_n._237_dia_11.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_verbal_n._237_dia_11.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COMPETENTE QUE SEJA ENCAMINHADO UM OFICIO JUNTO A LIGHT A TROCA DE DOIS POSTES DE MADEIRA , DEVIDA A SUA MÁ CONSERVAÇÃO, NA RUA MAJOR LAVINIO CASTRO LOBO, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_verbal_n._238_dia_11.03.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_verbal_n._238_dia_11.03.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL COMPETENTE A PAVIMENTAÇÃO DA RUA MAJOR LAVINIO CASTRO LOBO, NO BAIRRO PILOTOS, TENDO EM VISTA PÉSSIMA APRESENTAÇÃO, COM MUITOS BURACOS.  A RUA E SEM SAÍDA,  ESTREITA , DEVIDO A ISSO HÁ NECESSIDADE DE QUE SEJA DEMARCADA FAIXAS PARA ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_verb._239.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_verb._239.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  DISPONIBILIDADE DA CONTA DE ÁGUA NA FORMA DE DÉBITO AUTOMÁTICO PARA POPULAÇÃO.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_verb._240.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_verb._240.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA SOLUÇÃO PARA ESCOAMENTO DA ÁGUA DA CHUVA NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/130/ind_verbal_241.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/130/ind_verbal_241.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UM QUEBRA MOLA NA RUA PEDRO MONTEIRO N° 821, PILOTOS/AO LADO DA MERCEARIA BOA VISTA.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_242-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_242-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE MANILHAS DE REDE DE ESGOTO NA RUA VITOR MARCONDES SAMPAIO, Nº1069.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_verbal_245-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_verbal_245-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E MANUTENÇÃO DA REDE PLUVIAL NA RJ 159, NA ALTURA DO PONTO DE ÔNIBUS, Nº2982.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/590/246_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/590/246_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A MANUTENÇÃO COM A MÁQUINA PATROL E A COLOCAÇÃO DE ESCÓRIA, NA RUA MAJOR ANTÔNIO DE CARVALHO NO BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/299/247-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/299/247-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO COM PASSAGEM DE MÁQUINA E COLOCAÇÃO DE ESCÓRIA NA ESTRADA DO SÍTIO BELA VISTA, PERTO DO MORRO DA ONÇA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/193/248-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/193/248-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT, PARA A TROCA DE CINCO (5) POSTES DE MADEIRA POR POSTES DE CONCRETO, NA RUA JOSÉ FRANKLIN MOREIRA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/194/249-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/194/249-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DAS RUAS JOSÉ ANTUNES DE MOURA, JOSÉ FRANKLIN MOREIRA E DA TRAVESSA ANTÔNIO VIEIRA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/250-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/250-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS, LIMPEZA DOS BUEIROS E PINTURA DOS MEIOS-FIOS, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/300/251-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/300/251-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DO PINICÃO E QUE SEJA REALIZADA A MANUTENÇÃO DA ESTRADA QUE LIGA ATÉ O RESERVATÓRIO DE ÁGUA, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/196/258-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/196/258-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO DA ANTIGA RUA 4 E NA RUA 5, BAIRRO NOSSA SENHORA DO ROSÁRIO, PARA A TROCA DE LÂMPADAS QUEIMADAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/197/259-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/197/259-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA EM TODOS OS POSTES DA ANTIGA RUA 4 E RUA 5, 	NO BAIRRO NOSSA SENHORA DO ROSÁRIO E POSTERIORMENTE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DE POSTES DE MADEIRAS POR POSTES DE CONCRETO.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/198/260-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/198/260-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O RECAPEAMENTO NAS RUAS GERALDO BALTAR, NA ANTIGA RUA 4 E RUA 5, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/274/261-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/274/261-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE 1 (UM) QUEBRA-MOLA, COM AS DEVIDAS SINALIZAÇÕES NA RUA 5, PRÓXIMO AO NÚMERO 74, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/199/262-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/199/262-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UM MURO DE ARRIMO NA RUA GERALDO BALTAR Nº 30, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/273/263-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/273/263-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA ANÁLISE NA ÁGUA QUE É DISTRIBUÍDA PARA OS MORADORES DO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_verb._264.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_verb._264.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PROMOVER UM SEMINÁRIO DE ELABORAÇÃO DE PROJETOS E CAPTAÇÃO DE RECURSOS AOS FAZEDORES DE CULTURA E ESPAÇOS CULTURAIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/131/ind_verbal_265.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/131/ind_verbal_265.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ROÇADA DA ESTRADA QUATIS-VARGEM GRANDE (CONHECIDA COMO ESTRADA DA FIGUEIRA).</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/591/271_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/591/271_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO EM TODA EXTENSÃO DA ESTRADA QUATIS SÃO JOAQUIM, A PARTIR DA ÁGUA ESPRAIADA, QUE SEJA PATROLADA E COLOCADA ESCÓRIA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/200/272-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/200/272-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A REGULARIZAÇÃO E ABASTECIMENTO, DOS MEDICAMENTOS TANTO OS BÁSICOS QUANTO OS CONTROLADOS, NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/201/273-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/201/273-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE BUSQUE DIÁLOGO COM OS PROPRIETÁRIOS DE FARMÁCIA DO MUNICÍPIO DE QUATIS, A FIM DE AVERIGUAR, SE ALGUM DELES TEM INTERESSE EM FIRMAR CONVÊNIO COM A FARMÁCIA POPULAR.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_277-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_277-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL _x000D_
 A LIMPEZA DA ÁREA EXTERNA DA ESCOLA MUNICIPAL CARLOS C. DE FARIA, SITUADA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/202/279-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/202/279-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE ALGUMAS MANUTENÇÕES NECESSÁRIAS NA UNIDADE DE SAÚDE PSF II MARIA DA GLÓRIA DA SILVA, BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/203/280-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/203/280-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RETIRADA ALGUMAS MOBÍLIAS QUE ESTÃO PARA DESCARTES E ESTÃO ALOJADAS NO CANTO DA VARANDA DA COZINHA DA UNIDADE DE SAÚDE PSF II MARIA DA GLÓRIA DA SILVA, BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/204/281-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/204/281-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UM AR CONDICIONADO NA SALA DE MEDICAÇÃO NA UNIDADE DE SAÚDE PSF II MARIA DA GLÓRIA DA SILVA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_verb._282.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_verb._282.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSERÇÃO NO QUADRO DE VACINAÇÃO OS FUNCIONÁRIOS DO CARTÓRIO DE QUATIS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/592/285_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/592/285_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PODA DA BUGANVÍLIA, SITUADA ATRÁS DA BIQUINHA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/593/286_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/593/286_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA MANUTENÇÃO DO VAZAMENTO DE ÁGUA NA RUA DELFIM FROES.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/594/287_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/594/287_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FORNECIDO O SORO ANTIOFÍDICO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/288-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/288-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE UM MÉDICO ENDOCRINOLOGISTA PARA ATENDER NA REDE MUNICIPAL DE SAÚDE DE QUATIS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/315/293-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/315/293-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE JUNTO AO ÓRGÃO COMPETENTE QUE NÃO HAJA REAJUSTE NO IPTU NO CORRENTE ANO E AUMENTAR O NÚMERO DO PARCELAMENTO E ESTENDER O PRAZO PARA PAGAMENTO EM COTA ÚNICA</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/64/ind_294-ref_e_man_fonte_antonio_jacinto.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/64/ind_294-ref_e_man_fonte_antonio_jacinto.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL REFORMA E MANUTENÇÃO DA FONTE ANTÔNIO JACINTO SAMPAIO FILHO (BIQUINHA) RUA FASTINO PINHEIRO-CENTRO-QUATIS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/297_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/297_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A PEDIDO DO MUNÍCIPE ARDIVINO CONCEIÇÃO DE LIMA, FAZER A MANUTENÇÃO NA ESTRADA E COLOCAÇÃO DE ESCÓRIA NO SÍTIO NOSSA SENHORA DO ROSÁRIO, DEPOIS DA SUBIDA DO AÇUDE DOCE A PRIMEIRA ESQUERDA.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/596/298_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/596/298_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A ELEVAÇÃO DOS QUEBRA-MOLAS, NA RUA PRINCIPAL DE FALCÃO.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/597/299_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/597/299_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO COM BLOQUETE NA RUA JAIME CAETANO DE OLIVEIRA, NO CENTRO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/300-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/300-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER A INSTALAÇÃO DE ILUMINAÇÃO NOS PONTOS DE ÔNIBUS DA CIDADE DE QUATIS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/63/ind_301-insp_poste_quatis_glicerio.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/63/ind_301-insp_poste_quatis_glicerio.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UMA INSPEÇÃO NOS POSTES NA ESTRADA QUATIS-GLICÉRIO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_303_divulgacao_sapl.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_303_divulgacao_sapl.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PRESIDENTE DA CÂMARA MUNICIPAL DE QUATIS A DIVULGAÇÃO E CADASTRAMENTO DE PERFIS DE ACESSO PARA OS ASSESSORES PARLAMENTARES A PLATAFORMA SAPL  (SISTEMA DE APOIO AO PROCESSO LEGISLATIVO)</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_304__articulacao_com_a_terceirizada_mgf_para_contratacao_de_pessoas_residentes_no_quilombo_de_santana_na_formacao_de_equipe_especifica_para_atendimento..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_304__articulacao_com_a_terceirizada_mgf_para_contratacao_de_pessoas_residentes_no_quilombo_de_santana_na_formacao_de_equipe_especifica_para_atendimento..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL ARTICULAÇÃO COM A TERCEIRIZADA MGF PARA CONTRATAÇÃO DE PESSOAS RESIDENTES NO QUILOMBO DE SANTANA NA FORMAÇÃO DE EQUIPE ESPECÍFICA PARA ATENDIMENTO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/598/306_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/598/306_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO COM BLOQUETE NA RUA JOSÉ ROBERTO DE MELO FARIA, EM FRENTE AO SALÃO TESTEMUNHO DE JEOVÁ NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/599/307_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/599/307_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO NA ILUMINAÇÃO DE DOIS POSTES EM FRENTE Á CASA 42 E A CASA 132, NO CONDOMÍNIO SERRA AZUL, NA AVENIDA ROBERTO SILVEIRA (BARRINHA).</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/308_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/308_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A LIMPEZA DO BUEIRO, NA CASA 179 NO CONDOMÍNIO SERRA AZUL, NA AVENIDA ROBERTO SILVEIRA (BARRINHA).</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/213/310-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/213/310-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REFORMAR O RESERVATÓRIO DE ÁGUA EXISTENTE NA ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO OU ATÉ MESMO A CONSTRUÇÃO DE UM NOVO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/62/ind_311-volta_predio_light.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/62/ind_311-volta_predio_light.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SE AVERIGUE A POSSIBILIDADE DA VOLTA DA EMPRESA LIGHT PARA O ANTIGO PRÉDIO SITUADO NA RUA AVELINO BATISTA SOARES,CENTRO,QUATIS-RJ.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Casoba da Academia</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_312.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_312.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PROVIDENCIAR UMA TAMPA DE BUEIRO NA RUA ALAMEDA VICENTE N79 BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/214/316-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/214/316-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E REPARO DE UM BURACO LOCALIZADO NA RUA I, AO LADO DE UM BUEIRO, PRÓXIMO AO Nº 100, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/208/317-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/208/317-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA E CAPINA DA ESCOLA MUNICIPAL EDMÉA DULCE DE BARROS FRANCO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/209/318-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/209/318-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA COM URGÊNCIA DO RESERVATÓRIO DE ÁGUA DA ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/210/319-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/210/319-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE UM PORTÃO NO MURO QUE FICA AO LADO DA QUADRA POLIESPORTIVA, DANDO ACESSO À ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/211/320-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/211/320-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E REPARO DA REDE ELÉTRICA, DAS TUBULAÇÕES DE REDE HIDRÁULICA, PORTAS E JANELAS DA ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/212/321-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/212/321-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA UMA OBRA DE LEVANTAMENTO DO MURO DA ESCOLA MUNICIPAL EDMEA DULCE DE BARROS FRANCO, PRINCIPALMENTE PRÓXIMO AO RESERVATÓRIO DE ÁGUA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/322_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/322_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA A MANUTENÇÃO NA ILUMINAÇÃO DO POSTES DA RUA CAPITÃO ANTÔNIO LOBO, BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/323_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/323_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA A MANUTENÇÃO NA ILUMINAÇÃO DOS POSTES DA RUA ANTÔNIO POLASTRE, NO BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/610/324_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/610/324_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO DA ROTATÓRIA, NA RUA 23 DA ESTRADA DO HORTO, PRIMEIRA A ESQUERDA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/613/325_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/613/325_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM REPARO NA REDE DE ESGOTO QUE ESTÁ VAZANDO, NA ESQUINA PRIMEIRA A DIREITA, SENTIDO BAIRRO BELA VISTA DA ESTRADA DO HORTO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/614/326_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/614/326_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITO UM TAPA BURACO COM INTER-TRAVADO NA RUA PEDRO MONTEIRO EM FRENTE AO BAR DO XOXINHO, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/615/327_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/615/327_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A SECRETARIA DO MEIO AMBIENTE QUE SEJA FEITA UMA FISCALIZAÇÃO NA RETIRADA DE TERRA EM UM TERRENO NA RUA 20 ATRÁS DO CEMITÉRIO NO BAIRRO LAVA-PÉS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/616/328_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/616/328_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO NA RUA D, NO BAIRRO AUTO DAS QUARESMEIRAS, EM FRENTE Á PRAÇINHA DO PARQUINHO.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/617/329_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/617/329_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA REFORMA DA PRAÇINHA E DO PARQUINHO, POIS OS MESMOS ESTÃO EM UMA SITUAÇÃO PRECÁRIA, NO BAIRRO AUTO DAS QUARESMIRAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/618/330_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/618/330_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM DESENTUPIMENTO NA REDE DE ESGOTO E TAMBÉM UMA TAMPA DE CAIXA DE ESGOTO COM A MEDIDA DE 40 X 70 EM CIMA DA CALÇADA, EM FRENTE Á CASA Nº 137, BAIRRO SANTA BARBARA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_333-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_333-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL _x000D_
 A REVITALIZAÇÃO DA ESCOLA MUNICIPAL CARLOS C. DE FARIA, SITUADA NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/619/337_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/619/337_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PINTURA DO MEIO FIO DO BAIRRO SÃO JOSÉ 1.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/620/338_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/620/338_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE REFAÇA AS PLACAS DE INDENTIFICAÇÃO DAS RUAS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/621/339_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/621/339_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE REFAÇA AS PLACAS DE INDENTIFICAÇÃO DE CADA BAIRRO, ASSIM COMO IDENTIFICAR OS PONTOS PRINCIPAIS COMO: HOSPITAL, DPO, PREFEITURA, CÂMARA E A BIQUINHA.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/340-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/340-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REFORMA E AMPLIAÇÃO DA ANTIGA BASE DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/216/341-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/216/341-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA O REPARO E MANUTENÇÃO DO PORTÃO DOS FUNDOS DA BASE DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/217/342-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/217/342-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A LIMPEZA GERAL COM ROÇADA E CAPINA DA BASE DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/218/343-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/218/343-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM AUTOCLAVE, APARELHO QUE É UTILIZADO PARA ESTERILIZAR OS MATERIAIS QUE É USADO PARA FAZER O TRATAMENTO DENTÁRIO NOS PACIENTES DA UNIDADE DE SAÚDE DO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/344-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/344-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA PLACA DE IDENTIFICAÇÃO COM O NOME DA UNIDADE “CENTRO ODONTOLÓGICO ANTÔNIO FELICIANO JÚNIOR”.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/220/345-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/220/345-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DIRECIONADO UM GUARDA PATRIMONIAL PARA FAZER A RONDA NO CENTRO ODONTOLÓGICO ANTÔNIO FELICIANO JÚNIOR, BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/221/346-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/221/346-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA GERAL DO CENTRO ODONTOLÓGICO ANTÔNIO FELICIANO JÚNIOR, BAIRRO BONDAROVSKY. INCLUINDO O TELHADO DA UNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/222/347-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/222/347-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL DO CENTRO ODONTOLÓGICO ANTÔNIO FELICIANO JÚNIOR E TAMBÉM A COLOCAÇÃO DE ALAMBRADOS EM TORNO DA UNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao348-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao348-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL _x000D_
 A ADEQUAÇÃO DE RAMPAS DE ACESSO PARA CADEIRANTES QUE DÃO PASSAGEM ÀS FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/622/350_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/622/350_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO, NA RUA SEBASTIÃO MARTINS GONÇALVES, EM FRENTE Á CASA N° 50.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/623/351_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/623/351_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO COM INTER TRAVADO, NA RUA ANTÔNIO POLASTRE EM FRENTE Á PADARIA FORNO DE OURO, NO BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/624/352_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/624/352_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA CRIADO O CONSELHO MUNICIPAL DO TRABALHADOR E CRIAR O FAT (FUNDO DE AMPARO AO TRABALHADOR).</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/625/353_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/625/353_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA REFEITA A MANUTENÇÃO GRAMA SINTÉTICA DO PARQUINHO DA PRAÇA DA APAE, BAIRRO POLASTRE.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_verb.__354.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_verb.__354.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CAMPANHA DE EMPRÉSTIMO DE LIVROS DA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_355_drenagem_e_a_manutencaodas_fossas_no_quilombo_de_santana.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_355_drenagem_e_a_manutencaodas_fossas_no_quilombo_de_santana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A DRENAGEM E A MANUTENÇÃO DAS FOSSAS NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_verbal_n.o_359.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_verbal_n.o_359.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E REPARO DA REDE DE ILUMINAÇÃO PÚBLICA NA RUA MARIA FELICIANA FONSECA DUQUE, BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/626/360_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/626/360_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PINTURA TOTAL DO MEIO FIO DA AVENIDA ROBERTO SILVEIRA, QUE FOI FEITA PARCIALMENTE.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/223/361-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/223/361-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A EXTENSÃO DE REDE ELÉTRICA COM ILUMINAÇÃO, ENTRE O Nº 59 AO Nº 109, NA RUA 3, BAIRRO CÉU AZUL.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/224/362-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/224/362-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E LIMPEZA DE TODAS AS GALERIAS DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/225/363-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/225/363-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA E RETIRADA DE ENTULHOS DO LOTEAMENTO CÉU AZUL.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_364_sacola_verde.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_364_sacola_verde.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A VOLTA DO PROGRAMA SACOLA VERDE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_verbal_n.o_367.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_verbal_n.o_367.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO SITUADA NA RUA D, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_verbal_n.o_368.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_verbal_n.o_368.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PINTURA DO MEIO-FIO SITUADA NA RUA D, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/627/369_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/627/369_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PINTURA DO MEIO FIO DAS RUAS AO ENTORNO DAS CASINHAS DO BAIRRO ALTO DAS QUARESMEIRAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/628/370_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/628/370_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO COM INTER-TRAVADO NA RUA ALFEM FERREIRA, NO BAIRRO SÃO BENEDITO EM FRENTE Á CASA Nº 165.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/629/371_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/629/371_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA MANUTENÇÃO NO VAZAMENTO DE ÁGUA NA RUA ALCEBÍADES ARAGÃO, EM FRENTE Á CASA Nº 82, NO BAIRRO JANDIM POLASTRE.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/277/373-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/277/373-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DO CAMINHÃO DE LIXO ADENTRAR NOS LOTEAMENTOS SÃO JOSÉ I E II E TAMBÉM NO CÉU AZUL, PARA REALIZAR A COLETA DO LIXO.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_verbal_n._374_dia_06.05.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_verbal_n._374_dia_06.05.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE LÂMPADAS NAS RUAS DO BAIRRO JARDIM POLASTRE : RUA DESEMBARGADOR ACÁCIO ARAGÃO, RUA MAJOR ANTONIO DE CARVALHO E RUA ANTONIO POLASTRE.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/630/376_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/630/376_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UM TAPA BURACO COM INTER- TRAVADO NA RUA ANTÔNIO POLASTRE NOVAMENTE, UM BURACO EM FRENTE ÁS CASAS Nº 180,276, 436, 544, NO BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/631/377_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/631/377_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA TAMPA DE CAIXA DE PASSAGEM, NA RUA ANTÔNIO POLASTRE, EM FRENTE Á IGREJA QUADRANGULAR, NO BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/632/378_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/632/378_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA VISTORIA EM UMA CASA NA RUA 5, ELA ESTÁ SEM Nº E SEM BÓIA A CAIXA DE ÁGUA, ENTRE AS CASAS Nº 99 E A 119, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/633/379_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/633/379_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA MANUTENÇÃO NA ILUMINAÇÃO NA RUA ISAC MARCODES SAMPAIO, É NA RUA DA ETE DA ESTAÇÃO DE TRATAMENTO DE ESGOTO, SÃO 3 POSTES COM AS LÂMPADAS QUEIMADAS, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/226/380-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/226/380-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MONTAR UMA EQUIPE ESPECIFICA PARA A EXECUÇÃO DE PODA E CORTE DE ÁRVORES NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/227/381-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/227/381-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MONTAR UMA EQUIPE ESPECIFICA PARA A MANUTENÇÃO E DESENTUPIMENTO DE BUEIROS E REDE DE ESGOTO DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/228/382-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/228/382-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A TROCA DE LÂMPADAS QUEIMADAS, NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AOS Nº 98 E 320, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_verb._384.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_verb._384.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A  CAMPANHA DE DIVULGAÇÃO DO  CRONOGRAMA DA MANUTENÇÃO DAS ESTRADAS RURAIS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/634/389_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/634/389_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE TOMASSE UMA PROVIDÊNCIA COM A SEGURANÇA, COM A OBRA AO LADO DA CASA DO ALEMÃO, O ANDAR ESTÁ AUTO, QUE COLOQUE UMA TELA DE SEGURANÇA OU UM CONE COM UMA FITA NO LOCAL, NA RUA NOSSA SENHORA DO ROSARIO, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/635/390_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/635/390_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE ALTERADO O TRANSITO NA RUA NOSSA SENHORA DO ROSÁRIO, AQUELE PEDAÇO DA PASTELARIA LINE, SENTIDO A BIQUINHA, ALI É MÃO DUPLA E A RUA É ESTREITA, QUE FOSSE ALTERADO PARA UMA MÃO ÚNICA, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/391_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/391_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE FEITO O RECAPEAMENTO DO ASFALTO NO BAIRRO ALTO DAS QUARESMEIRAS, E COLOCAR UMA PESSOA PARA FAZER A VARREDURA DAQUELE LOCAL, É UM BAIRRO CARENTE E PRECISA DE ATENÇÃO, ASSIM COMO OS OUTROS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/637/392_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/637/392_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE FEITO O RECAPEAMENTO DO ASFALTO NA RUA HUMBERTO AMARAL NO FINAL DELA, ONDE A EMPRESA QUE ESTÁ ESTALANDO A CAIXA DE ÁGUA, E ESTÁ FURANDO A RUA, ELA ESTÁ MUITO RUIM TODA ESBURACADA E COM BARRO, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/229/393-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/229/393-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DO TELHADO DA CAPELA MORTUÁRIA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/278/394-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/278/394-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA COM URGÊNCIA A PODA DOS GALHOS DA ÁRVORE SOBRE OS FIOS DE REDE ELÉTRICA NA RUA AVELINO BATISTA SOARES AO LADO DA CAPELA MORTUÁRIA DO CEMITÉRIO MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/230/395-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/230/395-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DA VALETA NA RUA JOÃO BATISTA DA SILVA, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/316/396-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/316/396-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE VERIFIQUE JUNTO AO ÓRGÃO COMPETENTE QUE SEJA FEITA A MANUTENÇÃO E INSTALAÇÃO DE LUMINÁRIA AO REDOR DA FONTE DA BIQUINHA.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/317/397-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/317/397-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL SERVIÇO DE TAPA BURACO COM INTERTRAVADOS NA RUA ANTONIO TEIXEIRA FRANCO, QUE LIGA A BIQUINHA AO BAIRRO PILOTOS, POIS O ASFALTO ESTÁ DANIFICADO.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_verb._398.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_verb._398.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO DO CONSELHO MUNICIPAL LGBTI+.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_verbal_n.o_400.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_verbal_n.o_400.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO SITUADA NA WANDERLINO TEIXEIRA LEITE Nº 378, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_verbal_n.o_401.2021__.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_verbal_n.o_401.2021__.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE LÂMPADA NA RUA L, BAIRRO JARDIM INDEPENDÊNCIA, EM FRENTE AO BAR DA SUSUCA.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/638/402_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/638/402_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A RETIRADA DE ENTULHO NA RUA JOSÉ BENTO DOS PRAZERES, EM FRENTE Á CASA Nº 34, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/231/403-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/231/403-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA E RETIRADA DE ENTULHOS NA RUA QUE FICA ENTRE OS BAIRROS SANTO ANTÔNIO E NOSSA SENHORA DO ROSÁRIO, MAIS CONHECIDA COMO VALÃO.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/232/404-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/232/404-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE DAR CONTINUIDADE DO CALÇAMENTO COM BLOQUETE NO FINAL DA RUA QUE FICA ENTRE OS BAIRROS SANTO ANTÔNIO E NOSSA SENHORA DO ROSÁRIO, MAIS CONHECIDA COMO VALÃO E TAMBÉM NA TRAVESSA 6, NO MESMO BAIRRO.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/233/405-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/233/405-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO E CONSERTO DA GRADE DA GALERIA NA ENTRADA DA TRAVESSA A, RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/406-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/406-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PINTURA DO QUEBRA-MOLAS, EM FRENTE AO Nº 456, PRÓXIMO A ENTRADA DA TRAVESSA A, NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/235/407-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/235/407-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE COM URGÊNCIA A TROCA DE DUAS LÂMPADAS QUEIMADAS, SENDO UMA NO INÍCIO DA TRAVESSA B E OUTRA NO FINAL DA TRAVESSA, PRÓXIMO AO Nº 30, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/236/408-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/236/408-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E DESENTUPIMENTO DA MANILHA E TAMBÉM DO BUEIRO QUE RECEBE O ESCOAMENTO DE ÁGUA DA CHUVA PARA A GALERIA, NA ENTRADA DA TRAVESSA 6, RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/237/409-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/237/409-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT, PARA A TROCA DE 2 POSTE DE MADEIRA POR DE CONCRETO NA TRAVESSA 6, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/238/410-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/238/410-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO E INSTALAÇÃO DE UMA LUMINÁRIA EM FRENTE A ASSEMBLÉIA DE DEUS, NA RUA QUE FICA ENTRE OS BAIRROS SANTO ANTÔNIO E NOSSA SENHORA DO ROSÁRIO, MAIS CONHECIDA COMO VALÃO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/239/411-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/239/411-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM CAPINA, RETIRADA DE ENTULHOS, LIMPEZA DOS BUEIROS E PINTURA DE MEIOS-FIOS, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/240/412-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/240/412-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADES NA RUA CAPITÃO ANTÔNIO LOBO, PRÓXIMO AO NÚMERO 233, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/241/413-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/241/413-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE DUAS TAMPAS DE BUEIROS, SENDO UMA NA RUA CAPITÃO ALVIM FONCECA, PRÓXIMO AO Nº 231 E OUTRA NA RUA ELOMIR NOGUEIRA, PRÓXIMO AO Nº 149, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_verbal_n.o_417.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_verbal_n.o_417.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A RECONSTRUÇÃO DO PONTO DE ÔNIBUS NA RJ-159 EM JOAQUIM LEITE, PRÓXIMO A LINHA FÉRREA E AO RESTAURANTE LOIRA GELADA.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/639/418_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/639/418_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A LIMPEZA DOS BUEIROS DO BAIRRO PILOTOS, É UMA REINVIDICAÇÃO DA MORADORA LURDINHA OLIVEIRA, QUE É MORADORA DO BAIRRO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/640/419_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/640/419_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA MANUTENÇÃO NA REDE DE ESGOTO, NO BECO EM FRENTE Á ARTE DA CONSTRUÇÃO, BECO DA OFICINA DO DINO.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/641/420_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/641/420_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE ESTUDE A POSSIBILIDADE DA SECRETARIA DE SAÚDE, DE CONTRATAR UM NEUROPEDIATRA OU UM NEURO.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_verb._421_2_folhas.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_verb._421_2_folhas.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSERÇÃO NO QUADRO DE VACINAÇÃO DOS SERVIDORES DO SUAS (SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL).</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/175/ind_422.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/175/ind_422.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  A POSSIBILIDADE DE VACINAÇÃO DOS FUNCIONÁRIOS DA ESCOLA MUNICIPAL IRMÃ ELIZABETH ALVES (SANTANA).</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/174/ind_423.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/174/ind_423.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE AVERIGUE A ILUMINAÇÃO DA AVENIDA ROBERTO SILVEIRA(RUA DO NÁUTICO)</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n.o_424.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n.o_424.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO SITUADA NA RUA JOAQUIM COSTA SALGUEIRO, Nº 57, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_425.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_425.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ELABORAÇÃO DE UM PROJETO DE ÁREA DE LAZER  NA RUA 05 BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/642/426_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/642/426_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA A MANUTENÇÃO NA ILUMINAÇÃO, DA RUA PADRE BUENO EM FRENTE AO Nº 31, NO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/643/427_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/643/427_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA A MANUTENÇÃO NA ILUMINAÇÃO, DA RUA JOSÉ GERMANO ALMEIDA EM FRENTE AO Nº 83, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/428_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/428_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE ESTUDE A POSSIBILIBADE JUNTO A SECRETARIA DE EDUCAÇÃO O RETORNO DO ATENDIMENTO INDIVIDUAL NA SALA DE RECURSO (AEE), QUE O ATENDIMENTO INDIVIDUAL PARA CRIANÇAS COM DEFICIÊNCIA DA REDE PÚBLICA E CRIANÇAS QUE TEM DIFICULDADE ESCOLAR.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/645/430_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/645/430_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A REFORMA DA ESTUFA DE MUDAS E A RETOMADA DA PRODUÇÃO DAS MUDAS PARA DISTRIBUIÇÃO PARA POPULAÇÃO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/431_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/431_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO PRESIDENTE DESTA CASA LEGISLATIVA, QUE CRIE UM BANCO DE INDICAÇÕES PARA NÓS VEREADORES E ASSESSSORES, QUE POSSAMOS PESQUISAR AS INDICAÇÕES, PARA NÃO REPETIMOS AS MESMAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/242/432-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/242/432-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT, QUE REALIZE A MANUTENÇÃO NO TRANSFORMADOR LOCALIZADO NO LOTEAMENTO SÃO JOSÉ I.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/243/433-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/243/433-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO COM PASSAGEM DE MÁQUINA, CORTE DE ÁGUA E COLOCAÇÃO DE ESCÓRIA NA ESTRADA QUATIS X MORRO GRANDE E TAMBÉM DA ESTRADA TRÊS PINHEIROS QUE VAI ATÉ O SITIO RECANTO FELIZ, JOAQUIM LEITE.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/571/435_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/571/435_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA VISTORIA NA RUA JOSÉ DO NASCIMENTO, EM FRENTE À CASA Nº 100 E FAZER UMA TAMPA DE BUEIRO EM FRENTE AO MESMO, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/647/437_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/647/437_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A PINTURA DO MEIO FIO DO ANTIGO VALETÃO.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/648/438_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/648/438_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO NA ILUMINAÇAÕ DA RUA CAPITÃO APRÍGIO BARBOSA LIMA, EM FRENTE Á CASA Nº 51, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/439_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/439_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA UMA VISTORIA NA RUA JOSÉ DO NASCIMENTO, EM FRENTE Á CASA Nº 100 E FAZER UMA TAMPA DE BUEIRO EM FRENTE AO MESMO, NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/ind_440.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/ind_440.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  QUE SE FAÇA A REFORMA DA QUADRA DO COLEGIO MUNICIPAL HENRRY NESTLÉ,QUE COLOQUE UMA GRADE DE PROTEÇÃO ENTRE A ESCOLA E A QUADRA E QUE SE FAÇA UMA INSPEÇÃO NA ILUMINAÇÃO DA ESCOLA.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_verbal_n.o_442.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_verbal_n.o_442.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL MANUTENÇÃO E TROCA DE LÂMPADAS EM ALGUNS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/650/443_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/650/443_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO NA REDE DE ESGOTO NA RUA GENÉSIO LEITE, ENTRE Á CASA Nº 386 E 396, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/651/444_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/651/444_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO NA REDE DE ESGOTO, NA RUA HUMBERTO AMARAL, NO LADO ESQUERDO SENTIDO AO HORTO MUNICIPAL, APÓS A CASA Nº 325.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/652/445_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/652/445_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE A SECRETARIA RURAL FAÇA A MANUTENÇÃO DA ESTRADA DO LATICÍNIO PRIMAVERA.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/653/446_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/653/446_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE A SECRETARIA DE OBRAS FAÇA UMA VISTORIA NA ESTRADA DO LATICÍNIO PRIMAVERA, TEM UM CANO EXPOSTO NO MEIO DA ESTRADA, PARECE SER DE ÁGUA.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/244/447-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/244/447-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO À EMPRESA LIGHT, PARA A TROCA DE 2 POSTE DE MADEIRA POR DE CONCRETO, NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, BECO DO DINO, Nº 75, BAIRRO SANTO ANTÔNIO E OUTRO NA RUA NALDI LARANJEIRAS, Nº 09, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_verbal_n._448_dia_01.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_verbal_n._448_dia_01.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  O REPARO DA REDE DE ESGOTO QUE CAI NO CÓRREGO DO JARDIM POLASTRI , NA RUA ACÁCIO ARAGÃO QUE VAI DE ENCONTRO COM A RUA DA ESCOLA DO PRÓPRIO BAIRRO.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_verb._449.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_verb._449.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO  DE UM MAPEAMENTO DOS INTERESSES DA JUVENTUDE NO MUNICÍPIO DE QUATIS EM PERÍODO DE PANDEMIA.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_verbal_n.o_450.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_verbal_n.o_450.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E COLOCAÇÃO DE LIXEIRA NA RUA COMENDADOR MIRANDA, CENTRO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/654/451_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/654/451_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE ACIONASSE A EMPRESA QUE EXECUTOU A OBRA DO BAIRRO SÃO JOSÉ FASE 1, PARA REFAZER A MANUTENÇÃO NA PAVIMENTAÇÃO, ESPECIFICAMENTE EM FRENTE A BOMBA D’ÁGUA.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_verbal_n._452_dia_03.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_verbal_n._452_dia_03.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE TAMPA DE DOIS BUEIROS NA RUA IASC. MARCONDES SAMPAIO  PERTO DA QUADRA E MAIS DOIS BUEIROS NA ESQUINA DA CARPINTARIA DO PAULINHO NA MESMA RUA ISAC MARCONDES SAMPAIO, NO BAIRRO JARDIM POLASTRI._x000D_
  .</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/655/454_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/655/454_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FOSSE FEITO A COLOCAÇÃO DE LUMINÁRIA NA RUA HUMBERTO AMARAL, NA ESQUINA OLAVO DE CASTRO LOBO, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/656/455_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/656/455_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE LUMINÁRIAS EM DOIS POSTES DO LADO DIREITO SENTIDO QUATIS FLORIANO, NA RJ 159, EM FRENTE À CASA Nº 70.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/456_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/456_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE FAÇA UMA VISTORIA NA OBRA DA CASA Nº 140, NA RUA SALVADOR BARBOSA LIMA, POIS O MORADOR FECHOU A CALÇADA COM TELHA DE ZINCO, JÁ FAZ UM BOM TEMPO, BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/658/457_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/658/457_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE JUNTAMENTE A SECRETARIA MUNICIPAL DE OBRAS, URBANISMO E SERVIÇOS PÚBLICOS OFICIE A EMPRESA LIGHT, PARA QUE SEJA INSTALADO, BEM COM AS LUMINÁRIAS A REDE DE BAIXA TENSÃO, EM DOIS POSTES PRÓXIMO DO SÍTIO SANTO ANTÔNIO, Nº 1048 E A COLOCAÇÃO DE LUMINÁRIAS, NA ESTRADA QUATIS ROMA.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/302/458-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/302/458-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM RETIRADA DE ENTULHOS, LIMPEZA DOS BUEIROS E PINTURA DOS MEIOS-FIOS, NO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/303/459-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/303/459-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE 3 REDUTORES DE VELOCIDADE NA RUA TATIANA APARECIDA BATISTA, PRÓXIMO AO Nº 181, Nº 75 E OUTRO PRÓXIMO A PAPELARIA DA LUCILENE, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/245/460-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/245/460-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PODA DOS GALHOS COMO URGÊNCIA DA ÁRVORE SOBRE OS FIOS DE REDE ELÉTRICA NA RUA GENÉSIO LEITE, ANTIGA RUA B, Nº 145, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/246/461-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/246/461-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACOS POR TODAS AS RUAS DO BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/247/462-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/247/462-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO QUE ESTÁ CAUSANDO O AFUNDAMENTO DO ASFALTO DA RUA GENÉSIO LEITE, ANTIGA RUA B, EM FRENTE AO Nº 125 E TAMBÉM O CONSERTO DE UM BURACO NA CALÇADA NO MESMO LOCAL MENCIONADO ACIMA, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/248/463-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/248/463-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO DO BAIRRO ALTO PARAÍSO E POSTERIORMENTE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DOS POSTES DE MADEIRAS POR POSTES DE CONCRETO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/249/464-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/249/464-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A TROCA DE LÂMPADAS QUEIMADAS NA RUA ALBINO DA CUNHA PEDROSO, PRÓXIMO AO Nº 126 E TAMBÉM NA RUA GENÉSIO LEITE, ANTIGA RUA B, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_verbal_n._465_dia_08.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_verbal_n._465_dia_08.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADO REPAROS NA RUA OLAVO DE CASTRO LOBO, NO BAIRRO JARDIM  BONDAROVSKY, SENDO QUE EM FRENTE A CASA DE N. 353 CONSTA UMA REDE FLUVIAL NO MEIO DA RUA QUE POSSUI UM BURACO AO LADO DA TAMPA, EM FRENTE AS CASAS DE N. 300 E 301 CONSTAM  BUEIROS SEM TAMPA.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_verbal_n._466_dia_08.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_verbal_n._466_dia_08.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZA  A LIMPEZA DA CAIXA D’ÁGUA , NA UNIDADE DE SAÚDE PSF II MARIA DA GLÓRIA DA SILVA E TAMBÉM DO SALPÃO QUE FICA LOCALIZADA A CAIXA.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/659/467_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/659/467_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE JUNTAMENTE A SECRETARIA MUNICIPAL DE OBRAS, URBANISMO E SERVIÇOS PÚBLICOS, QUE SEJA FEITA A REFORMA DO PRÉDIO DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/250/468-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/250/468-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COLOCADO DOIS CADEADOS NAS ELEVATÓRIAS LOCALIZADAS NA RUA GENÉSIO LEITE Nº 92, NO BAIRRO NOSSA SENHORA DO ROSÁRIO E OUTRO NA RUA ANTÔNIO TEXEIRA FRANCO, CENTRO.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/251/469-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/251/469-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RECOLOCADO A TAMPA DO BUEIRO NA RUA AUGUSTO ESVERBERY, Nº 115, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/252/470-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/252/470-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A OPERAÇÃO TAPA-BURACO NA RUA GENÉSIO LEITE, Nº 595, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/253/471-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/253/471-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O CONSERTO DE UM BURACO NA RUA MAJOR JOSÉ IZIDRO, PRÓXIMO AO Nº 142, CENTRO.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/254/472-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/254/472-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A OPERAÇÃO TAPA-BURACO NA RUA JOAQUIM COSTA SALGUEIRO, CENTRO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/255/473-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/255/473-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO E TAMBÉM A MANUTENÇÃO DA CALÇADA LOCALIZADA NA TRAVESSA B, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/256/474-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/256/474-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO NA RUA ANTÔNIO OLÍMPIO DE SOUZA, PRÓXIMO AO Nº 10, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/257/475-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/257/475-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA COLOCADO A TAMPA DE UM BUEIRO NA RUA F, PRÓXIMO AO Nº 61, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/258/476-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/258/476-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA DE DUAS GALERIAS PLUVIAIS LOCALIZADAS AO LADO DO POÇO ARTESIANO, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/477-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/477-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O LEVANTAMENTO DA REDE DE ESGOTO E A COLOCAÇÃO DA TAMPA DA CAIXA, NA RUA J, BAIRRO SANTA BÁRBARA, AO LADO DA OFICINA DO JONAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/478-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/478-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BUEIRO NA RUA H, PRÓXIMO AO Nº 39, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/261/479-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/261/479-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DA LÂMPADA, NA RUA WANDERLINO TEIXEIRA LEITE, PRÓXIMO AO Nº 320, BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/262/480-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/262/480-2021.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_verbal_n._481_dia_10.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_verbal_n._481_dia_10.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE FAÇA UMA REFORMA NO POSTO DE SAÚDE DO BAIRRO MIRANDÓPOLIS , POIS O POSTO PRECISA DE UMA MELHORIA TOTAL EM TODAS AS SUAS DEPENDÊNCIAS , COMO POR EXEMPLO: TROCA DE PORTA, TORNEIRAS, PISO E PINTURA.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao__verb.482.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao__verb.482.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE CURSOS E PALESTRAS ONLINE QUE PROMOVAM APERFEIÇOAMENTO PROFISSIONAL.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/660/486_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/660/486_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A  PAVIMENTAÇÃO NAS RUAS AMÉLIA DE CARVALHO, A RUA ALCEBÍADES MARINS, A RUA MAJOR ANTÔNIO CARVALHO, A RUA ISAAC MARCONDES SAMPAIO E A TRAVESSA SEM SAÍDA, BAIRRO POLASTRE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/661/487_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/661/487_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A COLOCAÇÃO DE UM SERVIDOR (A) PARA CUIDAR DA BIBLIOTECA MUNICIPAL DE QUATIS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/263/488-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/263/488-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O LEVANTAMENTO DOS QUEBRA-MOLAS DO BAIRRO ÁGUA ESPRAIADA E QUE FAÇA TAMBÉM A PINTURA DE SUAS SUPERFÍCIES E A COLOCAÇÃO DE PLACAS INDICANDO A PRESENÇA DOS REDUTORES.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_490.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_490.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA TAMPA DE BUEIRO NA RUA JOSÉ GERMANO DE ALMEIDA, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_491_2021__a__adesao_ao_programa_estadual_bairro_seguro..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_491_2021__a__adesao_ao_programa_estadual_bairro_seguro..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A  ADESÃO AO PROGRAMA ESTADUAL BAIRRO SEGURO.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/662/493_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/662/493_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A PAVIMENTAÇÃO NA RUA CARLOS INÁCIO DA SILVA, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/304/494-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/304/494-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E REPARO DA CALÇADA DA ESCOLA MUNICIPAL EDIMÉIA DULCE DE BARROS FRANCO E A TROCA DA TAMPA DE UM BUEIRO AO LADO DA ESCOLA.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/305/495-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/305/495-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE DOIS QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES NA RUA CAPITÃO APRÍGIO BARBOSA LIMA, NO BAIRRO JARDIM INDEPENDÊNCIA, PRÓXIMO AOS NÚMEROS 121 E 191.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_verbal_n._496_dia_17.06.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_verbal_n._496_dia_17.06.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PODA DE ÁRVORE NA ENTRADA DA RUA DA ESCOLA DO BAIRRO JARDIM POLASTRI, QUE FICA NA PRAÇA ELEOSINA MARCONDES SAMPAIO E TAMBÉM EM FRENTE À OFICINA QUATISCAR QUE FICA TAMBÉM NA MESMA RUA , E OUTRA NA RUA DESEMBARGADOR ACÁCIO ARAGÃO EM FRENTE À CHÁCARA 135.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_nominal_498-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_nominal_498-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA DO CÓRREGO SITUADO NA RUA JAIME CAETANO DE OLIVEIRA, CENTRO, PRÓXIMO À REPRESA DO LAVAPÉS.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_501-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_501-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO DAS RUAS ISAC MARCONDES SAMPAIO E DÉLIO PEREIRA SAMPAIO, NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/663/502_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/663/502_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O RECAPEAMENTO NAS RUAS CORONEL ALFREDO DE OLIVEIRA, A RUA MAJOR EUGENIO CAETANO, E A RUA MAJOR FRANCISCO FRANCO, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/503_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/503_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A MANUTENÇÃO DA REDE PLUVIAL, NO INICIO DA RUA HERMAN JOSÉ DA FONSECA, E FAZER O TAPA BURACO NA MESMA, NO BAIRRO BONDAROVSHY.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/313/511-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/313/511-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM ROÇADA, CAPINA E RETIRADA DE ENTULHOS POR TODA A EXTENSÃO DAS RUAS AMÉLIA DE CARVALHO POLASTRI E MAJOR ANTÔNIO POLASTRI, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/312/512-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/312/512-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA COM URGÊNCIA A PODA DOS GALHOS DA ÁRVORE SOBRE OS FIOS DE REDE ELÉTRICA NA RUA GUIOMAR MARCONDES DE OLIVEIRA, PRÓXIMO AO Nº 385 E TAMBÉM A PINTURA DO QUEBRA-MOLAS EM FRENTE AO Nº 384, NA MESMA RUA, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/311/513-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/311/513-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA EM TODOS OS POSTES DE ILUMINAÇÃO DAS RUAS AMÉLIA DE CARVALHO POLASTRI, MAJOR ANTÔNIO POLASTRI E ALEXANDRE POLASTRI, BAIRRO JARDIM POLASTRI E POSTERIORMENTE INTERCEDA JUNTO A EMPRESA LIGHT, PARA A TROCA DOS POSTES DE MADEIRAS POR POSTES DE CONCRETO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/310/514-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/310/514-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DA TROCA DE LÂMPADAS COMUNS POR LÂMPADAS DE LED NAS RUAS AMÉLIA DE CARVALHO POLASTRI E MAJOR ANTÔNIO POLASTRI, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/309/515-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/309/515-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA ALEXANDRE POLASTRI, PRÓXIMO AO Nº 40, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/308/516-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/308/516-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE MANILHAS NA VALA LOCALIZADA NA RUA AMÉLIA DE CARVALHO POLASTRI, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/307/517-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/307/517-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO O REPARO DE UM BURACO NA RUA ALFREDO SAMPAIO, PRÓXIMO AO Nº 67, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao__verb.518_pintura_do_redutor__de_velocidade_na_rua_jose_germano_de_almeida_no_bairro_santo_antonio..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao__verb.518_pintura_do_redutor__de_velocidade_na_rua_jose_germano_de_almeida_no_bairro_santo_antonio..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A PINTURA DO REDUTOR DE VELOCIDADE NA RUA JOSÉ GERMANO DE ALMEIDA, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_verb.__519_a_reforma_da_ponte_localizada_na_rua_da_palha_no_distrito_de_falcao_que_liga_quatis_a_resende..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_verb.__519_a_reforma_da_ponte_localizada_na_rua_da_palha_no_distrito_de_falcao_que_liga_quatis_a_resende..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA PONTE LOCALIZADA NA RUA DA PALHA, NO DISTRITO DE FALCÃO, QUE LIGA QUATIS A RESENDE.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_verb._520_possibilidade_de_insercao_no_quadro_de_vacinacao_os_bancarios_da_caixa_economica_federal..pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_verb._520_possibilidade_de_insercao_no_quadro_de_vacinacao_os_bancarios_da_caixa_economica_federal..pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSERÇÃO NO QUADRO DE VACINAÇÃO OS BANCÁRIOS DA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_verbal_521-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_verbal_521-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA DO CAMPO DE FUTEBOL, SITUADO NO QUILOMBO DE SANTANA.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_verbal_522-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_verbal_522-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA REDE DE ESGOTO, SITUADA NA RUA ABRAHÃO RIBEIRO FILHO, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/523_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/523_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A IMPLANTAÇÃO DE BRINQUEDOS E EQUIPAMENTOS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA NOS PARQUINHOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/666/524_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/666/524_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FAÇA O LEVANTAMENTO DOS SERVIDORES QUE FORAM VACINADOS COM AS DUAS DOSES DA VACINA COVID 19, PARA SEREM REINTEGRADOS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/319/531-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/319/531-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CRIAÇÃO E OFERECIMENTO DE FORMA GRATUITA CURSO DE PRÉ VESTIBULAR PARA OS JOVENS E ADULTOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/320/532-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/320/532-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VIABILIZADA A IMPLANTAÇÃO DE UM NÚCLEO DE ACOLHIMENTO E PROTEÇÃO AOS DIREITOS DA MULHER DENTRO DA CASA DA MULHER OU EM OUTRO LOCAL, POR MEIOS PRÓPRIOS OU FIRMANDO PARCERIA COM O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/322/533-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/322/533-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADO UMA TAMPA DE BUEIRO NA RUA L, Nº 115, JARDIM INDEPENDÊNCIA E TAMBÉM QUE FAÇA A RETIRADA DE UM ENTULHO NA MESMA RUA MENCIONADA.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_535.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_535.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL À ADESÃO AO PROGRAMA FEDERAL CASA VERDE E AMARELA.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_537.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_537.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A COMPRA DE BEBÊ CONFORTO, CADEIRINHA E ASSENTO DE ELEVAÇÃO SEGUINDO O CÓDIGO DE TRÂNSITO BRASILEIRO E RESOLUÇÃO 819/2021 DO CONTRAN.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_verbal_544-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_verbal_544-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UMA TAMPA DE BUEIRO NA RUA JOSÉ GERMANO DE ALMEIDA, Nº 173, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/357/545-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/357/545-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UM OFÍCIO AO 37º BATALHÃO DE POLÍCIA MILITAR, PEDINDO QUE AUMENTE A RONDA POLICIAL NA BIQUINHA, CENTRO, MAIS PRECISAMENTE NA RUA MAJOR EUGÊNIO CAETANO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/358/546-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/358/546-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA GERAL COM CAPINA, RETIRADA DE ENTULHOS E LIMPEZA DOS BUEIROS NAS RUAS MAJOR EUGÊNIO CAETANO E MAJOR FRANCISCO FRANCO.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/550_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/550_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A LIMPEZA DO LADO DE FORA DO RESERVATÓRIO DE ÁGUA DA PREFEITURA E DO LADO INTERNO DO TRATAMENTO DE ÁGUA, NO BONDAROVSKY.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/668/551_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/668/551_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A LIMPEZA E A RETIRADA DE ENTULHO NA RUA ELOMIR NOGUEIRA, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/669/552_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/669/552_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA RETOMADA O CRONOGRAMA DO CATA ENTULHO NOS BAIRROS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/360/553-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/360/553-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA CALÇADA E TAMBÉM DA PARTE ENTRE O ASFALTO E A CALÇADA, BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/359/554-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/359/554-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA DA GUARITA NO PONTO FINAL DO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_555_julho.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_555_julho.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL CRIAÇÃO DE PROJETO DE TRANSPORTE FORA DOMICÍLIO A QUESTÕES DE PERÍCIA DO INSS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_557.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_557.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PLANO DE CARGOS E SALÁRIOS E CONTRATAÇÃO DE EMPRESA PARA AVALIAÇÃO DO IMPACTO FINANCEIRO  DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_verbal_n._562_dia_13.07.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_verbal_n._562_dia_13.07.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE VERIFIQUE A TAMPA DE UM BUEIRO QUE ESTÁ QUEBRADA EM FRENTE A IGREJA QUADRANGULAR QUE FICA SITUADA NA RUA ANTONIO POLASTRI, NO BAIRRO POLASTRI.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_verbal_563_julho.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_verbal_563_julho.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REGULAMENTAÇÃO E ESTRUTURAÇÃO PARA LOCOMOÇÃO DE CAMINHÕES DE GRANDE PORTE E BITREM.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/567/565_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/567/565_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, DISPONIBILIZAR UM TRATOR EM FALCÃO E OUTRO EM SÃO JOAQUIM NOS PERÍODOS DE CHUVA.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/670/568_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/670/568_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, DISPONIBILIZAR PONTOS DE COLETA DE LIXO ELETRÔNICO NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/550/576-2021_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/550/576-2021_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ROÇADA E CAPINA NO CEMITÉRIO MUNICIPAL DE QUATIS NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/551/577-2021_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/551/577-2021_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ROÇADA E CAPINA NO PSF3 SITUADO NO BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ROÇADA E CAPINA NO PSF1 SITUADO NO BAIRRO N. S. DO ROSÁRIO (CRUZEIRO).</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/671/592_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/671/592_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A VERIFICAÇÃO DA CONDIÇÃO MECÂNICA DA AMBULÂNCIA, QUE FOI PARA O DISTRITO DE FALCÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/402/593-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/402/593-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO ALGUMAS MANUTENÇÕES NECESSÁRIAS PARA A RETOMADA ESCOLAR NA UNIDADE DE ENSINO MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/400/594-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/400/594-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO ALGUMAS MANUTENÇÕES NECESSÁRIAS PARA A RETOMADA ESCOLAR NA UNIDADE DE ENSINO HENRY NESTLÉ.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao__verbal_595.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao__verbal_595.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE HORÁRIOS PARA CIRCULAÇÃO DE CAMINHÕES DE GRANDE PORTE E BITREM DENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/602/598_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/602/598_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A VERIFICAÇÃO NA REDE DE ESGOTO, SITUADA NA RUA B, BAIRRO SANTA BARBARA, NO FINAL DA RUA.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/672/599_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/672/599_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA DISPONIBILIZADO A DOCUMENTAÇÃO EXISTENTE DO BAIRRO ALTO PARAÍSO COM OS NOMES DAS RUAS PARA A REGULARIZAÇÃO DO CÓDIGO DE ENDEREÇAMENTO POSTAL (CEP).</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/673/600_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/673/600_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA DISPONIBILIZADO O NÚMERO DE AUTISTAS ATENDIDOS NA REDE MUNICIPAL PELAS SECRETARIAS MUNICÍPAIS DE ASSISTÊNCIA SOCIAL, SAÚDE E EDUCAÇÃO.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_noiminal_n._605_dia_21.07.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_noiminal_n._605_dia_21.07.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL COMPETENTE QUE SEJA PROVIDENCIADO O CATA ENTULHO EM TODO O  BAIRRO MIRANDÓPOLIS</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_nominal_n._606_dia_21.07.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_nominal_n._606_dia_21.07.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL COMPETENTE QUE SEJA PROVIDENCIADO O CATA ENTULHO EM TODO O  BAIRRO JARDIM POLASTRE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/401/607-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/401/607-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DISPONIBILIZADO UMA LINHA TELEFÔNICA E REDE WI-FI EM TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/403/611-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/403/611-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO A MANUTENÇÃO E LIMPEZA DA ÁREA VERDE E TAMBÉM QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE UMA TAMPA DE CONCRETO NA ELEVATÓRIA, NA RUA ALBINO DA CUNHA PEDROSO, BAIRRO ALTO PARAÍSO.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE RETORNE COM A EMPRESA QUE ESTÁ À FRENTE DOS TRABALHOS DE TAPA-BURACOS, NA RUA GEORGETH BARBOSA LEITE, PRÓXIMO AO Nº 235, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_verbal__613.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_verbal__613.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM VÍDEO EDUCATIVO DE RETORNO ÀS AULAS EXPLICANDO OS PROTOCOLOS SANITÁRIOS.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/674/616_2021_2.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/674/616_2021_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL O RETORNO DOS ATENDIMENTOS DE TERAPIA OCUPACIONAL, FONOAUDIOLOGIA, FISIOTERAPIA, PSICOLOGIA E A CONTRATAÇÃO DE UMA NEUROPEDIATRIA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/411/618-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/411/618-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÕES DE LIXEIRAS PADRONIZADAS POR TODOS OS BAIRROS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/410/619-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/410/619-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE CRIE UM PROGRAMA QUE GARANTA ABSORVENTES HIGIÊNICOS PARA AS ALUNAS DA REDE MUNICIPAL DE ENSINO, DENTRO DO AMBIENTE ESCOLAR.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/409/620-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/409/620-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO   QUE CRIE UM PROGRAMA QUE LEVE OS MÉDICOS AS ESCOLAS, PARA QUE CONCEDAM ACOMPANHAMENTOS INDIVIDUAIS AOS ALUNOS, REALIZANDO AVALIAÇÕES MÉDICAS, DISPONIBILIZANDO SERVIÇOS ODONTOLÓGICOS, NUTRICIONAIS, OFTALMOLÓGICOS, PSICOLÓGICOS, FISIOTERAPIA E EDUCAÇÃO FÍSICA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/408/621-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/408/621-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UM LEVANTAMENTO E UM ESTUDO URBANÍSTICO PARA MAPEAR AS ÁREAS QUE CONSTAM ILEGALMENTE COMO CONSTRUÇÕES IRREGULARES E ASSIM SENDO POSSÍVEIS DE SEREM REGULARIZADAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/405/622-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/405/622-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER A TROCA DO TRANSFORMADOR DE 40 KVA PARA UM MAIOR, NA RUA GEORGETH BARBOSA LEITE, Nº 431, JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_verbal_625-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_verbal_625-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA E ROÇADA DA ÁREA EXTERNA DA ARENA TERREIRÃO, SITUADO NO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/675/627_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/675/627_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DA ILUMINAÇÃO DO CAMPO DO TERREIRÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/407/629-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/407/629-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO SEMÁFARO QUE FICA LOCALIZADO NA RJ 159, AO LADO DA PONTE DE FERRO, ENTRANDO PARA PORTO REAL E QUE ESTUDE A POSSIBILIDADE DE INSTALAR UM TEMPORIZADOR NO MESMO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/406/630-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/406/630-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO DE TRÊS CAMINHÕES PRÓPRIOS DO MUNICÍPIO, SÃO ELES:_x000D_
 CAMINHÃO CESTO KQW-1017, CAMINHÃO CAÇAMBA KRA-6046 E O CAMINHÃO DE LIXO ÚMIDO LTV-2104.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/394/indic_verbal_631_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/394/indic_verbal_631_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E PINTURA DA ÁREA INTERNA DO ESF RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/395/indic_verbal_632.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/395/indic_verbal_632.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO MURO E PORTÃO LATERAL PRÓXIMO A COZINHA DA ESCOLA MUNICIPAL MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/396/indi_verbal__633.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/396/indi_verbal__633.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DAS PIAS DA COZINHA DA ESCOLA MUNICIPAL MARIA HELENA RAFAEL DE ELIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/397/ind_verbal_634.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/397/ind_verbal_634.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O AUMENTO DE NÚMERO DE VAGAS PARA CONSULTA DE DENTISTA NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/676/636_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/676/636_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MELHORIA DA RAMPA DA FAIXA ELEVADA EM FRENTE AO SUPERMERCADO ESTRELA.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/677/637_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/677/637_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A PINTURA DOS QUEBRA-MOLAS DA RUA GUIOMAR MARCONDES DE OLIVEIRA, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/414/638-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/414/638-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A VIABILIDADE DE REALIZAREM A VACINAÇÃO DA COVID-19 APÓS AS 17:00H OU AOS SÁBADOS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/413/639-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/413/639-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE UM QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES NA RUA CARLOS ABRAÃO FILHO, Nº 149, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/412/640-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/412/640-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE FAÇA O LEVANTAMENTO NAS CABEÇAS DA PONTE SITUADA NA RUA CARLOS ABRAÃO FILHO, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_verbal_n._641_dia_17.08.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_verbal_n._641_dia_17.08.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL  QUE  SE POSSÍVEL SEJA FEITO UMA FAIXA ELEVADA COM AS DEVIDAS SINALIZAÇÕES NA ALTURA DA RESIDÊNCIA 681, NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/398/ind_verbal_642.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/398/ind_verbal_642.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REGULAMENTAÇÃO DO SUAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/645_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/645_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UMA INSTALAÇÃO DE DUAS RAMPAS DE ACESSIBILIDADE, SENDO UMA NO CAMPO DE FUTEBOL DE FALCÃO E A OUTRA NO CEMITÉRIO DE FALCÃO.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/679/646_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/679/646_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UMA LIMPEZA DAS FOSSAS NO CONDOMÍNIO SERRA AZUL, VISTA VERDE E NO RESIDENCIAL QUATIS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/399/647-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/399/647-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA DISPONIBILIZADO UM GUARDA PATRIMONIAL PARA FAZER A SEGURANÇA NO CAPS (Centro de atenção Psicossocial) DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/416/indica_verb_648.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/416/indica_verb_648.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE UMA CONCESSÃO DE TRANSPORTE QUE LIGUE QUATIS AO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/415/indic_verbal_649.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/415/indic_verbal_649.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL UMA PARCERIA COM PREFEITURA MUNICIPAL DE RESENDE PARA QUE SEJA ESTUDADA A POSSIBILIDADE DO CALÇAMENTO DA RUA DA PALHA, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/453/651-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/453/651-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE REALIZE A MANUTENÇÃO DA REDE DE ESGOTO LOCALIZADA AO LADO DA LINHA FÉRREA NA ANTIGA ESTAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/452/652-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/452/652-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTALAR REGISTRO DE PONTO ELETRÔNICO PARA CONTROLE DE FREQUÊNCIA EM TODOS OS PRÉDIOS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_verbal_n._653_dia_26.08.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_verbal_n._653_dia_26.08.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SE POSSÍVEL , CRIAR UMA LINHA TELEFÔNICA CELULAR QUE FIQUE RESPONSÁVEL PARA O RECEBIMENTO DE DENÚNCIAS DE MAUS TRATOS DE ANIMAIS, EM ESPECIAL NOS FINS DE SEMANA E FERIADOS.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/655_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/655_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A PROTEÇÃO DE DUAS NASCENTES D’ÁGUA, UMA LOCALIZADA NA PROPRIEDADE DA SENHORA ELISA E A OUTRA NA PROPRIEDADE DO SENHOR RODOLFO, NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/681/656_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/681/656_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MAPEAMENTO DAS NASCENTES D’ÁGUA DA CIDADE E A ELABORAÇÃO DE PROGRAMA DE INCENTIVO PARA PROTEGER E CERCAR AS MESMAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/682/657_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/682/657_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA FREZOLINA DE OLIVEIRA BARROS, PRÓXIMO A CASA Nº 116, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/455/658-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/455/658-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE FORNEÇA MATERIAIS DE EPI’s (EQUIPAMENTO DE PROTEÇÃO INDIVIDUAL), PARA OS AGENTES DA VIGILÂNCIA SANITÁRIA E GUARDAS AMBIENTAIS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/454/659-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/454/659-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE OFERECER CURSOS DE CAPACITAÇÃO AOS AGENTES DA VIGILÂNCIA SANITÁRIA E AOS GUARDAS AMBIENTAIS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/456/660-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/456/660-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE FIRMAR UMA PARCERIA COM A POLÍCIA MILITAR PARA FAZER O ACOMPANHAMENTO JUNTO À GUARDA AMBIENTAL E A VIGILÂNCIA SANITÁRIA DURANTE UMA DENÚNCIA DE MAUS TRATOS DE ANIMAIS NO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/471/ind_663.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/471/ind_663.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A DISPONIBILIDADE DE TRANSPORTES PARA ALUNOS DAS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/472/ind_664.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/472/ind_664.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CRIAÇÃO DE REDE DE APOIO EM ATENDIMENTO AOS ALUNOS DAS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/683/665_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/683/665_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REFORMA NA QUADRA E A CONSTRUÇÃO DE UM PARQUINHO NO EM TORNO DA MESMA, NO BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/684/666_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/684/666_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CELEBRAÇÃO DE TERMO DE COOPERAÇÃO COM O DETRAN PARA REALIZAR MUTIRÃO ITINERANTE NA CIDADE, PARA QUE PESSOAS COM DEFICIÊNCIA POSSAM TIRAR CARTEIRA NACIONAL DE HABILITAÇÃO.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/669_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/669_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA UMA OPERAÇÃO TAPA BURACO NAS RUAS CORONEL ALFREDO DE OLIVEIRA, MAJOR EUGENIO CAETANO E MAJOR FRANCISCO FRANCO, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/686/670_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/686/670_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA OPERAÇÃO TAPA BURACO NA RUA GENÉSIO LEITE, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/671_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/671_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDA UMA TAMPA DE BUEIRO, NA RUA GENÉSIO LEITE EM FRENTE AO NÚMERO 476, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/688/672_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/688/672_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA OPERAÇÃO TAPA BURACO NA RUA JAIME CAETANO DE OLIVEIRA, NO BAIRRO LAVA PÉS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/457/674-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/457/674-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE COM URGÊNCIA A MANUTENÇÃO DA AMBULÂNCIA QUE ATENDE AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/450/indic_verbal_675.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/450/indic_verbal_675.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PROJETO QUE POSSIBILITE MAIS SEGURANÇA NA CRECHE MUNICIPAL ADRIANA MARIA DE SOUZA CRUZ, NO QUE DESRESPEITO AOS ANIMAIS SILVESTRES E ERRANTES.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/451/indic_verbal_676.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/451/indic_verbal_676.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UMA CAMPANHA DE COMO LIDAR COM OS ANIMAIS PEÇONHETOS NAS LOCALIDADES DE GRANDE INCIDÊNCIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/689/680_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/689/680_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE UMA LIMPEZA NO RIBEIRÃO DOS MATADOUROS QUE COMEÇA NO FINAL DO BAIRRO DA ÁGUA ESPRAIADA E TERMINA NO BAIRRO ALTO PARAISO.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/690/682_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/690/682_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA MANUTENÇÃO NA ILUMINAÇÃO NO MORRO DO CRUZEIRO, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/458/684-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/458/684-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE MELHORAR AS IMPRESSÕES DAS CÓPIAS DOS PLEIS (PLANO DE ENSINO INTERDISCIPLINAR) QUE SÃO ENVIADAS PARA OS ALUNOS DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/478/ind_verbal_685.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/478/ind_verbal_685.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE  UMA INSTALAÇÃO DE ACADEMIA AO AR LIVRE NO DISTRITO DE FALCÃO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/691/688_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/691/688_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA INSTALADA 3 LUMINÁRIAS, ENTRE AS CASAS 1190 E 1210, NA ESTRADA QUATIS BOM RETIRO, E MAIS 3 LUMINÁRIAS PROXIMAS DO CONJUNTO DE CASAS NA RAÇÕES PILOTOS, NA MESMA ESTRADA.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A ADESIVAÇÃO COM O BRASÃO OFICIAL DE TODOS OS CARROS QUE SÃO USADOS PELO MUNICÍPIO, PRÓPRIOS OU ALUGADOS, SEM EXCEÇÕES.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/692/694_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/692/694_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO LEGISLATIVO MUNICIPAL QUE SEJA INSERIDO O CONTEÚDO DAS SESSÕES EM LIBRAS, PARA QUE OS PCD, SURDOS E MUDOS TENHAM O DIREITO DE ACOMPANHAR AS SESSÕES DA CÂMARA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/460/695-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/460/695-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O REPARO NA TUBULAÇÃO DE ESGOTO QUE PASSA NA RUA GUIOMAR MARCONDES OLIVEIRA, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/459/696-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/459/696-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E TROCA DA LÂMPADA EM FRENTE AO SITIO DA GRAMA, Nº 6000, NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/477/ind_verbal__697.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/477/ind_verbal__697.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A AQUISIÇÃO DE COMPUTADORES, IMPRESSORA, MANUTENÇÃO DE LÂMPADAS E BOTIJÃO DE GÁS PARA O NUCLESQ.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/693/698_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/693/698_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA RETIRADA A LIXEIRA COLETIVA, NA RUA ISAAC MARCONDES SAMPAIO, NO BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/483/699-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/483/699-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INTERCEDA JUNTO AO EXECUTIVO DE PORTO REAL, E ASSIM HAJA UM CONSENSO ENTRE AS DUAS PARTES PARA QUE REALIZE A MANUTENÇÃO NO PISO E TAMBÉM A INSTALAÇÃO DE GRADES PROTETORAS NAS LATERAIS DA PONTE DE FERRO QUE LIGA OS DOIS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/485/700-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/485/700-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A INSTALAÇÃO DE MAIS UMA LUMINÁRIA NO POSTE DE ILUMINAÇÃO PÚBLICA AO LADO DA LOTERIA QUATIS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/476/ind_verbal_701.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/476/ind_verbal_701.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UMA AÇÃO DE DEDUÇÃO DOS IMPOSTOS MUNICIPAIS PARA OS MUNÍCIPES QUE COLABORAM COM A POLÍTICA DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/694/705_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/694/705_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A REFORMA DA PONTINHA, E A MANUTENÇÃO EM VOLTA DE 2 GRADES, NA RUA ALFREDO SOARES DE OLIVEIRA, PRÓXIMO À CASA Nº 02, NO CENTRO.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/695/706_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/695/706_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A RETIDADA DA LIXEIRA COLETIVA NA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA NO CENTRO.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/696/707_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/696/707_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA NOTA DE ESCLARECIMENTO REFERENTE AO SALÁRIO DOS SERVIDORES PÚBLICOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/484/708-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/484/708-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO E INSTALAÇÃO DE UM QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, NO BAIRRO ÁGUA ESPRAIADA, PRÓXIMO AO Nº 1535, NO PONTO FINAL.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/492/ind_verbal_709.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/492/ind_verbal_709.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MANUTENÇÃO DA SERVIDÃO UM DO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/474/ind_712.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/474/ind_712.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA DO BUEIRO NA RUA COMENDADOR MIRANDA, NO CENTRO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/473/ind_713.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/473/ind_713.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A SINALIZAÇÃO PRÓXIMO AO PÓRTICO DE QUATIS PARA FACILITAR O TRÂNSITO NA LOCALIDADE.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_verbal_714-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_verbal_714-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DO POSTE DE ILUMINAÇÃO NA RUA A, PRÓXIMO AO Nº 11, BAIRRO SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/697/715_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/697/715_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA OPERAÇÃO TAPA BURACO NA RUA JOSÉ SOUTO, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/488/716-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/488/716-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA ÁREA DE LAZER, COM INSTALAÇÃO DE BRINQUEDOS INFANTIS, NA RUA FRANCISCO BORGES CARVALHO, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/489/717-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/489/717-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE DUAS PLACAS COM O NOME DAS RUAS FRANCISCO BORGES DE CARVALHO E GERALDO BALTAR, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/490/718-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/490/718-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE O RECAPEAMENTO DAS RUAS FRANCISCO BORGES DE CARVALHO E GERALDO BALTAR, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/491/719-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/491/719-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADA A COLOCAÇÃO E INSTALAÇÃO DE UMA CAIXA COLETORA DE ÁGUA PLUVIAL NO Nº 021, NA RUA GERALDO BALTAR, BAIRRO NOSSA SENHORA DO ROSÁRIO E TAMBÉM QUE FAÇA A MANUTENÇÃO DAS MANILHAS DE MEIA-MEIA CALHA QUE PASSA ACIMA DA RUA MENCIONADA.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_verbal_n._720_dia_28.09.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_verbal_n._720_dia_28.09.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE QUE SE POSSÍVEL PROVIDENCIE UMA LIXEIRA PARA A COMUNIDADE DA BARRINHA , PRÓXIMO AO ANTIGO ABATEDOURO DO SR. GUEDES, NO INÍCIO DA AVENIDA ROBERTO SILVEIRA.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/698/721_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/698/721_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA INTENSIFICADA A FISCALIZAÇÃO DA GUARDA MUNICIPAL NAS VAGAS DESTINADAS AOS IDOSOS E DE PCD NAS PRAÇAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/699/722_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/699/722_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE A MOTO SEJA COLOCADA EM UTILIZAÇÃO, POIS ESTÁ PARADA NA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/700/723_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/700/723_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA DO BUEIRO, O DESENTUPIMENTO DO ENCANAMENTO E O TAPA BURACO NA RUA ÂNTONIO POLASTRI EM FRENTE À CASA Nº 436, NO BAIRRO POLASTRI.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/487/724-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/487/724-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A REVITALIZAÇÃO COM PINTURAS DE LOMBADAS, FAIXAS DE PEDESTRES, MEIOS FIOS E A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DENTRO DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/486/725-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/486/725-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA POR TODO O BAIRRO MIRANDÓPOLIS PARA A LIMPEZA DE BUEIROS, COLOCAÇÃO DE GRADE E SUBSTITUIÇÃO DE TAMPA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/475/indi_verbal_726.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/475/indi_verbal_726.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA E MANUTENÇÃO DAS REPRESAS DO LIMA E LAVA PÉS.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/493/727-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/493/727-2021.pdf</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/498/730-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/498/730-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO DA GALERIA E A COLOCAÇÃO DE UMA TAMPA DE BUEIRO LOCALIZADO EM FRENTE AO Nº 60, NA RUA HÉLIO MARTINS SALGUEIRO ALVES, ANTIGA RUA 4, BAIRRO SÃO JOSÉ I.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/572/ind_731.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/572/ind_731.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CRIAÇÃO DE UM PROGRAMA DE HORTA VERTICAL E HORTA HORIZONTAL NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/499/731-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/499/731-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REALIZAR O CALÇAMENTO COM BROQUETES EM TODAS AS RUAS DO LOTEAMENTO SÃO JOSÉ II.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_verbal_734-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_verbal_734-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL O ESTUDO DE UM CRONOGRAMA DE HORÁRIOS PARA O MELHOR FUNCIONAMENTO DO GINÁSIO POLIESPORTIVO JOÃO BATISTA DE OLIVEIRA, SITUADO NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/701/735_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/701/735_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A REMOÇÃO DO ENTULHO, NA RUA CARLOS HAASIS, NA FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/702/736_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/702/736_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A LIMPEZA DO CÓRREGO NA RUA CARLOS HAASIS, NA FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/703/737_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/703/737_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA INSTALADA UMA LUMINÁRIA EM FRENTE AO CONDOMÍNIO SERRA AZUL, NA AVENIDA ROBERTO SILVEIRA.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/496/738-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/496/738-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A REFORMA DO VESTIÁRIO MASCULINO E A CONSTRUÇÃO DE UM VESTIÁRIO FEMININO NA SECRETARIA MUNICIPAL DE OBRAS.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/740-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/740-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REFORMA E A AMPLIAÇÃO DA PONTE NA RUA PEDRO MONTEIRO, BAIRRO PILOTOS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/495/741-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/495/741-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, NA RUA GENÉSIO LEITE Nº413, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/494/742-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/494/742-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A PODA DOS GALHOS DE ÁRVORES QUE ESTÃO ENTRE OS FIOS DE REDE ELÉTRICA NA RUA GERALDO BALTAR, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_verval_n._743_dia_14.10.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_verval_n._743_dia_14.10.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE JUNTO AO ÓRGÃO COMPETENTE A MUDANÇA DO LOCAL DO PONTO DE ÔNIBUS EXISTENTE AO LADO DO SEMÁFORO QUE DÁ ACESSO À PONTE DE FERRO QUE LIGA À PORTO REAL .</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/744_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/744_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL, QUE SEJA CONFECCIONADA PLACAS SINALIZANDO LOCAL “PROIBIDO JOGAR LIXO”.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/508/745-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/508/745-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA POR TODO O BAIRRO SANTO ANTÔNIO PARA A LIMPEZA DE BUEIROS, COLOCAÇÃO DE GRADE E SUBSTITUIÇÃO DE TAMPA.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/509/746-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/509/746-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A LIMPEZA GERAL COM ROÇADA, CAPINA, RETIRADA DE ENTULHOS E LIMPEZA E DESENTUPIMENTO DOS BUEIROS NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/507/747-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/507/747-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO E TROCA DE UMA LÂMPADA QUEIMADA PRÓXIMO A FAZENDA CAMPO ALEGRE, NA ESTRADA QUATIS X RESENDE, BOM RETIRO.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/506/748-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/506/748-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL E A SECRETARIA COMPETENTE PARA QUE REALIZE UM LEVANTAMENTO NA ÁREA RURAL PARA A VERIFICAÇÃO DOS ANIMAIS QUE AINDA NÃO TOMARAM A VACINA ANTIRRÁBICA.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/502/ind_verbal_749.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/502/ind_verbal_749.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UMA AÇÃO DE ORIENTAÇÃO AS INSTITUIÇÕES DO TERCEIRO SETOR COM RELAÇÃO ÀS INSCRIÇÕES MUNICIPAIS.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal__colocar_a_nova_taxa_de_entulho_solicitada_pelo_cidadao_no_iptu_ou_conta_de_agua..docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal__colocar_a_nova_taxa_de_entulho_solicitada_pelo_cidadao_no_iptu_ou_conta_de_agua..docx</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL ALTERAÇÃO NA FORMA DE PAGAMENTO DA TAXA DE ENTULHO SOLICITADA PELO CIDADÃO, SEJA INCLUÍDA NO IPTU OU CONTA DE ÁGUA.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/705/757_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/705/757_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA DISPONIBILIZAR UM GUARDA MUNICIPAL PARA FICAR RESPONSÁVEL PELO GINÁSIO POLIESPORTIVO DO BAIRRO NOSSA SENHORA DO ROSÁRIO, NO PERÍODO NOTURNO ATÉ O FECHAMENTO DO MESMO.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/758_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/758_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL UM TAPA BURACO NA RUA OLAVO DE CASTRO LOBO, NO BAIRRO BONDAROVSKY.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/707/759_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/707/759_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA MOLA EM FRENTE AO SUPERMERCADO SMART NO CENTRO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/760_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/760_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA REDE DE ESGOTO NA LOJA ESQUADRILHA DE ALUMÍNIO SÃO JUDAS, NA AVENIDA ROBERTO SILVEIRA NO BAIRRO BARRINHA.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/505/761-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/505/761-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE INSTALAÇÃO DE UMA LINHA TELEFÔNICA (FIXA E MÓVEL) NA SEDE DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/762-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/762-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A MANUTENÇÃO DOS CARROS QUE SÃO USADOS PARA ATENDER AS DEMANDAS QUE COMPETEM À VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/763-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/763-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROMOVA UM PROCESSO SELETIVO PARA A CONTRATAÇÃO DE MAIS AGENTES DE COMBATE A ENDEMIAS E AGENTE COMUNITÁRIO DE SAÚDE, PARA ATENDER AS DEMANDAS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/500/764-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/500/764-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA NA AVENIDA EUCLIDES GUIMARÃES COTIA (INDO DA VIAÇÃO FALCÃO ATÉ O CALDO DE CANA DO LANDIM), PARA A REALIZAÇÃO DE PODAS DOS GALHOS DE ÁRVORE ENTRE OS FIOS DE REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/501/765-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/501/765-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A LIMPEZA E DESENTUPIMENTO DO BUEIRO NA RJ 159, PERTO DA PONTE DE PORTO REAL.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/709/769_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/709/769_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA REDE DE ESGOTO NA RUA COMENDADOR MIRANDA EM FRENTE À CASA Nº 180, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/770_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/770_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A OPERAÇÃO TAPA BURACO NA RUA EUCLIDES COTIA, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/711/771_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/711/771_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE UM GUARDA MUNICIPAL PARA FICAR NO PÁTIO DA HORTA COMUNITÁRIA NA AVENIDA ALVES GUIMARÃES COTIA, BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/712/772_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/712/772_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A OPERAÇÃO CATA ENTULHO NA RUA E, EM FRENTE À CASA Nº 180 NO BAIRRO SANTA BARBARA.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/713/773_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/713/773_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A VISTORIA NA ILUMINAÇÃO DA PRAÇA TEIXEIRA BRANDÃO, NO CENTRO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/537/774-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/537/774-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A MANUTENÇÃO DO ELEVADOR QUE DÁ ACESSO A PARTE DE CIMA DO PRÉDIO DA PREFEITURA DE QUATIS.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_verbal_n._775_dia_26.10.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_verbal_n._775_dia_26.10.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL , QUE ORGANIZE EM CONJUNTO COM O CIRAC E PROTETORES DE ANIMAIS DA CIDADE,UMA FEIRA DE ADOÇÃO.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/714/779_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/714/779_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM PROJETO DE NATAÇÃO PARA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/538/780-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/538/780-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ENVIE UMA EQUIPE PARA UMA VISTORIA NAS ESTRADAS RURAIS QUE LIGAM O DISTRITO DE FALCÃO AO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM E POSTERIORMENTE QUE FAÇA A MANUTENÇÃO DAS MESMAS COM COLOCAÇÃO DE ESCÓRIA E DESENTUPIMENTO DE BUEIROS EM ALGUNS PONTOS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/522/ind_verbal_781.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/522/ind_verbal_781.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL O APROVEITAMENTO DAS CONTRAPARTIDAS DO EDITAL DA LEI ALDIR BLANC 14017/2020.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/715/788_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/715/788_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA VISTORIA NA CAIXA D’AGUA DA FEIRA DA ROÇA.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/716/789_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/716/789_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA DESTINADA UMA VAGA DE EMBARQUE E DE DESEMBARQUE NA RUA FAUSTINO PINHEIRO, EM FRENTE AO CENTRO DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/717/790_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/717/790_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA A PODA DE ÁRVORES DA PONTINHA DA BARRINHA, NA AVENIDA ROBERTO SILVEIRA.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/718/791_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/718/791_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA RETIRADA UMA FAIXA AMARELA, NA RUA DA ESCOLA JULIETA.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/719/795_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/719/795_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PODA DAS ÁRVORES DA AVENIDA EUCLIDES ALVES GUIMARÃES COTIA, COMEÇANDO DA PIZZARIA KI DELICIA ATÉ A BARRINHA.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/796_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/796_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITO UM REPARO NA LINHA TELEFONICA, NA CLÍNICA DA FAMÍLIA.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/539/800-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/539/800-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A OPERAÇÃO TAPA-BURACO NA RUA SEBASTIÃO MARTINS GONÇALVES, CENTRO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/540/801-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/540/801-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A RETIRADA DE UM ENTULHO NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, AO LADO DA RESIDÊNCIA Nº 700, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/541/802-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/541/802-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE UMA VISTORIA NO CÓRREGO LOCALIZADO NO DISTRITO DE RIBEIRÃO DE SÃO JOAQUIM E POSTERIORMENTE QUE FAÇA A LIMPEZA DO MESMO, PEÇO AINDA QUE FAÇA UMA VISTORIA NOS TERRENOS QUE FICAM AO LADO DESSE CÓRREGO PARA EVITAR FUTURAMENTE QUE OS MESMOS SE CEDAM COM O PASSAR DO TEMPO.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJA OFERTADO CAFÉ DA MANHÃ AOS FUNCIONÁRIOS DA SECRETARIA MUCICIPAL DE OBRAS.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/568/ind_verbal_805.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/568/ind_verbal_805.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL AO ÓRGÃO COMPETENTE A ADESÃO DE UM CURSO DE QUALIFICAÇÃO PARA OPERADOR DE MÁQUINAS PESADAS.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/721/810_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/721/810_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA ELABORADO UM PLANO, PARA CONSCIENTIZAR OS COMERCIANTES SOBRE O DESCARTE DO LIXO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/542/811-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/542/811-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADA A OPERAÇÃO TAPA-BURACO NAS RUAS JOSÉ DO NASCIMENTO E BENEDITO NUNES DE PAULA, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/543/811-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/543/811-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A INSTALAÇÃO DE DOIS QUEBRA-MOLAS COM AS DEVIDAS SINALIZAÇÕES, NA RUA GEORGETTI BARBOSA LEITE, PRÓXIMO AO Nº 410 E PRÓXIMO AO TERREIRÃO, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/544/813-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/544/813-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E TROCA DE 2 TAMPAS DE BUEIRO, NA RUA GEORGETTI BARBOSA LEITE, Nº 410 E NA RUA L, Nº 30, BAIRRO JARDIM INDEPENDÊNCIA.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/545/814-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/545/814-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE REALIZE A MANUTENÇÃO E CONSERTO DA REDE PLUVIAL EM FRENTE AO Nº 383, TRAVESSA 6, BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/722/816_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/722/816_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA UMA INSTALAÇÃO DE UMA LUMINÁRIA NA RUA CORONEL JOÃO TIBÚRCIO, EM FRENTE À CASA Nº248 NO CENTRO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/549/818-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/549/818-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A CANALIZAÇÃO DO ESGOTO NO BAIRRO ÁGUA ESPRAIADA.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/723/823_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/723/823_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A MANUTENÇÃO NA ILUMINAÇÃO DA PRAÇA DA IGREJA MATRIZ, NO CENTRO.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/724/824_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/724/824_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CONFECÇÃO DE UMA PLACA DE IDENTIFICAÇÃO PARA O CENTRO ODONTOLÓGICO E UMA RAMPA DE ACESSO NA PARTE INTERNA DA CALÇADA.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/725/825_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/725/825_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA DESTINADA DUAS VAGAS EM VOLTA DA PRAÇA DO LADO OPOSTO DA DROGARIA ECONOMIZE, ESTÁ PINTADA DE AMARELA, NO CENTRO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/547/826-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/547/826-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RETORNADO O TRABALHO DE AFERIÇÃO DE TEMPERATURA NA ENTRADA DA PREFEITURA MUNICIPAL EM PREVENÇÃO A COVID-19.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/546/827-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/546/827-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA FEITA A INSTALAÇÃO NOVAMENTE DO LAVATÓRIO NA ENTRADA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/553/828-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/553/828-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJA ABERTA MAIS VAGA DE ESTACIONAMENTO NA PRAÇA BRANDÃO EM FRENTE AOS QUIOSQUES DE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/548/829-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/548/829-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FAZER A INSTALAÇÃO DO RESERVATÓRIO DE ÁGUA DO NOVO LOTEAMENTO SÃO JOSÉ II E TAMBÉM QUE SEJA REALIZADO A TROCA E A SUBSTITUIÇÃO DA BOMBA QUE É USADA PARA JOGAR A ÁGUA PARA O MESMO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/726/830_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/726/830_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA DISPONABILIZADO AS VAGAS DE TAXI, DURANTE 45 DIAS QUE OS MESMOS FICARAM NA PRAÇA, NO CENTRO.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_833-2021__criacao_de_area_de__lazer_nossa_senhora_dp_rosario.docx</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_833-2021__criacao_de_area_de__lazer_nossa_senhora_dp_rosario.docx</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE ÁREA DE LAZER, NA RUA NALDIR LARANJEIRA BAPTISTA, NÚMEROS 174 e 175, NO BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/727/834_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/727/834_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADO UM FRALDÁRIO NO BANHEIRO FEMININO, VAI SER CONSTRUIDO NA PRAÇA TEIXEIRA BRANDÃO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/728/835_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/728/835_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDO UMA TAMPA DE BUEIRO NA RUA CAPITÃO ALVIM FONSECA, PRÓXIMO AO NÚMERO 241, NO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/604/837_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/604/837_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A LIMPEZA E ROÇADA NO CENTRO HISTÓRICO MARCO ZERO NO CENTRO (ANTIGA BIQUINHA).</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/841_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/841_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITO CATA ENTULHO NA RUA GENÉSIO LEITE, PRÓXIMO À CASA Nº 211, BAIRRO NOSSA SENHORA DO ROSÁRIO.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/729/845_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/729/845_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A LIMPEZA E ROÇADA NA SERVIDÃO, DA RUA HUMBERTO AMARAL, AO LADO DA CASA DO MOSIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/569/ind_verbal_846.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/569/ind_verbal_846.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL INFORMAÇÕES DA UTILIZAÇÃO DOS RECURSOS REMANESCENTES DO FUNDEB DE ACORDO COM A LEI 14113/2020.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/730/853_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/730/853_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A RETIRADA DO ENTULHO NA RUA VEREADOR VICTOR MARCONDES SAMPAIO, BAIRRO SANTO ANTÔNIO, (TRAVESSA A).</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/731/854_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/731/854_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA MANUTENÇÃO NA REDE DE ESGOTO NA RUA ELOMIR NOGUEIRA NO BAIRRO MIRANDÓPOLIS EM FRENTE AO BAR DO DANIEL.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/734/856-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/734/856-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA A INSTALAÇÃO DE UMA REDE PLUVIAL NA RUA ANTÔNIO POLASTRI, PRÓXIMO AO Nº 126, BAIRRO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/735/857-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/735/857-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O ENVIO DE UM OFICIO AO 37° BATALHÃO DE POLÍCIA MILITAR PARA QUE SEJA FEITA A RONDA COM MAIS FREQUÊNCIA NO BAIRRO JARDIM POLASTRI, PRECISAMENTE NA PRAÇA OMAR DE OLIVEIRA BARROS (PRAÇA DE SKATE).</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/606/858_2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/606/858_2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA FEITA A OPERAÇÃO CATA ENTULHO EM TODAS AS RUAS DO BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/736/859-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/736/859-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A COLOCAÇÃO DE PLACAS PROIBINDO O ESTACIONAMENTO DE CARRETAS E TAMBÉM DE SOM ALTO, NA PRAÇA OMAR DE OLIVEIRA BARROS (PRAÇA DE SKATE), NO JARDIM POLASTRI.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/737/860-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/737/860-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE ESTUDE A POSSIBILIDADE DE INSTALAR CÂMERAS DE MONITORAMENTO NAS PRAÇAS, ÁREAS CENTRAIS, BAIRROS E AVENIDAS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/738/865-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/738/865-2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O REPARO E MANUTENÇÃO DA REDE DE ESGOTO QUE ESTÁ AFUNDANDO A CALÇADA NA ENTRADA DO BECO DO FUMAÇA, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/76/ind_170-.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/76/ind_170-.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL SOLICITO A REFORMA  DA QUADRA DO BAIRRO MIRANDÓPOLIS.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_verbal_324_1.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_verbal_324_1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAFEITA A MANUTENÇÃO DA ROTATÓRIA, NA RUA 23 DA ESTRADA DO HORTO PRIMEIRA A ESQUERDA</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_001-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_001-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto a locação de imóveis e seus respectivos vencimentos.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_002-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_002-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Presidente da Câmara Municipal de Quatis informações quanto à visibilidade da adoção da nova forma de pagamento dos servidores e vereadores da Câmara Municipal de Quatis.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_004-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_004-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal prestação de contas do Fundo Municipal de Cultura e de Turismo.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_005-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_005-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal cópia capa a capa do contrato firmado com a empresa MGF Sul Construtora e Serviços Ltda., responsável pelos serviços de limpeza urbana no município de Quatis.</t>
   </si>
   <si>
     <t>CDA - Comissão de Defesa dos Animais</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_006-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_006-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto ao contrato que a Prefeitura Municipal de Quatis tem com a empresa Cirac, localizada no município de Porto Real, e que envie para esta Casa Legislativa uma cópia capa a capa do contrato firmado com a mesma.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_007-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_007-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto à empresa que efetua a coleta de resíduos no município de Quatis.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_008-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_008-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal a cópia do contrato referente à reforma da quadra de Falcão.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_009-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_009-21.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto a todos os terrenos disponíveis para concessão pertencentes à Prefeitura Municipal de Quatis.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_011-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_011-2021.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL CÓPIA DO PROCESSO 407/2020, REFERENTE AO RETROATIVO DE 2019 DOS AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE COMBATE A ENDEMIAS DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
     <t>Alex D'Elias, André Jabuti</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_n.o_013.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_n.o_013.2021.pdf</t>
   </si>
   <si>
     <t>REQUER AO LEGISLATIVO MUNICIPAL A RETIRADA DO PROJETO DE LEI Nº007/2021.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_017-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_017-2021.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL INFORMAÇÕES QUANTO AS AÇÕES QUE SÃO DESENVOLVIDAS APÓS UMA DENÚNCIA DE MAUS TRATOS CONTRA ANIMAIS</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/361/requerimento_019-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/361/requerimento_019-2021.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL INFORMAÇÕES QUANTO AS AÇÕES QUE ESTÃO SENDO DESENVOLVIDAS PARA SUPRIR A CARÊNCIA DE ATENDIMENTO MÉDICO NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE QUATIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/301/021-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/301/021-2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À EQUIPE INFOCELL.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/39/mocao_001-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/39/mocao_001-2021.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃOROSA IDALINA NUNES DE MACEDO À SENHORA MARIA CÂNDIDA DE ALMEIDA GONÇALVES.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/511/mocao_002.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/511/mocao_002.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO À SENHORA LÚCIA DE FÁTIMA ALVES COUTINHO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/355/mocao_rosa_idalina_n._005_dia_24.02.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/355/mocao_rosa_idalina_n._005_dia_24.02.2021.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO À SENHORA CLEIA FIDÉLIS DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/321/moc_007.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/321/moc_007.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO À SENHORA MARILDA DA SILVA GARCIA.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/581/mocao_009-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/581/mocao_009-2021.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO ROSA IDALINA NUNES DE MACEDO À SENHORA CLEONICE RAMOS DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/512/mocao_11.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/512/mocao_11.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA LUCIENE NASCIMENTO, EM COMEMORAÇÃO AO LANÇAMENTO DO SEU LIVRO  “TUDO  NELA É DE SE AMAR”.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/513/mocao_12.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/513/mocao_12.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA RAYANE BATISTA GUIMARÃES DE  CARVALHO, EM RELEVANTES SERVIÇOS PRESTADOS COMO VOLUNTÁRIA NA APAE DE QUATIS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/580/021-2021.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/514/mocao_23.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/580/021-2021.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/514/mocao_23.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À LGC COMÉRCIO DE PRODUTOS ALIMENTÍCIOS LTDA (SMART).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/515/mocao_33_ii_c.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/515/mocao_33_ii_c.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AOS PROFISSIONAIS DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL (SUAS), QUE ESTÃO EM VULNERABILIDADE NOS SEUS SERVIÇOS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/516/mocao_035.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/516/mocao_035.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO ÀS SENHORAS RAYSSA BARBOSA DE OLIVEIRA E KAROL CUNHA PELO RELEVANTE SERVIÇO PRESTADO A COMUNIDADE LGBTI+.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/578/mocao_042-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/578/mocao_042-2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO A SERVIDORA PÚBLICA ESTADUAL TEREZINHA DE JESUS SOUZA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/579/mocao_043-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/579/mocao_043-2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO MUNICIPAL JULIANO DE JESUS SILVA BENTO.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO ESTADUAL GUTENBERG PEREIRA MILITÃO.</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO SERVIDOR PÚBLICO ESTADUAL IRAN AUGUSTO DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/518/mocao_049.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/518/mocao_049.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SERVIDORA PÚBLICA MUNICIPAL MARIA CRISTINA SIZINO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/611/mocao_n.52_30.08.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/611/mocao_n.52_30.08.2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃOAO (À)SERVIDOR(A) PÚBLICO(A) MUNICIPAL A SENHORA ADRIANA REZENDE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/612/mocao_n.53_30.08.2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/612/mocao_n.53_30.08.2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO(À)SERVIDOR(A) PÚBLICO(A) ESTADUAL A SENHORA DELSIA DE ASSIS ALFREDO SILVA</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/600/moc_056.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/600/moc_056.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SERVIDORA PÚBLICA MUNICIPAL SRA ANA MARIA DE OLIVEIRA GUIMARÃES.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/601/moc_057.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/601/moc_057.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AO  SERVIDOR PÚBLICO ESTADUAL SR PAULO MOREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_060-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_060-2021.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA LILIANE CÂNDIDO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/519/mocao_069.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/519/mocao_069.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AOS ARTISTAS DANÇARINOS MONIQUE CRISTINA BARROS SILVA, WENDER DOMINGOS DA CRUZ, LUIS GUSTAVO DE SOUZA E JOSÉ IRINEU DE OLIVEIRA JUNIOR PELOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_070.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_070.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO AOS PROFISSIONAIS DE EDUCAÇÃO FÍSICA MIGUEL ÂNGELO DE CARVALHO, MARISE FARIA RODRIGUES E MARIA DO ROSÁRIO NASCIMENTO ALVES PELOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/521/mocao_78_certa.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/521/mocao_78_certa.pdf</t>
   </si>
   <si>
     <t>REQUER MOÇÃO DE CONGRATULAÇÃO À SENHORA MARIANA GONÇALVES XAVIER, PELOS RELEVANTES SERVIÇOS PRESTADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/570/mocao_079.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/570/mocao_079.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDA A MOÇÃO DE CONGRATULAÇÃO A ESCOLA MUNICIPAL PESSOA DE BARROS EM COMEMORAÇÃO AOS 70 ANOS.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/26/proj._res._003-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/26/proj._res._003-21.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 64, inciso VI do Regimento Interno dessa Casa Legislativa - Direitos do Homem e da Mulher para Direitos Humanos.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/67/proj._res._004-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/67/proj._res._004-21.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão de Estudo de Políticas Culturais.</t>
   </si>
   <si>
     <t>Mesa Executiva - ME</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/523/proj._resolucao_005-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/523/proj._resolucao_005-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza dar baixa de bens integrantes do patrimônio desta Casa de Leis.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/448/proj._resolucao_n_006-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/448/proj._resolucao_n_006-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA Q, ANEXO VI DA RESOLUÇÃO Nº 003/2015, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_de_resolucao_no_007-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_de_resolucao_no_007-2021.pdf</t>
   </si>
   <si>
     <t>Institui no município o programa "Câmara vai à Escola".</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/23/proj._de_decreto_legislativo_001-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/23/proj._de_decreto_legislativo_001-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas do Chefe do Executivo Municipal, senhor Raimundo de Souza, referente ao exercício de 2018.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/24/proj._de_decreto_legislativo_002-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/24/proj._de_decreto_legislativo_002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas do Chefe do Executivo Municipal, senhor Raimundo de Souza, referente ao exercício de 2019.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/391/proj._de_decreto_legislativo_003-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/391/proj._de_decreto_legislativo_003-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Chefe do Executivo Municipal, senhor Raimundo de Souza, referente ao exercício de 2013.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/467/proj._decreto_legislativo_no_004-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/467/proj._decreto_legislativo_no_004-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR SÉRGIO ALVES DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/417/proj._decreto_legislativo_no_005-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/417/proj._decreto_legislativo_no_005-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR RAFAEL PAULINO DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/418/proj._decreto_legislativo_no_006-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/418/proj._decreto_legislativo_no_006-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOÃO BATISTA MACHADO.</t>
   </si>
   <si>
     <t>DJ Denilson</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LAILSON DA CONCEIÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/468/proj._decreto_legislativo_no_008-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/468/proj._decreto_legislativo_no_008-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR GERALDO SEBASTIÃO DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/proj._decreto_legislativo_no_009-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/proj._decreto_legislativo_no_009-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR WAGNER TESTA CARDOSO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/419/proj._decreto_legislativo_no_011-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/419/proj._decreto_legislativo_no_011-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR HELDER CUNHA MAGALHÃES.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/444/proj._decreto_lgislativo_n_012-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/444/proj._decreto_lgislativo_n_012-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE A SENHORA EDEUVAZ APARECIDA DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/420/proj._decreto_legislativo_no_013-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/420/proj._decreto_legislativo_no_013-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR ALBERTO DE ARAÚJO VICENTE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/421/proj._decreto_legislativo_no_014-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/421/proj._decreto_legislativo_no_014-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR IRINEU GOMES DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/422/proj._decreto_legislativo_no_015-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/422/proj._decreto_legislativo_no_015-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOSUEL DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/proj._decreto_legislativo_no_016-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/proj._decreto_legislativo_no_016-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE EMPRESÁRIO EMPREENDEDOR AO SENHOR GLEISON SOUZA DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/424/proj._decreto_legislativo_no_017-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/424/proj._decreto_legislativo_no_017-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE A SENHORA RESELANGE APARECIDA MARÇAL.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE A SENHORA ELIANE VEIGA DELBEM.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/426/proj._decreto_legislativo_no_019-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/426/proj._decreto_legislativo_no_019-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR WESLEY DE ASSIS VARGAS.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE PROFISSIONAL EMÉRITO A SENHORA PATRÍCIA TORRES DO NASCIMENTO LEIS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/428/proj._decreto_legislativo_no_021-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/428/proj._decreto_legislativo_no_021-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ QUATIENSE A SENHORA DIONÍSIA MARIA SILVA DE MATTOS.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/429/proj._decreto_legislativo_no_022-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/429/proj._decreto_legislativo_no_022-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ QUATIENSE À SENHORA TELMA VIEIRA DE SOUZA.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ QUATIENSE À SENHORA ROSIMAR DE FÁTIMA LEITE.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/431/proj._decreto_legislativo_no_024-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/431/proj._decreto_legislativo_no_024-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE FUNCIONÁRIO PADRÃO À SENHORA MARIA CRISTINA DUQUE DE PAIVA.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR CARLOS JOAQUIM SILVEIRA SOARES.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE A SENHORA NATHALY RHUBIAA CAMPBELL.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/434/proj._decreto_legislativo_no_027-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/434/proj._decreto_legislativo_no_027-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR LUIZ GONZAGA LEITE.</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR GEISSON DINONÍZIO MOREIRA.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/436/proj._decreto_legislativo_no_029-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/436/proj._decreto_legislativo_no_029-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE A SENHORA REGINA APARECIDA DINONÍZIO ALVES.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/443/proj._decreto_lgislativo_n_030-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/443/proj._decreto_lgislativo_n_030-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR FELÍCIO LATERÇA DE ALMEIDA.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/438/proj._decreto_legislativo_no_031-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/438/proj._decreto_legislativo_no_031-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA FAUSTINO PINHEIRO AO SENHOR PADRE GILDO NOGUEIRA GOMES.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/439/proj._decreto_lgislativo_n_032-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/439/proj._decreto_lgislativo_n_032-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOSE ODAI DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/440/proj._decreto_lgislativo_n_033-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/440/proj._decreto_lgislativo_n_033-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR CARLOS ANTÔNIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/441/proj._decreto_lgislativo_n_034-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/441/proj._decreto_lgislativo_n_034-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR JOSIAS MATIAS FIRMINO.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/449/proj._decreto_legislativo_no_035-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/449/proj._decreto_legislativo_no_035-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA PROFESSOR EMÉRITO À SENHORA JUSSARA VIEIRA DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/470/proj._decreto_legislativo_no_010-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/470/proj._decreto_legislativo_no_010-2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO QUATIENSE AO SENHOR TYRONE ARAUJO ALENCAR.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_001-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_001-21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de denúncia a maus tratos e abandono contra animais na cidade de Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_002-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_002-21.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Dezembro "Verde" - Não ao Abandono de Animais no Município de Quatis.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_003-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_003-2021.pdf</t>
   </si>
   <si>
     <t>Renomeia os logradouros localizados no Loteamento São José e cria o código de endereçamento postal (CEP).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_004-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_004-21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade para a ocupação de vaga em creche para filhos de mulheres vítimas de violência doméstica e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_005-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_005-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Cultura de Quatis (SMCQ).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_006-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_006-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 972, de 24 de julho de 2017, que regulamenta o transporte individual de passageiros do tipo táxi, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_007-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_007-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a flexibilização de poda de árvores em árvores em área urbana de domínio público, logradouros públicos.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_008-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidade), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública do município, e dá outras providências.</t>
   </si>
   <si>
     <t>Casoba da Academia, Alex D'Elias, André Jabuti, Fernando Maninho, Maria Rosa, Nildinho, Willian Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_009-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_009-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática de atividade física e do exercício físico como essenciais para a população quatiense em tempos de crises ocasionadas por moléstias contagiosas ou catástrofes naturais.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_lei_010-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_lei_010-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com clínicas médicas visando à implantação do Programa Meia-Consulta junto aos pacientes hipossuficientes do município e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_011-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_011-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa "Adote um Ponto de Ônibus" e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_012-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_012-2021.pdf</t>
   </si>
   <si>
     <t>Cria o banco de medicamentos no município de Quatis para angariar medicamentos doados por pessoas físicas e jurídicas de direito privado.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_013-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_013-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos dados dos Conselhos Municipais na página oficial da Prefeitura e Câmara Municipal na internet, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_014-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_014-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de adicional de periculosidade para os servidores ocupantes do cargo efetivo de Agente de Segurança da Câmara Municipal de Quatis/RJ e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_015-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_015-2021.pdf</t>
   </si>
   <si>
     <t>Obriga os estabelecimentos públicos e privados no Município a inserir nas placas de atendimento prioritário o símbolo mundial do autismo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_016-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_016-2021.pdf</t>
   </si>
   <si>
     <t>Renomeia os logradouros localizados no Loteamento Bela Vista e cria o código de endereçamento postal (CEP).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/proj._de_lei_017-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/proj._de_lei_017-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do programa patrulha municipal Maria da Penha no âmbito do município de Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_018-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_018-2021.pdf</t>
   </si>
   <si>
     <t>Renomeia os logradouros localizados no Loteamento Monte Carlo e cria o código de endereçamento postal (CEP).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_019-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_019-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Carteira Municipal de Identificação da Pessoa com Deficiência e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_020-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_020-2021.pdf</t>
   </si>
   <si>
     <t>Renomeia o logradouro localizado no bairro Barrinha e cria o código de endereçamento postal (CEP).</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_021-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_021-2021.pdf</t>
   </si>
   <si>
     <t>Renomeia o logradouro localizado no bairro Santo Antônio e cria o código de endereçamento postal (CEP).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_022-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_022-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece, no âmbito do município de Quatis, sanções e penalidades administrativas para aqueles que praticarem maus-tratos aos animais e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/389/projeto_de_lei_023-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/389/projeto_de_lei_023-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Memorial em homenagem às vítimas fatais em decorrência da covid-19 no âmbito municipal.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_024-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_024-2021.pdf</t>
   </si>
   <si>
     <t>Concede ao estudante com deficiência locomotora o direito de matrícula na escola pública municipal mais próxima de sua residência.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_025-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_025-2021.pdf</t>
   </si>
   <si>
     <t>Institui o "Portal da Pessoa com Deficiência" e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/461/proj._lei_no_026-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/461/proj._lei_no_026-2021.pdf</t>
   </si>
   <si>
     <t>RENOMEIA OS LOGRADOUROS NO BAIRRO SANTA BÁRBARA E CRIA O CÓDIGO DE ENDEREÇAMENTO POSTAL (CEP</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/480/proj._lei_no_027-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/480/proj._lei_no_027-2021.pdf</t>
   </si>
   <si>
     <t>Institui a semana de valorização de LIBRAS e respeito ao surdo e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/481/proj._lei_no_029-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/481/proj._lei_no_029-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a política de educação alimentar escolar e combate à obesidade, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/462/proj._lei_no_030-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/462/proj._lei_no_030-2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE EDUCAÇÃO FÍSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/447/proj._lei_n_031-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/447/proj._lei_n_031-2021.pdf</t>
   </si>
   <si>
     <t>RENOMEIA O LOGRADOURO VALDIR JOSÉ NO BAIRRO JARDIM INDEPENDÊNCIA, PASSANDO A DENOMINA-SE "RUA ADELINA DE OLIVEIRA SILVA. E CRIA O CÓDIGO DE ENDEREÇAMENTO POSTAL (CEP).</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/463/proj._lei_no_032-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/463/proj._lei_no_032-2021.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Off-Road e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/482/proj._lei_no_033-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/482/proj._lei_no_033-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação nas paradas de ônibus de placas com os horários de linhas de transporte coletivo e nos próprios veículos.</t>
   </si>
   <si>
     <t>INSTITUI O DIA DOS ESPORTES DE LUTAS NO MUNICÍPIO DE QUATIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/533/proj._de_lei_035-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/533/proj._de_lei_035-2021.pdf</t>
   </si>
   <si>
     <t>Cria o programa de conscientização e obriga a inclusão e reserva de vagas na rede pública e privada municipal de ensino, para crianças e adolescentes com transtorno do espectro autista e dá outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/proj._de_lei_037-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/proj._de_lei_037-2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de proteção ao ciclista no âmbito do município de Quatis-RJ.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/535/proj._de_lei_038-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/535/proj._de_lei_038-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da central de coleta e distribuição municipal na cidade de Quatis e da outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/559/proj._de_lei_no_039-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/559/proj._de_lei_no_039-2021.pdf</t>
   </si>
   <si>
     <t>Proibe no âmbito do município de Quatis a cobrança de sacolas descartáveis biodegradáveis de papel ou qualquer outro material que não polua o meio ambiente para embalagem e transporte de produtos adquiridos em estabelecimentos comerciais.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo Municipal - EXEC</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/37/proj._de_lei_ref._a_mensagem_010-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/37/proj._de_lei_ref._a_mensagem_010-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação, até sua dobra, de carga horária de servidores efetivos no âmbito da administração pública e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/328/mensagem_018-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/328/mensagem_018-2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REFORMA NA ESTRUTURA ADMINISTRATIVA DO GOVERNO MUNICIPAL DE QUATIS, ESTABELECE AS DIRETRIZES, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/10/proj._de_emenda_001-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/10/proj._de_emenda_001-21.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 633/2008 e ratifica o art. 85-A da Lei Orgânica Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/25/proj._de_emenda_002-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/25/proj._de_emenda_002-2021.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no art. 109, § 3º, da Lei Orgânica do Município de Quatis.</t>
   </si>
   <si>
     <t>PLM</t>
   </si>
   <si>
     <t>Projeto de Lei Referente a Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/5/proj._de_lei_ref._a_mensagem_001-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/5/proj._de_lei_ref._a_mensagem_001-21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Pública de Quatis - CONSEP - Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/8/proj._de_lei_ref._a_mensagem_002-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/8/proj._de_lei_ref._a_mensagem_002-21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Segurança Pública - FUMSEP e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/9/proj._de_lei_ref._a_mensagem_004-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/9/proj._de_lei_ref._a_mensagem_004-21.pdf</t>
   </si>
   <si>
     <t>Ratifica Protocolo de Intenções firmado entre municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/21/proj._de_lei_ref._a_mensagem_005-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/21/proj._de_lei_ref._a_mensagem_005-2021.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei Municipal nº 911, de 11 de dezembro de 2015, que "dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Conselho do FUNDEB, e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/29/proj._de_lei_ref._a_mensagem_007-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/29/proj._de_lei_ref._a_mensagem_007-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o recebimento de doações de bens e serviços de pessoas físicas ou jurídicas de direito privado pelos órgãos da administração pública.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/30/proj._de_lei_ref._a_mensagem_008-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/30/proj._de_lei_ref._a_mensagem_008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/43/proj._de_lei_ref._a_mensagem_011-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/43/proj._de_lei_ref._a_mensagem_011-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Balcão de Empregos junto à Secretaria Municipal de Trabalho e Renda do Município de Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/45/proj._de_lei_ref._a_mensagem_012-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/45/proj._de_lei_ref._a_mensagem_012-2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 8º da Lei nº 1.170, de 17 de dezembro de 2020, que aprovou o orçamento do município de Quatis para o exercício de 2021.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/51/proj._de_lei_ref._a_mensagem_013-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/51/proj._de_lei_ref._a_mensagem_013-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 878, de 17 de abril de 2015, que dispõe sobre o Fundo Municipal dos Direitos da Pessoa com Deficiência - FUMPED e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/55/proj._de_lei_ref._a_mensagem_014-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/55/proj._de_lei_ref._a_mensagem_014-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Juventude - Comjovem e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/53/proj._de_lei_ref._a_mensagem_015-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/53/proj._de_lei_ref._a_mensagem_015-2021.pdf</t>
   </si>
   <si>
     <t>Altera as Leis Municipais nº 585, de 18 de dezembro de 2007, e nº 794, de 7 de dezembro de 2012, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/178/proj._de_lei_ref._a_mensagem_016-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/178/proj._de_lei_ref._a_mensagem_016-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 368, de 27 de dezembro de 2002, acerca do plano de custeio do Regime de Previdência Social dos Servidores Públicos do Município de Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/179/proj._de_lei_ref._a_mensagem_017-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/179/proj._de_lei_ref._a_mensagem_017-2021.pdf</t>
   </si>
   <si>
     <t>Altera o prazo da alíquota suplementar de contribuição previdenciária devida pelo Município ao Regime Próprio de Previdência Social - RPPS, estabelecida pela Lei Municipal nº 748, de 27 de junho de 2011.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/362/proj._de_lei_ref._a_mensagem_019-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/362/proj._de_lei_ref._a_mensagem_019-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 099/1996, VISANDO REESTRUTURAR O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/381/proj._de_lei_ref._a_mansagem_020-21.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/381/proj._de_lei_ref._a_mansagem_020-21.pdf</t>
   </si>
   <si>
     <t>Institui no município de Quatis o Programa Campo Forte.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/388/proj._de_lei_ref._a_mensagem_021-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/388/proj._de_lei_ref._a_mensagem_021-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Quatis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/445/proj._lei_referente_a_mensagem_n_022-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/445/proj._lei_referente_a_mensagem_n_022-2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE QUATIS PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/446/ppa_2022-2025.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/446/ppa_2022-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE QUATIS PARA O QUADRIÊNIO DE  2022 A 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/465/proj._de_lei_ref._a_mensagem_024-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/465/proj._de_lei_ref._a_mensagem_024-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/466/proj._de_lei_ref._a_mensagem_025-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/466/proj._de_lei_ref._a_mensagem_025-2021.pdf</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/proj._lei_ref._mensagem_026-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/proj._lei_ref._mensagem_026-2021.pdf</t>
   </si>
   <si>
     <t>Denomina o centro de informações turísticas "Alexandre Nogueira da Cunha - Cuia", e dá outras providências.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DE RISCOS E METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS/LDO 2022, CONSTANTE DA LEI MUNICIPAL Nº 1.190 DE 04 DE AGOSTO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/555/proj._lei_referente_a_mensagem_no_028-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/555/proj._lei_referente_a_mensagem_no_028-2021.pdf</t>
   </si>
   <si>
     <t>Cria o programa música nas escolas de Quatis e sua interlocução com a Corporação Musical Nossa Senhora do Rosário e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/proj._lei_referente_a_mensagem_no_029-2021.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/proj._lei_referente_a_mensagem_no_029-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 009 DE 19 DE AGOSTO DE 2014, VISANDO ADEQUAR O PISO SALARIAL DO AGENTE COMUNITÁRIO DE SAÚDE E DO AGENTE DE ENDEMIAS CONFORME DISPÕE A LEI FEDERAL Nº 11.350/2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/558/institui_o_regime_de_previdencia_complementar_no_ambito_do_municipio_de_quatis_fixa_o_limite_maximo_para_a_concessao_de_aposentadoria_e_pensoes_pelo_regime_de_previdencia_de_que_tratao_art_40_cf.pdf</t>
+    <t>http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/558/institui_o_regime_de_previdencia_complementar_no_ambito_do_municipio_de_quatis_fixa_o_limite_maximo_para_a_concessao_de_aposentadoria_e_pensoes_pelo_regime_de_previdencia_de_que_tratao_art_40_cf.pdf</t>
   </si>
   <si>
     <t>Institui o regime de previdência complementar no âmbito do município de Quatis-RJ, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o Art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7353,51 +7353,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/61/ind_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/69/ind_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/68/ind_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/560/05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/561/006_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/562/007_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/563/008_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/70/ind_013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/71/ind_014-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_015_ao_orgao_competente_o_remanejamento_dos_produtos_raticida_e_moluscida_considerados_nocivos..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_016__ao_orgao_competente_a_criacao_do_sistema_municipal_de__cultura_de_quatis_smcq..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_17_a_criacao_do_cnpjconta_e_regularizacao_dos_fundos__seguintes_conselho_municipal_dos_direitos_da_crianca_e_adolescente_cmdca_conselho_municipal_dos_direitos_da_pessoa_idosa_cmdpi_e_consel.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_018-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_019-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_020-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/56/021-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/57/022-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/272/023-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/271/024-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/270/025-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/269/026-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/268/027-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/267/028-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/266/030-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_verbal_033-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/573/034_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/284/036-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/132/037-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/282/038-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/281/039-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/279/040-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_verbal_n._41_dia_02.02.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_verb._042.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_verb.__043.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/112/ind_verbal_044.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_verbal_052-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_verbal_053-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/574/054_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/575/055_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/133/056-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/134/057-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/135/058-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/136/059-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/137/060-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/138/061-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/139/062-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/140/063-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/141/064-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/142/065-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/285/066-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/143/067-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/144/068-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/145/069-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/146/070-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_verbal_n._71_dia_04.02.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_verb._072.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_verb._074.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/114/ind_verbal_076.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/113/ind_verbal_077.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/564/078_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/565/079_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/74/ind_085.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/72/ind_086.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/73/ind_087.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/75/ind_088.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/566/089_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_verbal_093-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_verbal_094-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/576/095_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/577/096_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/147/097-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/286/098-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/148/099-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/289/100-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/287/101-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/149/102-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/150/103-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/104-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/288/105-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/283/106-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/280/107-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_verbal_n._108_dia_09.02.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/318/109-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/314/110-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_verb._111.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_verb._112.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/115/ind_verbal_113.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/ind_verbal_114.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/265/119-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_verbal_121-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/122-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/153/123-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/154/124-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/155/125-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/156/126-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/290/127-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/157/128-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/158/129-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/159/130-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/160/131-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_verbal_n.132_dia_11.02.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_verb._133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_verb._134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_verbal_135.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/118/ind_verbal_136.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/119/ind_verbal_137.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_nominal_n._138_dia_12.02.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_verbal_140-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/583/141_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/161/142-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/162/143-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/163/144-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/165/145-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/166/146-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_verbal_n._147_dia_18.02.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/117/ind_verbal_148.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/120/ind_verbal_149.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/121/ind_verbal_150.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/122/ind_verbal_151.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/586/158_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/291/159-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/292/160-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/293/161-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/295/163-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/296/164-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/297/165-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_verbal_n._166_dia_23.02.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_verb._167.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_verb._168.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_169_a_aquisicao_de_um_veiculo_para_secretaria__municipal_de_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/77/ind_171-.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/78/ind_172-.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/79/ind_174-.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/80/ind_175-.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/81/ind_176-.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/106/ind_177-.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/107/ind_178-.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/108/ind_179-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/587/182_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/276/184-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/167/185-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_verbal_n._186_dia_25.02.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/123/ind_verbal_187.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/124/ind_verbal_188.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_189_maior_suporte_para_os_agentes_de_saude_das_localidades_rurais..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_190_disponibilidade_da_conta_de_agua_via_internet_para_populacao..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao__191_seja_feita_a_instalacao_de_faixa_elevada_em_algumas_ruas_da_cidade_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/109/ind_192-.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_verbal_194-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_verbal_195-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/588/196_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/168/197-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/177/198-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_verbal_n._199_dia_02.03.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_verb._200.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/125/ind_verbal_201.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/126/ind_verbal_202.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/ind_203-posto_de_saude_pr_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/111/ind_206-terminar_a_rampa_escola_santana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/275/208-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/181/209-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/182/210-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/183/211-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/180/212-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/127/ind_verbal_213.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/128/ind_verbal_214.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/129/ind_verbal_215.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/589/221_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/298/222-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_verbal_224-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/184/225-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/185/226-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/186/227-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/187/228-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/188/229-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/189/230-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/190/231-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/191/232-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/192/233-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_verbal_n._234_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_verbal_n._235_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_verbal_n._236_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_verbal_n._237_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_verbal_n._238_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_verb._239.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_verb._240.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/130/ind_verbal_241.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_242-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_verbal_245-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/590/246_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/299/247-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/193/248-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/194/249-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/250-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/300/251-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/196/258-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/197/259-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/198/260-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/274/261-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/199/262-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/273/263-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_verb._264.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/131/ind_verbal_265.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/591/271_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/200/272-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/201/273-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_277-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/202/279-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/203/280-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/204/281-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_verb._282.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/592/285_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/593/286_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/594/287_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/288-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/315/293-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/64/ind_294-ref_e_man_fonte_antonio_jacinto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/297_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/596/298_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/597/299_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/300-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/63/ind_301-insp_poste_quatis_glicerio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_303_divulgacao_sapl.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_304__articulacao_com_a_terceirizada_mgf_para_contratacao_de_pessoas_residentes_no_quilombo_de_santana_na_formacao_de_equipe_especifica_para_atendimento..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/598/306_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/599/307_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/308_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/213/310-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/62/ind_311-volta_predio_light.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_312.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/214/316-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/208/317-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/209/318-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/210/319-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/211/320-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/212/321-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/322_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/323_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/610/324_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/613/325_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/614/326_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/615/327_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/616/328_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/617/329_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/618/330_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_333-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/619/337_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/620/338_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/621/339_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/340-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/216/341-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/217/342-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/218/343-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/344-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/220/345-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/221/346-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/222/347-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao348-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/622/350_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/623/351_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/624/352_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/625/353_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_verb.__354.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_355_drenagem_e_a_manutencaodas_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_verbal_n.o_359.2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/626/360_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/223/361-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/224/362-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/225/363-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_364_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_verbal_n.o_367.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_verbal_n.o_368.2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/627/369_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/628/370_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/629/371_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/277/373-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_verbal_n._374_dia_06.05.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/630/376_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/631/377_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/632/378_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/633/379_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/226/380-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/227/381-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/228/382-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_verb._384.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/634/389_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/635/390_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/391_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/637/392_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/229/393-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/278/394-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/230/395-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/316/396-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/317/397-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_verb._398.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_verbal_n.o_400.2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_verbal_n.o_401.2021__.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/638/402_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/231/403-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/232/404-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/233/405-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/406-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/235/407-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/236/408-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/237/409-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/238/410-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/239/411-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/240/412-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/241/413-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_verbal_n.o_417.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/639/418_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/640/419_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/641/420_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_verb._421_2_folhas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/175/ind_422.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/174/ind_423.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n.o_424.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_425.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/642/426_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/643/427_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/428_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/645/430_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/431_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/242/432-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/243/433-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/571/435_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/647/437_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/648/438_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/439_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/ind_440.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_verbal_n.o_442.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/650/443_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/651/444_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/652/445_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/653/446_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/244/447-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_verbal_n._448_dia_01.06.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_verb._449.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_verbal_n.o_450.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/654/451_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_verbal_n._452_dia_03.06.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/655/454_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/656/455_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/456_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/658/457_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/302/458-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/303/459-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/245/460-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/246/461-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/247/462-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/248/463-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/249/464-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_verbal_n._465_dia_08.06.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_verbal_n._466_dia_08.06.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/659/467_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/250/468-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/251/469-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/252/470-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/253/471-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/254/472-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/255/473-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/256/474-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/257/475-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/258/476-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/477-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/478-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/261/479-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/262/480-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_verbal_n._481_dia_10.06.2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao__verb.482.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/660/486_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/661/487_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/263/488-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_490.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_491_2021__a__adesao_ao_programa_estadual_bairro_seguro..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/662/493_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/304/494-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/305/495-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_verbal_n._496_dia_17.06.2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_nominal_498-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_501-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/663/502_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/503_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/313/511-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/312/512-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/311/513-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/310/514-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/309/515-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/308/516-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/307/517-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao__verb.518_pintura_do_redutor__de_velocidade_na_rua_jose_germano_de_almeida_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_verb.__519_a_reforma_da_ponte_localizada_na_rua_da_palha_no_distrito_de_falcao_que_liga_quatis_a_resende..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_verb._520_possibilidade_de_insercao_no_quadro_de_vacinacao_os_bancarios_da_caixa_economica_federal..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_verbal_521-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_verbal_522-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/523_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/666/524_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/319/531-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/320/532-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/322/533-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_535.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_537.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_verbal_544-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/357/545-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/358/546-2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/550_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/668/551_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/669/552_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/360/553-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/359/554-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_555_julho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_557.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_verbal_n._562_dia_13.07.2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_verbal_563_julho.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/567/565_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/670/568_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/550/576-2021_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/551/577-2021_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/671/592_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/402/593-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/400/594-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao__verbal_595.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/602/598_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/672/599_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/673/600_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_noiminal_n._605_dia_21.07.2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_nominal_n._606_dia_21.07.2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/401/607-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/403/611-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_verbal__613.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/674/616_2021_2.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/411/618-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/410/619-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/409/620-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/408/621-2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/405/622-2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_verbal_625-2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/675/627_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/407/629-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/406/630-2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/394/indic_verbal_631_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/395/indic_verbal_632.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/396/indi_verbal__633.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/397/ind_verbal_634.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/676/636_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/677/637_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/414/638-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/413/639-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/412/640-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_verbal_n._641_dia_17.08.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/398/ind_verbal_642.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/645_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/679/646_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/399/647-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/416/indica_verb_648.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/415/indic_verbal_649.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/453/651-2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/452/652-2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_verbal_n._653_dia_26.08.2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/655_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/681/656_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/682/657_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/455/658-2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/454/659-2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/456/660-2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/471/ind_663.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/472/ind_664.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/683/665_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/684/666_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/669_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/686/670_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/671_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/688/672_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/457/674-2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/450/indic_verbal_675.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/451/indic_verbal_676.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/689/680_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/690/682_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/458/684-2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/478/ind_verbal_685.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/691/688_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/692/694_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/460/695-2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/459/696-2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/477/ind_verbal__697.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/693/698_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/483/699-2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/485/700-2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/476/ind_verbal_701.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/694/705_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/695/706_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/696/707_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/484/708-2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/492/ind_verbal_709.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/474/ind_712.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/473/ind_713.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_verbal_714-2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/697/715_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/488/716-2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/489/717-2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/490/718-2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/491/719-2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_verbal_n._720_dia_28.09.2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/698/721_2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/699/722_2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/700/723_2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/487/724-2021.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/486/725-2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/475/indi_verbal_726.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/493/727-2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/498/730-2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/572/ind_731.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/499/731-2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_verbal_734-2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/701/735_2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/702/736_2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/703/737_2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/496/738-2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/740-2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/495/741-2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/494/742-2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_verval_n._743_dia_14.10.2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/744_2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/508/745-2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/509/746-2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/507/747-2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/506/748-2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/502/ind_verbal_749.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal__colocar_a_nova_taxa_de_entulho_solicitada_pelo_cidadao_no_iptu_ou_conta_de_agua..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/705/757_2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/758_2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/707/759_2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/760_2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/505/761-2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/762-2021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/763-2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/500/764-2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/501/765-2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/709/769_2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/770_2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/711/771_2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/712/772_2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/713/773_2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/537/774-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_verbal_n._775_dia_26.10.2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/714/779_2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/538/780-2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/522/ind_verbal_781.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/715/788_2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/716/789_2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/717/790_2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/718/791_2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/719/795_2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/796_2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/539/800-2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/540/801-2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/541/802-2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/568/ind_verbal_805.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/721/810_2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/542/811-2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/543/811-2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/544/813-2021.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/545/814-2021.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/722/816_2021.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/549/818-2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/723/823_2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/724/824_2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/725/825_2021.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/547/826-2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/546/827-2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/553/828-2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/548/829-2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/726/830_2021.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_833-2021__criacao_de_area_de__lazer_nossa_senhora_dp_rosario.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/727/834_2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/728/835_2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/604/837_2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/841_2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/729/845_2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/569/ind_verbal_846.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/730/853_2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/731/854_2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/734/856-2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/735/857-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/606/858_2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/736/859-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/737/860-2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/738/865-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/76/ind_170-.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_verbal_324_1.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_001-21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_002-21.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_004-21.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_005-21.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_006-21.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_007-21.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_008-21.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_009-21.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_n.o_013.2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/361/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/301/021-2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/39/mocao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/511/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/355/mocao_rosa_idalina_n._005_dia_24.02.2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/321/moc_007.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/581/mocao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/512/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/513/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/580/021-2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/514/mocao_23.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/515/mocao_33_ii_c.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/516/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/578/mocao_042-2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/579/mocao_043-2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/518/mocao_049.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/611/mocao_n.52_30.08.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/612/mocao_n.53_30.08.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/600/moc_056.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/601/moc_057.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_060-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/519/mocao_069.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_070.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/521/mocao_78_certa.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/570/mocao_079.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/26/proj._res._003-21.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/67/proj._res._004-21.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/523/proj._resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/448/proj._resolucao_n_006-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_de_resolucao_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/23/proj._de_decreto_legislativo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/24/proj._de_decreto_legislativo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/391/proj._de_decreto_legislativo_003-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/467/proj._decreto_legislativo_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/417/proj._decreto_legislativo_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/418/proj._decreto_legislativo_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/468/proj._decreto_legislativo_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/proj._decreto_legislativo_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/419/proj._decreto_legislativo_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/444/proj._decreto_lgislativo_n_012-2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/420/proj._decreto_legislativo_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/421/proj._decreto_legislativo_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/422/proj._decreto_legislativo_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/proj._decreto_legislativo_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/424/proj._decreto_legislativo_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/426/proj._decreto_legislativo_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/428/proj._decreto_legislativo_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/429/proj._decreto_legislativo_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/431/proj._decreto_legislativo_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/434/proj._decreto_legislativo_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/436/proj._decreto_legislativo_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/443/proj._decreto_lgislativo_n_030-2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/438/proj._decreto_legislativo_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/439/proj._decreto_lgislativo_n_032-2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/440/proj._decreto_lgislativo_n_033-2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/441/proj._decreto_lgislativo_n_034-2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/449/proj._decreto_legislativo_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/470/proj._decreto_legislativo_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_001-21.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_002-21.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_004-21.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_005-2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_006-2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_007-2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_008-2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_016-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/proj._de_lei_017-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_019-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_020-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_022-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/389/projeto_de_lei_023-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_024-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_025-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/461/proj._lei_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/480/proj._lei_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/481/proj._lei_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/462/proj._lei_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/447/proj._lei_n_031-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/463/proj._lei_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/482/proj._lei_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/533/proj._de_lei_035-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/proj._de_lei_037-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/535/proj._de_lei_038-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/559/proj._de_lei_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/37/proj._de_lei_ref._a_mensagem_010-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/328/mensagem_018-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/10/proj._de_emenda_001-21.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/25/proj._de_emenda_002-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/5/proj._de_lei_ref._a_mensagem_001-21.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/8/proj._de_lei_ref._a_mensagem_002-21.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/9/proj._de_lei_ref._a_mensagem_004-21.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/21/proj._de_lei_ref._a_mensagem_005-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/29/proj._de_lei_ref._a_mensagem_007-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/30/proj._de_lei_ref._a_mensagem_008-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/43/proj._de_lei_ref._a_mensagem_011-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/45/proj._de_lei_ref._a_mensagem_012-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/51/proj._de_lei_ref._a_mensagem_013-2021.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/55/proj._de_lei_ref._a_mensagem_014-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/53/proj._de_lei_ref._a_mensagem_015-2021.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/178/proj._de_lei_ref._a_mensagem_016-2021.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/179/proj._de_lei_ref._a_mensagem_017-2021.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/362/proj._de_lei_ref._a_mensagem_019-2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/381/proj._de_lei_ref._a_mansagem_020-21.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/388/proj._de_lei_ref._a_mensagem_021-2021.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/445/proj._lei_referente_a_mensagem_n_022-2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/446/ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/465/proj._de_lei_ref._a_mensagem_024-2021.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/466/proj._de_lei_ref._a_mensagem_025-2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/proj._lei_ref._mensagem_026-2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/555/proj._lei_referente_a_mensagem_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/proj._lei_referente_a_mensagem_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/558/institui_o_regime_de_previdencia_complementar_no_ambito_do_municipio_de_quatis_fixa_o_limite_maximo_para_a_concessao_de_aposentadoria_e_pensoes_pelo_regime_de_previdencia_de_que_tratao_art_40_cf.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/61/ind_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/69/ind_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/68/ind_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/560/05.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/561/006_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/562/007_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/563/008_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/70/ind_013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/71/ind_014-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_015_ao_orgao_competente_o_remanejamento_dos_produtos_raticida_e_moluscida_considerados_nocivos..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_016__ao_orgao_competente_a_criacao_do_sistema_municipal_de__cultura_de_quatis_smcq..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_17_a_criacao_do_cnpjconta_e_regularizacao_dos_fundos__seguintes_conselho_municipal_dos_direitos_da_crianca_e_adolescente_cmdca_conselho_municipal_dos_direitos_da_pessoa_idosa_cmdpi_e_consel.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_018-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_019-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_020-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/56/021-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/57/022-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/272/023-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/271/024-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/270/025-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/269/026-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/268/027-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/267/028-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/266/030-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_verbal_033-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/573/034_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/284/036-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/132/037-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/282/038-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/281/039-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/279/040-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_verbal_n._41_dia_02.02.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_verb._042.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_verb.__043.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/112/ind_verbal_044.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_verbal_052-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/60/indicacao_verbal_053-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/574/054_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/575/055_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/133/056-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/134/057-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/135/058-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/136/059-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/137/060-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/138/061-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/139/062-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/140/063-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/141/064-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/142/065-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/285/066-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/143/067-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/144/068-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/145/069-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/146/070-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_verbal_n._71_dia_04.02.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_verb._072.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_verb._074.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/114/ind_verbal_076.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/113/ind_verbal_077.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/564/078_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/565/079_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/74/ind_085.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/72/ind_086.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/73/ind_087.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/75/ind_088.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/566/089_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_verbal_093-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_verbal_094-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/576/095_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/577/096_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/147/097-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/286/098-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/148/099-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/289/100-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/287/101-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/149/102-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/150/103-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/151/104-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/288/105-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/283/106-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/280/107-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_verbal_n._108_dia_09.02.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/318/109-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/314/110-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_verb._111.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_verb._112.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/115/ind_verbal_113.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/116/ind_verbal_114.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/265/119-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_verbal_121-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/152/122-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/153/123-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/154/124-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/155/125-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/156/126-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/290/127-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/157/128-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/158/129-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/159/130-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/160/131-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_verbal_n.132_dia_11.02.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_verb._133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_verb._134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_verbal_135.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/118/ind_verbal_136.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/119/ind_verbal_137.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_nominal_n._138_dia_12.02.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_verbal_140-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/583/141_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/161/142-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/162/143-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/163/144-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/165/145-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/166/146-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_verbal_n._147_dia_18.02.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/117/ind_verbal_148.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/120/ind_verbal_149.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/121/ind_verbal_150.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/122/ind_verbal_151.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/586/158_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/291/159-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/292/160-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/293/161-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/295/163-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/296/164-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/297/165-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_verbal_n._166_dia_23.02.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_verb._167.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_verb._168.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_169_a_aquisicao_de_um_veiculo_para_secretaria__municipal_de_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/77/ind_171-.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/78/ind_172-.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/79/ind_174-.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/80/ind_175-.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/81/ind_176-.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/106/ind_177-.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/107/ind_178-.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/108/ind_179-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/587/182_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/276/184-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/167/185-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_verbal_n._186_dia_25.02.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/123/ind_verbal_187.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/124/ind_verbal_188.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_189_maior_suporte_para_os_agentes_de_saude_das_localidades_rurais..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_190_disponibilidade_da_conta_de_agua_via_internet_para_populacao..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao__191_seja_feita_a_instalacao_de_faixa_elevada_em_algumas_ruas_da_cidade_de_quatis..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/109/ind_192-.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_verbal_194-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_verbal_195-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/588/196_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/168/197-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/177/198-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_verbal_n._199_dia_02.03.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_verb._200.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/125/ind_verbal_201.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/126/ind_verbal_202.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/110/ind_203-posto_de_saude_pr_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/111/ind_206-terminar_a_rampa_escola_santana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/275/208-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/181/209-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/182/210-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/183/211-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/180/212-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/127/ind_verbal_213.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/128/ind_verbal_214.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/129/ind_verbal_215.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/589/221_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/298/222-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_verbal_224-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/184/225-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/185/226-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/186/227-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/187/228-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/188/229-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/189/230-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/190/231-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/191/232-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/192/233-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_verbal_n._234_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_verbal_n._235_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_verbal_n._236_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_verbal_n._237_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/338/indicacao_verbal_n._238_dia_11.03.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_verb._239.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_verb._240.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/130/ind_verbal_241.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_242-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_verbal_245-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/590/246_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/299/247-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/193/248-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/194/249-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/195/250-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/300/251-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/196/258-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/197/259-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/198/260-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/274/261-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/199/262-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/273/263-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_verb._264.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/131/ind_verbal_265.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/591/271_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/200/272-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/201/273-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_277-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/202/279-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/203/280-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/204/281-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_verb._282.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/592/285_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/593/286_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/594/287_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/207/288-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/315/293-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/64/ind_294-ref_e_man_fonte_antonio_jacinto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/595/297_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/596/298_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/597/299_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/206/300-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/63/ind_301-insp_poste_quatis_glicerio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_303_divulgacao_sapl.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_304__articulacao_com_a_terceirizada_mgf_para_contratacao_de_pessoas_residentes_no_quilombo_de_santana_na_formacao_de_equipe_especifica_para_atendimento..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/598/306_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/599/307_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/607/308_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/213/310-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/62/ind_311-volta_predio_light.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_verbal_312.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/214/316-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/208/317-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/209/318-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/210/319-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/211/320-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/212/321-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/608/322_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/609/323_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/610/324_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/613/325_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/614/326_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/615/327_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/616/328_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/617/329_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/618/330_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_333-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/619/337_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/620/338_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/621/339_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/215/340-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/216/341-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/217/342-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/218/343-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/219/344-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/220/345-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/221/346-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/222/347-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao348-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/622/350_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/623/351_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/624/352_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/625/353_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_verb.__354.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_355_drenagem_e_a_manutencaodas_fossas_no_quilombo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_verbal_n.o_359.2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/626/360_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/223/361-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/224/362-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/225/363-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_364_sacola_verde.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_verbal_n.o_367.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_verbal_n.o_368.2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/627/369_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/628/370_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/629/371_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/277/373-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/339/indicacao_verbal_n._374_dia_06.05.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/630/376_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/631/377_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/632/378_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/633/379_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/226/380-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/227/381-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/228/382-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_verb._384.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/634/389_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/635/390_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/636/391_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/637/392_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/229/393-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/278/394-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/230/395-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/316/396-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/317/397-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_verb._398.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_verbal_n.o_400.2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_verbal_n.o_401.2021__.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/638/402_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/231/403-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/232/404-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/233/405-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/234/406-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/235/407-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/236/408-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/237/409-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/238/410-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/239/411-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/240/412-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/241/413-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_verbal_n.o_417.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/639/418_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/640/419_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/641/420_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_verb._421_2_folhas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/175/ind_422.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/174/ind_423.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_n.o_424.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_verbal_425.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/642/426_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/643/427_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/644/428_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/645/430_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/646/431_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/242/432-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/243/433-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/571/435_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/647/437_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/648/438_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/649/439_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/176/ind_440.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_verbal_n.o_442.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/650/443_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/651/444_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/652/445_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/653/446_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/244/447-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/340/indicacao_verbal_n._448_dia_01.06.2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_verb._449.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_verbal_n.o_450.2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/654/451_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/341/indicacao_verbal_n._452_dia_03.06.2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/655/454_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/656/455_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/657/456_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/658/457_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/302/458-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/303/459-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/245/460-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/246/461-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/247/462-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/248/463-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/249/464-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/342/indicacao_verbal_n._465_dia_08.06.2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/344/indicacao_verbal_n._466_dia_08.06.2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/659/467_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/250/468-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/251/469-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/252/470-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/253/471-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/254/472-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/255/473-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/256/474-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/257/475-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/258/476-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/259/477-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/260/478-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/261/479-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/262/480-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_verbal_n._481_dia_10.06.2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao__verb.482.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/660/486_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/661/487_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/263/488-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_490.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_491_2021__a__adesao_ao_programa_estadual_bairro_seguro..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/662/493_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/304/494-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/305/495-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_verbal_n._496_dia_17.06.2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_nominal_498-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/884/indicacao_verbal_501-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/663/502_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/664/503_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/313/511-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/312/512-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/311/513-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/310/514-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/309/515-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/308/516-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/307/517-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao__verb.518_pintura_do_redutor__de_velocidade_na_rua_jose_germano_de_almeida_no_bairro_santo_antonio..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_verb.__519_a_reforma_da_ponte_localizada_na_rua_da_palha_no_distrito_de_falcao_que_liga_quatis_a_resende..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_verb._520_possibilidade_de_insercao_no_quadro_de_vacinacao_os_bancarios_da_caixa_economica_federal..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/883/indicacao_verbal_521-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/885/indicacao_verbal_522-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/665/523_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/666/524_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/319/531-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/320/532-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/322/533-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_535.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_537.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/886/indicacao_verbal_544-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/357/545-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/358/546-2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/667/550_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/668/551_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/669/552_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/360/553-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/359/554-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_555_julho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_557.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_verbal_n._562_dia_13.07.2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_verbal_563_julho.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/567/565_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/670/568_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/550/576-2021_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/551/577-2021_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/671/592_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/402/593-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/400/594-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao__verbal_595.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/602/598_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/672/599_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/673/600_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_noiminal_n._605_dia_21.07.2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_nominal_n._606_dia_21.07.2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/401/607-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/403/611-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_verbal__613.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/674/616_2021_2.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/411/618-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/410/619-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/409/620-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/408/621-2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/405/622-2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/887/indicacao_verbal_625-2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/675/627_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/407/629-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/406/630-2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/394/indic_verbal_631_1.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/395/indic_verbal_632.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/396/indi_verbal__633.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/397/ind_verbal_634.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/676/636_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/677/637_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/414/638-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/413/639-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/412/640-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_verbal_n._641_dia_17.08.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/398/ind_verbal_642.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/678/645_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/679/646_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/399/647-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/416/indica_verb_648.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/415/indic_verbal_649.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/453/651-2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/452/652-2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_verbal_n._653_dia_26.08.2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/680/655_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/681/656_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/682/657_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/455/658-2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/454/659-2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/456/660-2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/471/ind_663.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/472/ind_664.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/683/665_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/684/666_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/685/669_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/686/670_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/687/671_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/688/672_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/457/674-2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/450/indic_verbal_675.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/451/indic_verbal_676.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/689/680_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/690/682_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/458/684-2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/478/ind_verbal_685.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/691/688_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/692/694_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/460/695-2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/459/696-2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/477/ind_verbal__697.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/693/698_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/483/699-2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/485/700-2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/476/ind_verbal_701.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/694/705_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/695/706_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/696/707_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/484/708-2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/492/ind_verbal_709.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/474/ind_712.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/473/ind_713.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/888/indicacao_verbal_714-2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/697/715_2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/488/716-2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/489/717-2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/490/718-2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/491/719-2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_verbal_n._720_dia_28.09.2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/698/721_2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/699/722_2021.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/700/723_2021.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/487/724-2021.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/486/725-2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/475/indi_verbal_726.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/493/727-2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/498/730-2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/572/ind_731.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/499/731-2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/889/indicacao_verbal_734-2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/701/735_2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/702/736_2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/703/737_2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/496/738-2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/497/740-2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/495/741-2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/494/742-2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_verval_n._743_dia_14.10.2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/704/744_2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/508/745-2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/509/746-2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/507/747-2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/506/748-2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/502/ind_verbal_749.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_verbal__colocar_a_nova_taxa_de_entulho_solicitada_pelo_cidadao_no_iptu_ou_conta_de_agua..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/705/757_2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/706/758_2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/707/759_2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/708/760_2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/505/761-2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/504/762-2021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/503/763-2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/500/764-2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/501/765-2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/709/769_2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/710/770_2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/711/771_2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/712/772_2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/713/773_2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/537/774-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_verbal_n._775_dia_26.10.2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/714/779_2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/538/780-2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/522/ind_verbal_781.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/715/788_2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/716/789_2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/717/790_2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/718/791_2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/719/795_2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/720/796_2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/539/800-2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/540/801-2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/541/802-2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/568/ind_verbal_805.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/721/810_2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/542/811-2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/543/811-2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/544/813-2021.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/545/814-2021.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/722/816_2021.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/549/818-2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/723/823_2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/724/824_2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/725/825_2021.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/547/826-2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/546/827-2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/553/828-2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/548/829-2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/726/830_2021.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_833-2021__criacao_de_area_de__lazer_nossa_senhora_dp_rosario.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/727/834_2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/728/835_2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/604/837_2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/605/841_2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/729/845_2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/569/ind_verbal_846.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/730/853_2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/731/854_2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/734/856-2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/735/857-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/606/858_2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/736/859-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/737/860-2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/738/865-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/76/ind_170-.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_verbal_324_1.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_001-21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_002-21.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_004-21.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_005-21.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_006-21.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/16/requerimento_007-21.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_008-21.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_009-21.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_n.o_013.2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/582/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/361/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/301/021-2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/39/mocao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/511/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/355/mocao_rosa_idalina_n._005_dia_24.02.2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/321/moc_007.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/581/mocao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/512/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/513/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/580/021-2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/514/mocao_23.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/515/mocao_33_ii_c.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/516/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/578/mocao_042-2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/579/mocao_043-2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/518/mocao_049.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/611/mocao_n.52_30.08.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/612/mocao_n.53_30.08.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/600/moc_056.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/601/moc_057.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_060-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/519/mocao_069.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_070.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/521/mocao_78_certa.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/570/mocao_079.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/26/proj._res._003-21.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/67/proj._res._004-21.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/523/proj._resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/448/proj._resolucao_n_006-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/479/projeto_de_resolucao_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/23/proj._de_decreto_legislativo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/24/proj._de_decreto_legislativo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/391/proj._de_decreto_legislativo_003-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/467/proj._decreto_legislativo_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/417/proj._decreto_legislativo_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/418/proj._decreto_legislativo_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/468/proj._decreto_legislativo_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/469/proj._decreto_legislativo_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/419/proj._decreto_legislativo_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/444/proj._decreto_lgislativo_n_012-2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/420/proj._decreto_legislativo_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/421/proj._decreto_legislativo_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/422/proj._decreto_legislativo_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/423/proj._decreto_legislativo_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/424/proj._decreto_legislativo_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/426/proj._decreto_legislativo_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/428/proj._decreto_legislativo_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/429/proj._decreto_legislativo_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/431/proj._decreto_legislativo_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/434/proj._decreto_legislativo_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/436/proj._decreto_legislativo_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/443/proj._decreto_lgislativo_n_030-2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/438/proj._decreto_legislativo_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/439/proj._decreto_lgislativo_n_032-2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/440/proj._decreto_lgislativo_n_033-2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/441/proj._decreto_lgislativo_n_034-2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/449/proj._decreto_legislativo_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/470/proj._decreto_legislativo_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_001-21.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_002-21.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_004-21.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_005-2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_006-2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_007-2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_008-2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/28/projeto_de_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/35/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_016-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/532/proj._de_lei_017-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/44/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_019-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/393/projeto_de_lei_020-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/264/projeto_de_lei_022-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/389/projeto_de_lei_023-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/392/projeto_de_lei_024-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/390/projeto_de_lei_025-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/461/proj._lei_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/480/proj._lei_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/481/proj._lei_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/462/proj._lei_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/447/proj._lei_n_031-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/463/proj._lei_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/482/proj._lei_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/533/proj._de_lei_035-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/534/proj._de_lei_037-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/535/proj._de_lei_038-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/559/proj._de_lei_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/37/proj._de_lei_ref._a_mensagem_010-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/328/mensagem_018-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/10/proj._de_emenda_001-21.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/25/proj._de_emenda_002-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/5/proj._de_lei_ref._a_mensagem_001-21.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/8/proj._de_lei_ref._a_mensagem_002-21.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/9/proj._de_lei_ref._a_mensagem_004-21.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/21/proj._de_lei_ref._a_mensagem_005-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/29/proj._de_lei_ref._a_mensagem_007-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/30/proj._de_lei_ref._a_mensagem_008-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/43/proj._de_lei_ref._a_mensagem_011-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/45/proj._de_lei_ref._a_mensagem_012-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/51/proj._de_lei_ref._a_mensagem_013-2021.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/55/proj._de_lei_ref._a_mensagem_014-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/53/proj._de_lei_ref._a_mensagem_015-2021.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/178/proj._de_lei_ref._a_mensagem_016-2021.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/179/proj._de_lei_ref._a_mensagem_017-2021.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/362/proj._de_lei_ref._a_mensagem_019-2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/381/proj._de_lei_ref._a_mansagem_020-21.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/388/proj._de_lei_ref._a_mensagem_021-2021.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/445/proj._lei_referente_a_mensagem_n_022-2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/446/ppa_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/465/proj._de_lei_ref._a_mensagem_024-2021.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/466/proj._de_lei_ref._a_mensagem_025-2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/536/proj._lei_ref._mensagem_026-2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/555/proj._lei_referente_a_mensagem_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/557/proj._lei_referente_a_mensagem_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatis.rj.leg.br/media/sapl/public/materialegislativa/2021/558/institui_o_regime_de_previdencia_complementar_no_ambito_do_municipio_de_quatis_fixa_o_limite_maximo_para_a_concessao_de_aposentadoria_e_pensoes_pelo_regime_de_previdencia_de_que_tratao_art_40_cf.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H745"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="94.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>